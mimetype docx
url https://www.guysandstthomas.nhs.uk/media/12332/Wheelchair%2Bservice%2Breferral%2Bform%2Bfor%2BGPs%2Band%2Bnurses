--- v0 (2025-12-05)
+++ v1 (2026-02-14)
@@ -3,99 +3,97 @@
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:jc w:val="center"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="00A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="5494"/>
-        <w:gridCol w:w="5494"/>
+        <w:gridCol w:w="5381"/>
+        <w:gridCol w:w="5381"/>
       </w:tblGrid>
       <w:tr w:rsidR="00D44B33" w:rsidRPr="004E719F" w:rsidTr="004E719F">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5494" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00D44B33" w:rsidRPr="004E719F" w:rsidRDefault="00D44B33" w:rsidP="004E719F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:bookmarkStart w:id="0" w:name="_GoBack"/>
-            <w:bookmarkEnd w:id="0"/>
             <w:r w:rsidRPr="004E719F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Client Name: </w:t>
             </w:r>
-            <w:bookmarkStart w:id="1" w:name="ClientName"/>
+            <w:bookmarkStart w:id="0" w:name="ClientName"/>
             <w:r w:rsidRPr="004E719F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="ClientName"/>
                   <w:enabled/>
                   <w:calcOnExit/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="004E719F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
@@ -153,76 +151,76 @@
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="004E719F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="004E719F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="1"/>
+            <w:bookmarkEnd w:id="0"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5494" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00D44B33" w:rsidRPr="004E719F" w:rsidRDefault="00D44B33" w:rsidP="004E719F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004E719F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">NHS no: </w:t>
             </w:r>
-            <w:bookmarkStart w:id="2" w:name="NHSNo"/>
+            <w:bookmarkStart w:id="1" w:name="NHSNo"/>
             <w:r w:rsidRPr="004E719F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="NHSNo"/>
                   <w:enabled/>
                   <w:calcOnExit/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="004E719F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
@@ -280,80 +278,80 @@
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="004E719F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="004E719F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="2"/>
+            <w:bookmarkEnd w:id="1"/>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w:rsidR="00D44B33" w:rsidRPr="00EF2050" w:rsidRDefault="00D44B33" w:rsidP="005A07FF">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="10"/>
           <w:szCs w:val="10"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="00A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="10988"/>
+        <w:gridCol w:w="10742"/>
       </w:tblGrid>
       <w:tr w:rsidR="00D44B33" w:rsidRPr="004E719F" w:rsidTr="004E719F">
         <w:trPr>
           <w:trHeight w:val="1835"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10988" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="double" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="double" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="double" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="double" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00D44B33" w:rsidRPr="004E719F" w:rsidRDefault="00D44B33" w:rsidP="004E719F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="32"/>
@@ -478,56 +476,56 @@
     </w:tbl>
     <w:p w:rsidR="00D44B33" w:rsidRPr="00EF2050" w:rsidRDefault="00D44B33" w:rsidP="005A07FF">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="10"/>
           <w:szCs w:val="10"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="00A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1384"/>
-[...4 lines deleted...]
-        <w:gridCol w:w="3509"/>
+        <w:gridCol w:w="1377"/>
+        <w:gridCol w:w="2171"/>
+        <w:gridCol w:w="815"/>
+        <w:gridCol w:w="678"/>
+        <w:gridCol w:w="2227"/>
+        <w:gridCol w:w="3414"/>
       </w:tblGrid>
       <w:tr w:rsidR="00D44B33" w:rsidRPr="004E719F" w:rsidTr="004E719F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1384" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="thinThickSmallGap" w:sz="24" w:space="0" w:color="auto"/>
               <w:left w:val="thinThickSmallGap" w:sz="24" w:space="0" w:color="auto"/>
               <w:bottom w:val="thinThickSmallGap" w:sz="24" w:space="0" w:color="auto"/>
               <w:right w:val="thinThickSmallGap" w:sz="24" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00D44B33" w:rsidRPr="004E719F" w:rsidRDefault="00D44B33" w:rsidP="004E719F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004E719F">
               <w:rPr>
@@ -584,51 +582,51 @@
               <w:bottom w:val="dotted" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="dotted" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w:rsidR="00D44B33" w:rsidRPr="004E719F" w:rsidRDefault="00D44B33" w:rsidP="004E719F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004E719F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>Surname</w:t>
             </w:r>
             <w:r w:rsidRPr="004E719F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve">: </w:t>
             </w:r>
-            <w:bookmarkStart w:id="3" w:name="Text1"/>
+            <w:bookmarkStart w:id="2" w:name="Text1"/>
             <w:r w:rsidRPr="004E719F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="004E719F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidRPr="004E719F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
@@ -666,85 +664,85 @@
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="004E719F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="004E719F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="004E719F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="3"/>
+            <w:bookmarkEnd w:id="2"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="thinThickSmallGap" w:sz="24" w:space="0" w:color="auto"/>
               <w:left w:val="dotted" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="dotted" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="thinThickSmallGap" w:sz="24" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w:rsidR="00D44B33" w:rsidRPr="004E719F" w:rsidRDefault="00D44B33" w:rsidP="004E719F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004E719F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>DOB</w:t>
             </w:r>
             <w:r w:rsidRPr="004E719F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve">: </w:t>
             </w:r>
-            <w:bookmarkStart w:id="4" w:name="Text3"/>
+            <w:bookmarkStart w:id="3" w:name="Text3"/>
             <w:r w:rsidRPr="004E719F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text3"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput>
                     <w:maxLength w:val="2"/>
                   </w:textInput>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="004E719F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidRPr="004E719F">
               <w:rPr>
@@ -760,58 +758,58 @@
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="004E719F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="004E719F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="004E719F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="4"/>
+            <w:bookmarkEnd w:id="3"/>
             <w:r w:rsidRPr="004E719F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>/</w:t>
             </w:r>
-            <w:bookmarkStart w:id="5" w:name="Text4"/>
+            <w:bookmarkStart w:id="4" w:name="Text4"/>
             <w:r w:rsidRPr="004E719F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text4"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput>
                     <w:maxLength w:val="2"/>
                   </w:textInput>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="004E719F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidRPr="004E719F">
               <w:rPr>
@@ -827,58 +825,58 @@
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="004E719F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="004E719F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="004E719F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="5"/>
+            <w:bookmarkEnd w:id="4"/>
             <w:r w:rsidRPr="004E719F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>/</w:t>
             </w:r>
-            <w:bookmarkStart w:id="6" w:name="Text5"/>
+            <w:bookmarkStart w:id="5" w:name="Text5"/>
             <w:r w:rsidRPr="004E719F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text5"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput>
                     <w:maxLength w:val="4"/>
                   </w:textInput>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="004E719F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidRPr="004E719F">
               <w:rPr>
@@ -910,86 +908,86 @@
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="004E719F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="004E719F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="004E719F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="6"/>
+            <w:bookmarkEnd w:id="5"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3509" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="thinThickSmallGap" w:sz="24" w:space="0" w:color="auto"/>
               <w:left w:val="thinThickSmallGap" w:sz="24" w:space="0" w:color="auto"/>
               <w:right w:val="thinThickSmallGap" w:sz="24" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00D44B33" w:rsidRPr="004E719F" w:rsidRDefault="00D44B33" w:rsidP="004E719F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004E719F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>Date of referral</w:t>
             </w:r>
             <w:r w:rsidRPr="004E719F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve">: </w:t>
             </w:r>
-            <w:bookmarkStart w:id="7" w:name="Text20"/>
+            <w:bookmarkStart w:id="6" w:name="Text20"/>
             <w:r w:rsidRPr="004E719F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text20"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput>
                     <w:maxLength w:val="2"/>
                   </w:textInput>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="004E719F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidRPr="004E719F">
               <w:rPr>
@@ -1005,58 +1003,58 @@
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="004E719F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="004E719F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="004E719F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="7"/>
+            <w:bookmarkEnd w:id="6"/>
             <w:r w:rsidRPr="004E719F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>/</w:t>
             </w:r>
-            <w:bookmarkStart w:id="8" w:name="Text21"/>
+            <w:bookmarkStart w:id="7" w:name="Text21"/>
             <w:r w:rsidRPr="004E719F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text21"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput>
                     <w:maxLength w:val="2"/>
                   </w:textInput>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="004E719F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidRPr="004E719F">
               <w:rPr>
@@ -1072,58 +1070,58 @@
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="004E719F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="004E719F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="004E719F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="8"/>
+            <w:bookmarkEnd w:id="7"/>
             <w:r w:rsidRPr="004E719F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>/</w:t>
             </w:r>
-            <w:bookmarkStart w:id="9" w:name="Text22"/>
+            <w:bookmarkStart w:id="8" w:name="Text22"/>
             <w:r w:rsidRPr="004E719F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text22"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput>
                     <w:maxLength w:val="4"/>
                   </w:textInput>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="004E719F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidRPr="004E719F">
               <w:rPr>
@@ -1155,51 +1153,51 @@
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="004E719F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="004E719F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="004E719F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="9"/>
+            <w:bookmarkEnd w:id="8"/>
           </w:p>
           <w:p w:rsidR="00D44B33" w:rsidRPr="004E719F" w:rsidRDefault="00D44B33" w:rsidP="004E719F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w:rsidR="00D44B33" w:rsidRPr="004E719F" w:rsidRDefault="00D44B33" w:rsidP="004E719F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004E719F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>HEIGHT &amp; WEIGHT</w:t>
             </w:r>
             <w:r w:rsidRPr="004E719F">
@@ -1207,51 +1205,51 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00D44B33" w:rsidRPr="004E719F" w:rsidRDefault="00D44B33" w:rsidP="004E719F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004E719F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>Height</w:t>
             </w:r>
             <w:r w:rsidRPr="004E719F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve">: </w:t>
             </w:r>
-            <w:bookmarkStart w:id="10" w:name="Text23"/>
+            <w:bookmarkStart w:id="9" w:name="Text23"/>
             <w:r w:rsidRPr="004E719F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text23"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput>
                     <w:maxLength w:val="3"/>
                   </w:textInput>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="004E719F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidRPr="004E719F">
               <w:rPr>
@@ -1275,106 +1273,106 @@
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="004E719F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="004E719F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="004E719F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="10"/>
+            <w:bookmarkEnd w:id="9"/>
             <w:r w:rsidRPr="004E719F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:bookmarkStart w:id="11" w:name="Dropdown1"/>
+            <w:bookmarkStart w:id="10" w:name="Dropdown1"/>
             <w:r w:rsidRPr="004E719F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Dropdown1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:ddList>
                     <w:listEntry w:val="Select"/>
                     <w:listEntry w:val="m"/>
                     <w:listEntry w:val="ft"/>
                   </w:ddList>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="004E719F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMDROPDOWN </w:instrText>
             </w:r>
-            <w:r w:rsidR="00B62FAC">
-[...4 lines deleted...]
-            <w:r w:rsidR="00B62FAC">
+            <w:r w:rsidR="000F07C0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="000F07C0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="004E719F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="11"/>
+            <w:bookmarkEnd w:id="10"/>
             <w:r w:rsidRPr="004E719F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:bookmarkStart w:id="12" w:name="Text24"/>
+            <w:bookmarkStart w:id="11" w:name="Text24"/>
             <w:r w:rsidRPr="004E719F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text24"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput>
                     <w:maxLength w:val="3"/>
                   </w:textInput>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="004E719F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidRPr="004E719F">
               <w:rPr>
@@ -1398,121 +1396,121 @@
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="004E719F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="004E719F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="004E719F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="12"/>
+            <w:bookmarkEnd w:id="11"/>
             <w:r w:rsidRPr="004E719F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:bookmarkStart w:id="13" w:name="Dropdown2"/>
+            <w:bookmarkStart w:id="12" w:name="Dropdown2"/>
             <w:r w:rsidRPr="004E719F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Dropdown2"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:ddList>
                     <w:listEntry w:val="Select"/>
                     <w:listEntry w:val="cm"/>
                     <w:listEntry w:val="in"/>
                   </w:ddList>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="004E719F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMDROPDOWN </w:instrText>
             </w:r>
-            <w:r w:rsidR="00B62FAC">
-[...4 lines deleted...]
-            <w:r w:rsidR="00B62FAC">
+            <w:r w:rsidR="000F07C0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="000F07C0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="004E719F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="13"/>
+            <w:bookmarkEnd w:id="12"/>
           </w:p>
           <w:p w:rsidR="00D44B33" w:rsidRPr="004E719F" w:rsidRDefault="00D44B33" w:rsidP="004E719F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004E719F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>Weight</w:t>
             </w:r>
             <w:r w:rsidRPr="004E719F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve">: </w:t>
             </w:r>
-            <w:bookmarkStart w:id="14" w:name="Text25"/>
+            <w:bookmarkStart w:id="13" w:name="Text25"/>
             <w:r w:rsidRPr="004E719F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text25"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput>
                     <w:maxLength w:val="3"/>
                   </w:textInput>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="004E719F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidRPr="004E719F">
               <w:rPr>
@@ -1536,246 +1534,246 @@
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="004E719F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="004E719F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="004E719F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="14"/>
+            <w:bookmarkEnd w:id="13"/>
             <w:r w:rsidRPr="004E719F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:bookmarkStart w:id="15" w:name="Dropdown3"/>
+            <w:bookmarkStart w:id="14" w:name="Dropdown3"/>
             <w:r w:rsidRPr="004E719F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Dropdown3"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:ddList>
                     <w:listEntry w:val="Select"/>
                     <w:listEntry w:val="kg"/>
                     <w:listEntry w:val="lbs"/>
                     <w:listEntry w:val="stones"/>
                   </w:ddList>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="004E719F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMDROPDOWN </w:instrText>
             </w:r>
-            <w:r w:rsidR="00B62FAC">
-[...4 lines deleted...]
-            <w:r w:rsidR="00B62FAC">
+            <w:r w:rsidR="000F07C0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="000F07C0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="004E719F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="15"/>
+            <w:bookmarkEnd w:id="14"/>
           </w:p>
           <w:p w:rsidR="00D44B33" w:rsidRPr="004E719F" w:rsidRDefault="00D44B33" w:rsidP="004E719F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w:rsidR="00D44B33" w:rsidRPr="004E719F" w:rsidRDefault="00D44B33" w:rsidP="004E719F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004E719F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve">Measured </w:t>
             </w:r>
-            <w:bookmarkStart w:id="16" w:name="Check77"/>
+            <w:bookmarkStart w:id="15" w:name="Check77"/>
             <w:r w:rsidRPr="004E719F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check77"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="004E719F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00B62FAC">
-[...4 lines deleted...]
-            <w:r w:rsidR="00B62FAC">
+            <w:r w:rsidR="000F07C0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="000F07C0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="004E719F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="16"/>
+            <w:bookmarkEnd w:id="15"/>
             <w:r w:rsidRPr="004E719F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve">  OR  Estimated </w:t>
             </w:r>
-            <w:bookmarkStart w:id="17" w:name="Check78"/>
+            <w:bookmarkStart w:id="16" w:name="Check78"/>
             <w:r w:rsidRPr="004E719F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check78"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="004E719F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00B62FAC">
-[...4 lines deleted...]
-            <w:r w:rsidR="00B62FAC">
+            <w:r w:rsidR="000F07C0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="000F07C0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="004E719F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="17"/>
+            <w:bookmarkEnd w:id="16"/>
           </w:p>
           <w:p w:rsidR="00D44B33" w:rsidRPr="004E719F" w:rsidRDefault="00D44B33" w:rsidP="004E719F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004E719F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve">   ↓</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00D44B33" w:rsidRPr="004E719F" w:rsidRDefault="00D44B33" w:rsidP="004E719F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004E719F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>Date measured</w:t>
             </w:r>
             <w:r w:rsidRPr="004E719F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve">: </w:t>
             </w:r>
-            <w:bookmarkStart w:id="18" w:name="Text26"/>
+            <w:bookmarkStart w:id="17" w:name="Text26"/>
             <w:r w:rsidRPr="004E719F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text26"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput>
                     <w:maxLength w:val="2"/>
                   </w:textInput>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="004E719F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidRPr="004E719F">
               <w:rPr>
@@ -1791,58 +1789,58 @@
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="004E719F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="004E719F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="004E719F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="18"/>
+            <w:bookmarkEnd w:id="17"/>
             <w:r w:rsidRPr="004E719F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>/</w:t>
             </w:r>
-            <w:bookmarkStart w:id="19" w:name="Text27"/>
+            <w:bookmarkStart w:id="18" w:name="Text27"/>
             <w:r w:rsidRPr="004E719F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text27"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput>
                     <w:maxLength w:val="2"/>
                   </w:textInput>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="004E719F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidRPr="004E719F">
               <w:rPr>
@@ -1858,58 +1856,58 @@
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="004E719F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="004E719F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="004E719F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="19"/>
+            <w:bookmarkEnd w:id="18"/>
             <w:r w:rsidRPr="004E719F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>/</w:t>
             </w:r>
-            <w:bookmarkStart w:id="20" w:name="Text28"/>
+            <w:bookmarkStart w:id="19" w:name="Text28"/>
             <w:r w:rsidRPr="004E719F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text28"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput>
                     <w:maxLength w:val="4"/>
                   </w:textInput>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="004E719F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidRPr="004E719F">
               <w:rPr>
@@ -1941,308 +1939,308 @@
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="004E719F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="004E719F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="004E719F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="20"/>
+            <w:bookmarkEnd w:id="19"/>
           </w:p>
           <w:p w:rsidR="00D44B33" w:rsidRPr="004E719F" w:rsidRDefault="00D44B33" w:rsidP="004E719F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w:rsidR="00D44B33" w:rsidRPr="004E719F" w:rsidRDefault="00D44B33" w:rsidP="004E719F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004E719F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>Weight trend</w:t>
             </w:r>
             <w:r w:rsidRPr="004E719F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00D44B33" w:rsidRPr="004E719F" w:rsidRDefault="00D44B33" w:rsidP="004E719F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004E719F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Stable </w:t>
             </w:r>
-            <w:bookmarkStart w:id="21" w:name="Check79"/>
+            <w:bookmarkStart w:id="20" w:name="Check79"/>
             <w:r w:rsidRPr="004E719F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check79"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="004E719F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00B62FAC">
+            <w:r w:rsidR="000F07C0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidR="00B62FAC">
+            <w:r w:rsidR="000F07C0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="004E719F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="21"/>
+            <w:bookmarkEnd w:id="20"/>
             <w:r w:rsidRPr="004E719F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> Upward </w:t>
             </w:r>
-            <w:bookmarkStart w:id="22" w:name="Check80"/>
+            <w:bookmarkStart w:id="21" w:name="Check80"/>
             <w:r w:rsidRPr="004E719F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check80"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="004E719F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00B62FAC">
+            <w:r w:rsidR="000F07C0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidR="00B62FAC">
+            <w:r w:rsidR="000F07C0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="004E719F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="22"/>
+            <w:bookmarkEnd w:id="21"/>
             <w:r w:rsidRPr="004E719F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> Downward </w:t>
             </w:r>
-            <w:bookmarkStart w:id="23" w:name="Check81"/>
+            <w:bookmarkStart w:id="22" w:name="Check81"/>
             <w:r w:rsidRPr="004E719F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check81"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="004E719F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00B62FAC">
+            <w:r w:rsidR="000F07C0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidR="00B62FAC">
+            <w:r w:rsidR="000F07C0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="004E719F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="23"/>
+            <w:bookmarkEnd w:id="22"/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00D44B33" w:rsidRPr="004E719F" w:rsidTr="004E719F">
         <w:trPr>
           <w:trHeight w:val="283"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5211" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="dotted" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="thinThickSmallGap" w:sz="24" w:space="0" w:color="auto"/>
               <w:bottom w:val="dotted" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="dotted" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00D44B33" w:rsidRPr="004E719F" w:rsidRDefault="00D44B33" w:rsidP="004E719F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004E719F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>Forename</w:t>
             </w:r>
             <w:r w:rsidRPr="004E719F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve">: </w:t>
             </w:r>
-            <w:bookmarkStart w:id="24" w:name="Text2"/>
+            <w:bookmarkStart w:id="23" w:name="Text2"/>
             <w:r w:rsidRPr="004E719F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text2"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="004E719F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidRPr="004E719F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
@@ -2280,165 +2278,165 @@
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="004E719F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="004E719F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="004E719F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="24"/>
+            <w:bookmarkEnd w:id="23"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="dotted" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="dotted" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="dotted" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="thinThickSmallGap" w:sz="24" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00D44B33" w:rsidRPr="004E719F" w:rsidRDefault="00D44B33" w:rsidP="004E719F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004E719F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve">Male </w:t>
             </w:r>
-            <w:bookmarkStart w:id="25" w:name="Check1"/>
+            <w:bookmarkStart w:id="24" w:name="Check1"/>
             <w:r w:rsidRPr="004E719F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="004E719F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00B62FAC">
-[...4 lines deleted...]
-            <w:r w:rsidR="00B62FAC">
+            <w:r w:rsidR="000F07C0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="000F07C0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="004E719F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="25"/>
+            <w:bookmarkEnd w:id="24"/>
             <w:r w:rsidRPr="004E719F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve">  Female </w:t>
             </w:r>
-            <w:bookmarkStart w:id="26" w:name="Check2"/>
+            <w:bookmarkStart w:id="25" w:name="Check2"/>
             <w:r w:rsidRPr="004E719F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check2"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="004E719F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00B62FAC">
-[...4 lines deleted...]
-            <w:r w:rsidR="00B62FAC">
+            <w:r w:rsidR="000F07C0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="000F07C0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="004E719F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="26"/>
+            <w:bookmarkEnd w:id="25"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3509" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="thinThickSmallGap" w:sz="24" w:space="0" w:color="auto"/>
               <w:right w:val="thinThickSmallGap" w:sz="24" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w:rsidR="00D44B33" w:rsidRPr="004E719F" w:rsidRDefault="00D44B33" w:rsidP="004E719F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00D44B33" w:rsidRPr="004E719F" w:rsidTr="004E719F">
         <w:trPr>
           <w:trHeight w:val="283"/>
         </w:trPr>
@@ -2453,51 +2451,51 @@
               <w:right w:val="thinThickSmallGap" w:sz="24" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00D44B33" w:rsidRPr="004E719F" w:rsidRDefault="00D44B33" w:rsidP="004E719F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004E719F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>Address</w:t>
             </w:r>
             <w:r w:rsidRPr="004E719F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve">: </w:t>
             </w:r>
-            <w:bookmarkStart w:id="27" w:name="Text10"/>
+            <w:bookmarkStart w:id="26" w:name="Text10"/>
             <w:r w:rsidRPr="004E719F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text10"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="004E719F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidRPr="004E719F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
@@ -2535,51 +2533,51 @@
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="004E719F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="004E719F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="004E719F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="27"/>
+            <w:bookmarkEnd w:id="26"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3509" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="thinThickSmallGap" w:sz="24" w:space="0" w:color="auto"/>
               <w:right w:val="thinThickSmallGap" w:sz="24" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w:rsidR="00D44B33" w:rsidRPr="004E719F" w:rsidRDefault="00D44B33" w:rsidP="004E719F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00D44B33" w:rsidRPr="004E719F" w:rsidTr="004E719F">
         <w:trPr>
           <w:trHeight w:val="283"/>
         </w:trPr>
@@ -2682,51 +2680,51 @@
                 <w:i/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3509" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="thinThickSmallGap" w:sz="24" w:space="0" w:color="auto"/>
               <w:right w:val="thinThickSmallGap" w:sz="24" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w:rsidR="00D44B33" w:rsidRPr="004E719F" w:rsidRDefault="00D44B33" w:rsidP="004E719F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:bookmarkStart w:id="28" w:name="Text11"/>
+      <w:bookmarkStart w:id="27" w:name="Text11"/>
       <w:tr w:rsidR="00D44B33" w:rsidRPr="004E719F" w:rsidTr="004E719F">
         <w:trPr>
           <w:trHeight w:val="283"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4503" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="dotted" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="thinThickSmallGap" w:sz="24" w:space="0" w:color="auto"/>
               <w:bottom w:val="dotted" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="dotted" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00D44B33" w:rsidRPr="004E719F" w:rsidRDefault="00D44B33" w:rsidP="004E719F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004E719F">
@@ -2788,87 +2786,87 @@
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="004E719F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="004E719F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="004E719F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="28"/>
+            <w:bookmarkEnd w:id="27"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2976" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="dotted" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="dotted" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="dotted" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="thinThickSmallGap" w:sz="24" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00D44B33" w:rsidRPr="004E719F" w:rsidRDefault="00D44B33" w:rsidP="004E719F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004E719F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>Post code</w:t>
             </w:r>
             <w:r w:rsidRPr="004E719F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve">: </w:t>
             </w:r>
-            <w:bookmarkStart w:id="29" w:name="Text12"/>
+            <w:bookmarkStart w:id="28" w:name="Text12"/>
             <w:r w:rsidRPr="004E719F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text12"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput>
                     <w:maxLength w:val="9"/>
                   </w:textInput>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="004E719F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidRPr="004E719F">
               <w:rPr>
@@ -2908,51 +2906,51 @@
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="004E719F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="004E719F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="004E719F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="29"/>
+            <w:bookmarkEnd w:id="28"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3509" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="thinThickSmallGap" w:sz="24" w:space="0" w:color="auto"/>
               <w:right w:val="thinThickSmallGap" w:sz="24" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w:rsidR="00D44B33" w:rsidRPr="004E719F" w:rsidRDefault="00D44B33" w:rsidP="004E719F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00D44B33" w:rsidRPr="004E719F" w:rsidTr="004E719F">
         <w:trPr>
           <w:trHeight w:val="283"/>
         </w:trPr>
@@ -2967,51 +2965,51 @@
               <w:right w:val="dotted" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00D44B33" w:rsidRPr="004E719F" w:rsidRDefault="00D44B33" w:rsidP="004E719F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004E719F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>Home Tel</w:t>
             </w:r>
             <w:r w:rsidRPr="004E719F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve">: </w:t>
             </w:r>
-            <w:bookmarkStart w:id="30" w:name="Text13"/>
+            <w:bookmarkStart w:id="29" w:name="Text13"/>
             <w:r w:rsidRPr="004E719F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text13"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput>
                     <w:maxLength w:val="14"/>
                   </w:textInput>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="004E719F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidRPr="004E719F">
               <w:rPr>
@@ -3051,87 +3049,87 @@
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="004E719F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="004E719F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="004E719F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="30"/>
+            <w:bookmarkEnd w:id="29"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2976" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="dotted" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="dotted" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="dotted" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="thinThickSmallGap" w:sz="24" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00D44B33" w:rsidRPr="004E719F" w:rsidRDefault="00D44B33" w:rsidP="004E719F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004E719F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>NHS No</w:t>
             </w:r>
             <w:r w:rsidRPr="004E719F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve">: </w:t>
             </w:r>
-            <w:bookmarkStart w:id="31" w:name="Text14"/>
+            <w:bookmarkStart w:id="30" w:name="Text14"/>
             <w:r w:rsidRPr="004E719F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text14"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput>
                     <w:maxLength w:val="12"/>
                   </w:textInput>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="004E719F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidRPr="004E719F">
               <w:rPr>
@@ -3171,51 +3169,51 @@
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="004E719F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="004E719F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="004E719F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="31"/>
+            <w:bookmarkEnd w:id="30"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3509" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="thinThickSmallGap" w:sz="24" w:space="0" w:color="auto"/>
               <w:right w:val="thinThickSmallGap" w:sz="24" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w:rsidR="00D44B33" w:rsidRPr="004E719F" w:rsidRDefault="00D44B33" w:rsidP="004E719F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00D44B33" w:rsidRPr="004E719F" w:rsidTr="004E719F">
         <w:trPr>
           <w:trHeight w:val="283"/>
         </w:trPr>
@@ -3229,51 +3227,51 @@
               <w:bottom w:val="dotted" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="thinThickSmallGap" w:sz="24" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00D44B33" w:rsidRPr="004E719F" w:rsidRDefault="00D44B33" w:rsidP="004E719F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004E719F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>Alternative contact / NOK</w:t>
             </w:r>
             <w:r w:rsidRPr="004E719F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve">: </w:t>
             </w:r>
-            <w:bookmarkStart w:id="32" w:name="Text15"/>
+            <w:bookmarkStart w:id="31" w:name="Text15"/>
             <w:r w:rsidRPr="004E719F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text15"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="004E719F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidRPr="004E719F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
@@ -3311,73 +3309,73 @@
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="004E719F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="004E719F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="004E719F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="32"/>
+            <w:bookmarkEnd w:id="31"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3509" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="thinThickSmallGap" w:sz="24" w:space="0" w:color="auto"/>
               <w:right w:val="thinThickSmallGap" w:sz="24" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w:rsidR="00D44B33" w:rsidRPr="004E719F" w:rsidRDefault="00D44B33" w:rsidP="004E719F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:bookmarkStart w:id="33" w:name="Text16"/>
+      <w:bookmarkStart w:id="32" w:name="Text16"/>
       <w:tr w:rsidR="00D44B33" w:rsidRPr="004E719F" w:rsidTr="004E719F">
         <w:trPr>
           <w:trHeight w:val="283"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7479" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="dotted" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="thinThickSmallGap" w:sz="24" w:space="0" w:color="auto"/>
               <w:bottom w:val="dotted" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="thinThickSmallGap" w:sz="24" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00D44B33" w:rsidRPr="004E719F" w:rsidRDefault="00D44B33" w:rsidP="004E719F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004E719F">
@@ -3439,51 +3437,51 @@
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="004E719F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="004E719F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="004E719F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="33"/>
+            <w:bookmarkEnd w:id="32"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3509" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="thinThickSmallGap" w:sz="24" w:space="0" w:color="auto"/>
               <w:right w:val="thinThickSmallGap" w:sz="24" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w:rsidR="00D44B33" w:rsidRPr="004E719F" w:rsidRDefault="00D44B33" w:rsidP="004E719F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00D44B33" w:rsidRPr="004E719F" w:rsidTr="004E719F">
         <w:trPr>
           <w:trHeight w:val="283"/>
         </w:trPr>
@@ -3506,51 +3504,51 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004E719F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t xml:space="preserve">Delivery Address </w:t>
             </w:r>
             <w:r w:rsidRPr="004E719F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>(if different to above)</w:t>
             </w:r>
             <w:r w:rsidRPr="004E719F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve">: </w:t>
             </w:r>
-            <w:bookmarkStart w:id="34" w:name="Text17"/>
+            <w:bookmarkStart w:id="33" w:name="Text17"/>
             <w:r w:rsidRPr="004E719F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text17"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="004E719F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidRPr="004E719F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
@@ -3588,73 +3586,73 @@
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="004E719F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="004E719F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="004E719F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="34"/>
+            <w:bookmarkEnd w:id="33"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3509" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="thinThickSmallGap" w:sz="24" w:space="0" w:color="auto"/>
               <w:right w:val="thinThickSmallGap" w:sz="24" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w:rsidR="00D44B33" w:rsidRPr="004E719F" w:rsidRDefault="00D44B33" w:rsidP="004E719F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:bookmarkStart w:id="35" w:name="Text18"/>
+      <w:bookmarkStart w:id="34" w:name="Text18"/>
       <w:tr w:rsidR="00D44B33" w:rsidRPr="004E719F" w:rsidTr="004E719F">
         <w:trPr>
           <w:trHeight w:val="283"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7479" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="dotted" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="thinThickSmallGap" w:sz="24" w:space="0" w:color="auto"/>
               <w:bottom w:val="dotted" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="thinThickSmallGap" w:sz="24" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00D44B33" w:rsidRPr="004E719F" w:rsidRDefault="00D44B33" w:rsidP="004E719F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004E719F">
@@ -3716,51 +3714,51 @@
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="004E719F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="004E719F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="004E719F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="35"/>
+            <w:bookmarkEnd w:id="34"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3509" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="thinThickSmallGap" w:sz="24" w:space="0" w:color="auto"/>
               <w:right w:val="thinThickSmallGap" w:sz="24" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w:rsidR="00D44B33" w:rsidRPr="004E719F" w:rsidRDefault="00D44B33" w:rsidP="004E719F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00D44B33" w:rsidRPr="004E719F" w:rsidTr="004E719F">
         <w:trPr>
           <w:trHeight w:val="141"/>
         </w:trPr>
@@ -3774,51 +3772,51 @@
               <w:bottom w:val="thinThickSmallGap" w:sz="24" w:space="0" w:color="auto"/>
               <w:right w:val="dotted" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00D44B33" w:rsidRPr="004E719F" w:rsidRDefault="00D44B33" w:rsidP="004E719F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004E719F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>First language</w:t>
             </w:r>
             <w:r w:rsidRPr="004E719F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve">: </w:t>
             </w:r>
-            <w:bookmarkStart w:id="36" w:name="Text19"/>
+            <w:bookmarkStart w:id="35" w:name="Text19"/>
             <w:r w:rsidRPr="004E719F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text19"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="004E719F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidRPr="004E719F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
@@ -3856,223 +3854,223 @@
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="004E719F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="004E719F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="004E719F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="36"/>
+            <w:bookmarkEnd w:id="35"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3827" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="dotted" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="dotted" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="thinThickSmallGap" w:sz="24" w:space="0" w:color="auto"/>
               <w:right w:val="thinThickSmallGap" w:sz="24" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00D44B33" w:rsidRPr="004E719F" w:rsidRDefault="00D44B33" w:rsidP="004E719F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004E719F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>Interpreter required</w:t>
             </w:r>
             <w:r w:rsidRPr="004E719F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve">?   No </w:t>
             </w:r>
-            <w:bookmarkStart w:id="37" w:name="Check75"/>
+            <w:bookmarkStart w:id="36" w:name="Check75"/>
             <w:r w:rsidRPr="004E719F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check75"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="004E719F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00B62FAC">
-[...4 lines deleted...]
-            <w:r w:rsidR="00B62FAC">
+            <w:r w:rsidR="000F07C0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="000F07C0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="004E719F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="37"/>
+            <w:bookmarkEnd w:id="36"/>
             <w:r w:rsidRPr="004E719F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve">  Yes </w:t>
             </w:r>
-            <w:bookmarkStart w:id="38" w:name="Check76"/>
+            <w:bookmarkStart w:id="37" w:name="Check76"/>
             <w:r w:rsidRPr="004E719F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check76"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="004E719F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00B62FAC">
-[...4 lines deleted...]
-            <w:r w:rsidR="00B62FAC">
+            <w:r w:rsidR="000F07C0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="000F07C0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="004E719F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="38"/>
+            <w:bookmarkEnd w:id="37"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3509" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="thinThickSmallGap" w:sz="24" w:space="0" w:color="auto"/>
               <w:bottom w:val="thinThickSmallGap" w:sz="24" w:space="0" w:color="auto"/>
               <w:right w:val="thinThickSmallGap" w:sz="24" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w:rsidR="00D44B33" w:rsidRPr="004E719F" w:rsidRDefault="00D44B33" w:rsidP="004E719F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w:rsidR="00D44B33" w:rsidRPr="00BC08CF" w:rsidRDefault="00D44B33" w:rsidP="005A07FF">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="10"/>
           <w:szCs w:val="10"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="00A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1384"/>
-        <w:gridCol w:w="4110"/>
-        <w:gridCol w:w="5494"/>
+        <w:gridCol w:w="4045"/>
+        <w:gridCol w:w="5253"/>
       </w:tblGrid>
       <w:tr w:rsidR="00D44B33" w:rsidRPr="004E719F" w:rsidTr="004E719F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1384" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="thinThickSmallGap" w:sz="24" w:space="0" w:color="auto"/>
               <w:left w:val="thinThickSmallGap" w:sz="24" w:space="0" w:color="auto"/>
               <w:bottom w:val="thinThickSmallGap" w:sz="24" w:space="0" w:color="auto"/>
               <w:right w:val="thinThickSmallGap" w:sz="24" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00D44B33" w:rsidRPr="004E719F" w:rsidRDefault="00D44B33" w:rsidP="004E719F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004E719F">
               <w:rPr>
@@ -4146,51 +4144,51 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00D44B33" w:rsidRPr="004E719F" w:rsidRDefault="00D44B33" w:rsidP="004E719F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004E719F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>Name</w:t>
             </w:r>
             <w:r w:rsidRPr="004E719F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve">: </w:t>
             </w:r>
-            <w:bookmarkStart w:id="39" w:name="Text29"/>
+            <w:bookmarkStart w:id="38" w:name="Text29"/>
             <w:r w:rsidRPr="004E719F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text29"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="004E719F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidRPr="004E719F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
@@ -4228,148 +4226,148 @@
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="004E719F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="004E719F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="004E719F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="39"/>
+            <w:bookmarkEnd w:id="38"/>
           </w:p>
           <w:p w:rsidR="00D44B33" w:rsidRPr="004E719F" w:rsidRDefault="00D44B33" w:rsidP="004E719F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004E719F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>Profession</w:t>
             </w:r>
             <w:r w:rsidRPr="004E719F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve">: </w:t>
             </w:r>
-            <w:bookmarkStart w:id="40" w:name="Dropdown4"/>
+            <w:bookmarkStart w:id="39" w:name="Dropdown4"/>
             <w:r w:rsidRPr="004E719F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Dropdown4"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:ddList>
                     <w:listEntry w:val="Please select"/>
                     <w:listEntry w:val="GP"/>
                     <w:listEntry w:val="Registered nurse"/>
                   </w:ddList>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="004E719F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMDROPDOWN </w:instrText>
             </w:r>
-            <w:r w:rsidR="00B62FAC">
-[...5 lines deleted...]
-            <w:r w:rsidR="00B62FAC">
+            <w:r w:rsidR="000F07C0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:i/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="000F07C0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="004E719F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="40"/>
+            <w:bookmarkEnd w:id="39"/>
             <w:r w:rsidRPr="004E719F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00D44B33" w:rsidRPr="004E719F" w:rsidRDefault="00D44B33" w:rsidP="004E719F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004E719F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>Address</w:t>
             </w:r>
             <w:r w:rsidRPr="004E719F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve">: </w:t>
             </w:r>
-            <w:bookmarkStart w:id="41" w:name="Text30"/>
+            <w:bookmarkStart w:id="40" w:name="Text30"/>
             <w:r w:rsidRPr="004E719F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text30"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="004E719F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidRPr="004E719F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
@@ -4407,53 +4405,53 @@
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="004E719F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="004E719F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="004E719F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="41"/>
-[...1 lines deleted...]
-          <w:bookmarkStart w:id="42" w:name="Text31"/>
+            <w:bookmarkEnd w:id="40"/>
+          </w:p>
+          <w:bookmarkStart w:id="41" w:name="Text31"/>
           <w:p w:rsidR="00D44B33" w:rsidRPr="004E719F" w:rsidRDefault="00D44B33" w:rsidP="004E719F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004E719F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text31"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="004E719F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -4499,73 +4497,73 @@
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="004E719F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="004E719F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="004E719F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="42"/>
+            <w:bookmarkEnd w:id="41"/>
           </w:p>
           <w:p w:rsidR="00D44B33" w:rsidRPr="004E719F" w:rsidRDefault="00D44B33" w:rsidP="004E719F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004E719F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>Tel</w:t>
             </w:r>
             <w:r w:rsidRPr="004E719F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve">: </w:t>
             </w:r>
-            <w:bookmarkStart w:id="43" w:name="Text32"/>
+            <w:bookmarkStart w:id="42" w:name="Text32"/>
             <w:r w:rsidRPr="004E719F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text32"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput>
                     <w:maxLength w:val="14"/>
                   </w:textInput>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="004E719F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidRPr="004E719F">
               <w:rPr>
@@ -4605,73 +4603,73 @@
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="004E719F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="004E719F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="004E719F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="43"/>
+            <w:bookmarkEnd w:id="42"/>
           </w:p>
           <w:p w:rsidR="00D44B33" w:rsidRPr="004E719F" w:rsidRDefault="00D44B33" w:rsidP="004E719F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004E719F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>Fax</w:t>
             </w:r>
             <w:r w:rsidRPr="004E719F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve">: </w:t>
             </w:r>
-            <w:bookmarkStart w:id="44" w:name="Text33"/>
+            <w:bookmarkStart w:id="43" w:name="Text33"/>
             <w:r w:rsidRPr="004E719F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text33"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput>
                     <w:maxLength w:val="14"/>
                   </w:textInput>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="004E719F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidRPr="004E719F">
               <w:rPr>
@@ -4711,73 +4709,73 @@
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="004E719F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="004E719F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="004E719F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="44"/>
+            <w:bookmarkEnd w:id="43"/>
           </w:p>
           <w:p w:rsidR="00D44B33" w:rsidRPr="004E719F" w:rsidRDefault="00D44B33" w:rsidP="004E719F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004E719F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>Email</w:t>
             </w:r>
             <w:r w:rsidRPr="004E719F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve">: </w:t>
             </w:r>
-            <w:bookmarkStart w:id="45" w:name="Text34"/>
+            <w:bookmarkStart w:id="44" w:name="Text34"/>
             <w:r w:rsidRPr="004E719F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text34"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="004E719F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidRPr="004E719F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
@@ -4815,51 +4813,51 @@
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="004E719F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="004E719F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="004E719F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="45"/>
+            <w:bookmarkEnd w:id="44"/>
           </w:p>
           <w:p w:rsidR="00D44B33" w:rsidRPr="004E719F" w:rsidRDefault="00D44B33" w:rsidP="004E719F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004E719F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>Signature</w:t>
             </w:r>
             <w:r w:rsidRPr="004E719F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>: __________________________________</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
@@ -4891,51 +4889,51 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00D44B33" w:rsidRPr="004E719F" w:rsidRDefault="00D44B33" w:rsidP="004E719F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004E719F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>GP name</w:t>
             </w:r>
             <w:r w:rsidRPr="004E719F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve">: </w:t>
             </w:r>
-            <w:bookmarkStart w:id="46" w:name="Text35"/>
+            <w:bookmarkStart w:id="45" w:name="Text35"/>
             <w:r w:rsidRPr="004E719F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text35"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="004E719F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidRPr="004E719F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
@@ -4973,73 +4971,73 @@
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="004E719F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="004E719F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="004E719F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="46"/>
+            <w:bookmarkEnd w:id="45"/>
           </w:p>
           <w:p w:rsidR="00D44B33" w:rsidRPr="004E719F" w:rsidRDefault="00D44B33" w:rsidP="004E719F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004E719F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>Address</w:t>
             </w:r>
             <w:r w:rsidRPr="004E719F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve">: </w:t>
             </w:r>
-            <w:bookmarkStart w:id="47" w:name="Text36"/>
+            <w:bookmarkStart w:id="46" w:name="Text36"/>
             <w:r w:rsidRPr="004E719F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text36"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="004E719F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidRPr="004E719F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
@@ -5077,53 +5075,53 @@
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="004E719F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="004E719F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="004E719F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="47"/>
-[...1 lines deleted...]
-          <w:bookmarkStart w:id="48" w:name="Text37"/>
+            <w:bookmarkEnd w:id="46"/>
+          </w:p>
+          <w:bookmarkStart w:id="47" w:name="Text37"/>
           <w:p w:rsidR="00D44B33" w:rsidRPr="004E719F" w:rsidRDefault="00D44B33" w:rsidP="004E719F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004E719F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text37"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="004E719F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -5169,73 +5167,73 @@
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="004E719F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="004E719F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="004E719F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="48"/>
+            <w:bookmarkEnd w:id="47"/>
           </w:p>
           <w:p w:rsidR="00D44B33" w:rsidRPr="004E719F" w:rsidRDefault="00D44B33" w:rsidP="004E719F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004E719F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>Tel</w:t>
             </w:r>
             <w:r w:rsidRPr="004E719F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve">: </w:t>
             </w:r>
-            <w:bookmarkStart w:id="49" w:name="Text38"/>
+            <w:bookmarkStart w:id="48" w:name="Text38"/>
             <w:r w:rsidRPr="004E719F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text38"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput>
                     <w:maxLength w:val="14"/>
                   </w:textInput>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="004E719F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidRPr="004E719F">
               <w:rPr>
@@ -5275,73 +5273,73 @@
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="004E719F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="004E719F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="004E719F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="49"/>
+            <w:bookmarkEnd w:id="48"/>
           </w:p>
           <w:p w:rsidR="00D44B33" w:rsidRPr="004E719F" w:rsidRDefault="00D44B33" w:rsidP="004E719F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004E719F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>Fax</w:t>
             </w:r>
             <w:r w:rsidRPr="004E719F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve">: </w:t>
             </w:r>
-            <w:bookmarkStart w:id="50" w:name="Text39"/>
+            <w:bookmarkStart w:id="49" w:name="Text39"/>
             <w:r w:rsidRPr="004E719F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text39"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput>
                     <w:maxLength w:val="14"/>
                   </w:textInput>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="004E719F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidRPr="004E719F">
               <w:rPr>
@@ -5381,73 +5379,73 @@
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="004E719F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="004E719F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="004E719F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="50"/>
+            <w:bookmarkEnd w:id="49"/>
           </w:p>
           <w:p w:rsidR="00D44B33" w:rsidRPr="004E719F" w:rsidRDefault="00D44B33" w:rsidP="004E719F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004E719F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>Email</w:t>
             </w:r>
             <w:r w:rsidRPr="004E719F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve">: </w:t>
             </w:r>
-            <w:bookmarkStart w:id="51" w:name="Text40"/>
+            <w:bookmarkStart w:id="50" w:name="Text40"/>
             <w:r w:rsidRPr="004E719F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text40"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="004E719F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidRPr="004E719F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
@@ -5485,81 +5483,81 @@
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="004E719F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="004E719F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="004E719F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="51"/>
+            <w:bookmarkEnd w:id="50"/>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w:rsidR="00D44B33" w:rsidRPr="00EF2050" w:rsidRDefault="00D44B33" w:rsidP="005A07FF">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="10"/>
           <w:szCs w:val="10"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="00A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1384"/>
-        <w:gridCol w:w="9604"/>
+        <w:gridCol w:w="1377"/>
+        <w:gridCol w:w="9305"/>
       </w:tblGrid>
       <w:tr w:rsidR="00D44B33" w:rsidRPr="004E719F" w:rsidTr="004E719F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1384" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="thinThickSmallGap" w:sz="24" w:space="0" w:color="auto"/>
               <w:left w:val="thinThickSmallGap" w:sz="24" w:space="0" w:color="auto"/>
               <w:bottom w:val="thinThickSmallGap" w:sz="24" w:space="0" w:color="auto"/>
               <w:right w:val="thinThickSmallGap" w:sz="24" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00D44B33" w:rsidRPr="004E719F" w:rsidRDefault="00D44B33" w:rsidP="004E719F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004E719F">
               <w:rPr>
@@ -5614,51 +5612,51 @@
               <w:left w:val="thinThickSmallGap" w:sz="24" w:space="0" w:color="auto"/>
               <w:right w:val="thinThickSmallGap" w:sz="24" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w:rsidR="00D44B33" w:rsidRPr="004E719F" w:rsidRDefault="00D44B33" w:rsidP="004E719F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004E719F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:u w:val="double"/>
               </w:rPr>
               <w:t>DIAGNOSIS &amp; PMHx</w:t>
             </w:r>
             <w:r w:rsidRPr="004E719F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve">: </w:t>
             </w:r>
-            <w:bookmarkStart w:id="52" w:name="Text41"/>
+            <w:bookmarkStart w:id="51" w:name="Text41"/>
             <w:r w:rsidRPr="004E719F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text41"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="004E719F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidRPr="004E719F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
@@ -5696,51 +5694,51 @@
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="004E719F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="004E719F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="004E719F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="52"/>
+            <w:bookmarkEnd w:id="51"/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00D44B33" w:rsidRPr="004E719F" w:rsidTr="004E719F">
         <w:trPr>
           <w:trHeight w:val="343"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10988" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:left w:val="thinThickSmallGap" w:sz="24" w:space="0" w:color="auto"/>
               <w:bottom w:val="double" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="thinThickSmallGap" w:sz="24" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00D44B33" w:rsidRPr="004E719F" w:rsidRDefault="00D44B33" w:rsidP="004E719F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:sz w:val="24"/>
@@ -5751,189 +5749,189 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Is client inpatient?</w:t>
             </w:r>
             <w:r w:rsidRPr="004E719F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">              </w:t>
             </w:r>
             <w:r w:rsidRPr="004E719F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">No </w:t>
             </w:r>
-            <w:bookmarkStart w:id="53" w:name="Check82"/>
+            <w:bookmarkStart w:id="52" w:name="Check82"/>
             <w:r w:rsidRPr="004E719F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check82"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="004E719F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00B62FAC">
+            <w:r w:rsidR="000F07C0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidR="00B62FAC">
+            <w:r w:rsidR="000F07C0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="004E719F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="53"/>
+            <w:bookmarkEnd w:id="52"/>
             <w:r w:rsidRPr="004E719F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">    Yes </w:t>
             </w:r>
-            <w:bookmarkStart w:id="54" w:name="Check83"/>
+            <w:bookmarkStart w:id="53" w:name="Check83"/>
             <w:r w:rsidRPr="004E719F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check83"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="004E719F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00B62FAC">
+            <w:r w:rsidR="000F07C0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidR="00B62FAC">
+            <w:r w:rsidR="000F07C0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="004E719F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="54"/>
+            <w:bookmarkEnd w:id="53"/>
             <w:r w:rsidRPr="004E719F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">  Discharge date (mandatory if inpatient)</w:t>
             </w:r>
             <w:r w:rsidRPr="004E719F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">: </w:t>
             </w:r>
-            <w:bookmarkStart w:id="55" w:name="Text42"/>
+            <w:bookmarkStart w:id="54" w:name="Text42"/>
             <w:r w:rsidRPr="004E719F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text42"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput>
                     <w:maxLength w:val="2"/>
                   </w:textInput>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="004E719F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
@@ -5963,60 +5961,60 @@
                 <w:noProof/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="004E719F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="004E719F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="55"/>
+            <w:bookmarkEnd w:id="54"/>
             <w:r w:rsidRPr="004E719F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>/</w:t>
             </w:r>
-            <w:bookmarkStart w:id="56" w:name="Text43"/>
+            <w:bookmarkStart w:id="55" w:name="Text43"/>
             <w:r w:rsidRPr="004E719F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text43"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput>
                     <w:maxLength w:val="2"/>
                   </w:textInput>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="004E719F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
@@ -6046,60 +6044,60 @@
                 <w:noProof/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="004E719F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="004E719F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="56"/>
+            <w:bookmarkEnd w:id="55"/>
             <w:r w:rsidRPr="004E719F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>/</w:t>
             </w:r>
-            <w:bookmarkStart w:id="57" w:name="Text44"/>
+            <w:bookmarkStart w:id="56" w:name="Text44"/>
             <w:r w:rsidRPr="004E719F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text44"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput>
                     <w:maxLength w:val="4"/>
                   </w:textInput>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="004E719F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
@@ -6149,81 +6147,105 @@
                 <w:noProof/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="004E719F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="004E719F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="57"/>
+            <w:bookmarkEnd w:id="56"/>
           </w:p>
           <w:p w:rsidR="00D44B33" w:rsidRPr="004E719F" w:rsidRDefault="00D44B33" w:rsidP="004E719F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004E719F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">                                                                                   </w:t>
             </w:r>
             <w:r w:rsidRPr="004E719F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:i/>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>*** If no discharge date, the referral will be returned.***</w:t>
+              <w:t xml:space="preserve">*** If no discharge date, the referral will be </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="004E719F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:i/>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>returned.*</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="004E719F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:i/>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>**</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00D44B33" w:rsidRPr="004E719F" w:rsidTr="004E719F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10988" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="double" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="thinThickSmallGap" w:sz="24" w:space="0" w:color="auto"/>
               <w:bottom w:val="double" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="thinThickSmallGap" w:sz="24" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00D44B33" w:rsidRPr="004E719F" w:rsidRDefault="00D44B33" w:rsidP="004E719F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
@@ -6252,212 +6274,212 @@
               <w:left w:val="thinThickSmallGap" w:sz="24" w:space="0" w:color="auto"/>
               <w:right w:val="thinThickSmallGap" w:sz="24" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00D44B33" w:rsidRPr="004E719F" w:rsidRDefault="00D44B33" w:rsidP="004E719F">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004E719F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
               <w:t xml:space="preserve">New Wheelchair User </w:t>
             </w:r>
-            <w:bookmarkStart w:id="58" w:name="Check84"/>
+            <w:bookmarkStart w:id="57" w:name="Check84"/>
             <w:r w:rsidRPr="004E719F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check84"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="004E719F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00B62FAC">
-[...5 lines deleted...]
-            <w:r w:rsidR="00B62FAC">
+            <w:r w:rsidR="000F07C0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="000F07C0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="004E719F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="58"/>
+            <w:bookmarkEnd w:id="57"/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00D44B33" w:rsidRPr="004E719F" w:rsidTr="004E719F">
         <w:trPr>
           <w:trHeight w:val="1611"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10988" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:left w:val="thinThickSmallGap" w:sz="24" w:space="0" w:color="auto"/>
               <w:right w:val="thinThickSmallGap" w:sz="24" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w:rsidR="00D44B33" w:rsidRPr="004E719F" w:rsidRDefault="00D44B33" w:rsidP="004E719F">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004E719F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
               <w:t xml:space="preserve">Current Wheelchair User </w:t>
             </w:r>
-            <w:bookmarkStart w:id="59" w:name="Check85"/>
+            <w:bookmarkStart w:id="58" w:name="Check85"/>
             <w:r w:rsidRPr="004E719F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check85"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="004E719F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00B62FAC">
-[...5 lines deleted...]
-            <w:r w:rsidR="00B62FAC">
+            <w:r w:rsidR="000F07C0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="000F07C0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="004E719F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="59"/>
+            <w:bookmarkEnd w:id="58"/>
           </w:p>
           <w:p w:rsidR="00D44B33" w:rsidRPr="004E719F" w:rsidRDefault="00D44B33" w:rsidP="004E719F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w:rsidR="00D44B33" w:rsidRPr="004E719F" w:rsidRDefault="00D44B33" w:rsidP="004E719F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004E719F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>Current Wheelchair Equipment</w:t>
             </w:r>
             <w:r w:rsidRPr="004E719F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
               <w:t xml:space="preserve">: </w:t>
             </w:r>
-            <w:bookmarkStart w:id="60" w:name="Text45"/>
+            <w:bookmarkStart w:id="59" w:name="Text45"/>
             <w:r w:rsidRPr="004E719F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text45"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="004E719F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidRPr="004E719F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
@@ -6495,76 +6517,76 @@
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="004E719F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="004E719F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="004E719F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="60"/>
+            <w:bookmarkEnd w:id="59"/>
           </w:p>
           <w:p w:rsidR="00D44B33" w:rsidRPr="004E719F" w:rsidRDefault="00D44B33" w:rsidP="004E719F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004E719F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>Reason for review</w:t>
             </w:r>
             <w:r w:rsidRPr="004E719F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
               <w:t xml:space="preserve">: </w:t>
             </w:r>
-            <w:bookmarkStart w:id="61" w:name="Text46"/>
+            <w:bookmarkStart w:id="60" w:name="Text46"/>
             <w:r w:rsidRPr="004E719F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text46"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="004E719F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidRPr="004E719F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
@@ -6602,198 +6624,199 @@
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="004E719F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="004E719F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="004E719F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="61"/>
+            <w:bookmarkEnd w:id="60"/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00D44B33" w:rsidRPr="004E719F" w:rsidTr="004E719F">
         <w:trPr>
           <w:trHeight w:val="557"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10988" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:left w:val="thinThickSmallGap" w:sz="24" w:space="0" w:color="auto"/>
               <w:bottom w:val="thinThickSmallGap" w:sz="24" w:space="0" w:color="auto"/>
               <w:right w:val="thinThickSmallGap" w:sz="24" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w:rsidR="00D44B33" w:rsidRPr="004E719F" w:rsidRDefault="00D44B33" w:rsidP="004E719F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004E719F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
               <w:t xml:space="preserve">Do you have any knowledge of incidents that may affect staff visiting client alone (i.e. alcohol misuse, incidence of violence, etc.)     Yes </w:t>
             </w:r>
-            <w:bookmarkStart w:id="62" w:name="Check89"/>
+            <w:bookmarkStart w:id="61" w:name="Check89"/>
             <w:r w:rsidRPr="004E719F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check89"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
+                    <w:checked w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="004E719F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00B62FAC">
-[...5 lines deleted...]
-            <w:r w:rsidR="00B62FAC">
+            <w:r w:rsidR="00E81631" w:rsidRPr="004E719F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="000F07C0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="004E719F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="62"/>
+            <w:bookmarkEnd w:id="61"/>
             <w:r w:rsidRPr="004E719F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
               <w:t xml:space="preserve">                               No </w:t>
             </w:r>
-            <w:bookmarkStart w:id="63" w:name="Check90"/>
+            <w:bookmarkStart w:id="62" w:name="Check90"/>
             <w:r w:rsidRPr="004E719F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check90"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="004E719F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00B62FAC">
-[...5 lines deleted...]
-            <w:r w:rsidR="00B62FAC">
+            <w:r w:rsidR="000F07C0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="000F07C0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="004E719F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="63"/>
+            <w:bookmarkEnd w:id="62"/>
           </w:p>
           <w:p w:rsidR="00D44B33" w:rsidRPr="004E719F" w:rsidRDefault="00D44B33" w:rsidP="004E719F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004E719F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve">Details: </w:t>
             </w:r>
-            <w:bookmarkStart w:id="64" w:name="Text78"/>
+            <w:bookmarkStart w:id="63" w:name="Text78"/>
             <w:r w:rsidRPr="004E719F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text78"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="004E719F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidRPr="004E719F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
@@ -6831,77 +6854,77 @@
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="004E719F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="004E719F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="004E719F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="64"/>
+            <w:bookmarkEnd w:id="63"/>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w:rsidR="00D44B33" w:rsidRDefault="00D44B33">
       <w:r>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:jc w:val="center"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="00A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="5494"/>
-        <w:gridCol w:w="5494"/>
+        <w:gridCol w:w="5383"/>
+        <w:gridCol w:w="5379"/>
       </w:tblGrid>
       <w:tr w:rsidR="00D44B33" w:rsidRPr="004E719F" w:rsidTr="004E719F">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5494" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00D44B33" w:rsidRPr="004E719F" w:rsidRDefault="00D44B33" w:rsidP="004E719F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004E719F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Client Name: </w:t>
@@ -7063,53 +7086,53 @@
       </w:tr>
     </w:tbl>
     <w:p w:rsidR="00D44B33" w:rsidRPr="00173AB7" w:rsidRDefault="00D44B33" w:rsidP="00CA44BB">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:sz w:val="10"/>
           <w:szCs w:val="10"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="00A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1384"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="8186"/>
+        <w:gridCol w:w="1380"/>
+        <w:gridCol w:w="1366"/>
+        <w:gridCol w:w="7936"/>
       </w:tblGrid>
       <w:tr w:rsidR="00D44B33" w:rsidRPr="004E719F" w:rsidTr="004E719F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1384" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="thinThickSmallGap" w:sz="24" w:space="0" w:color="auto"/>
               <w:left w:val="thinThickSmallGap" w:sz="24" w:space="0" w:color="auto"/>
               <w:bottom w:val="thinThickSmallGap" w:sz="24" w:space="0" w:color="auto"/>
               <w:right w:val="thinThickSmallGap" w:sz="24" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00D44B33" w:rsidRPr="004E719F" w:rsidRDefault="00D44B33" w:rsidP="004E719F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004E719F">
               <w:rPr>
@@ -7230,187 +7253,187 @@
               </w:rPr>
               <w:t>Current medical status</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8186" w:type="dxa"/>
             <w:tcBorders>
               <w:right w:val="thinThickSmallGap" w:sz="24" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w:rsidR="00D44B33" w:rsidRPr="004E719F" w:rsidRDefault="00D44B33" w:rsidP="004E719F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004E719F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve">Stable </w:t>
             </w:r>
-            <w:bookmarkStart w:id="65" w:name="Check86"/>
+            <w:bookmarkStart w:id="64" w:name="Check86"/>
             <w:r w:rsidRPr="004E719F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check86"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="004E719F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00B62FAC">
-[...4 lines deleted...]
-            <w:r w:rsidR="00B62FAC">
+            <w:r w:rsidR="000F07C0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="000F07C0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="004E719F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="65"/>
+            <w:bookmarkEnd w:id="64"/>
             <w:r w:rsidRPr="004E719F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve">         Deteriorating </w:t>
             </w:r>
-            <w:bookmarkStart w:id="66" w:name="Check87"/>
+            <w:bookmarkStart w:id="65" w:name="Check87"/>
             <w:r w:rsidRPr="004E719F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check87"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="004E719F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00B62FAC">
-[...4 lines deleted...]
-            <w:r w:rsidR="00B62FAC">
+            <w:r w:rsidR="000F07C0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="000F07C0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="004E719F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="66"/>
+            <w:bookmarkEnd w:id="65"/>
             <w:r w:rsidRPr="004E719F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve">         Improving </w:t>
             </w:r>
-            <w:bookmarkStart w:id="67" w:name="Check88"/>
+            <w:bookmarkStart w:id="66" w:name="Check88"/>
             <w:r w:rsidRPr="004E719F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check88"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="004E719F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00B62FAC">
-[...4 lines deleted...]
-            <w:r w:rsidR="00B62FAC">
+            <w:r w:rsidR="000F07C0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="000F07C0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="004E719F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="67"/>
-[...1 lines deleted...]
-          <w:bookmarkStart w:id="68" w:name="Text79"/>
+            <w:bookmarkEnd w:id="66"/>
+          </w:p>
+          <w:bookmarkStart w:id="67" w:name="Text79"/>
           <w:p w:rsidR="00D44B33" w:rsidRPr="004E719F" w:rsidRDefault="00D44B33" w:rsidP="004E719F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004E719F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text79"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="004E719F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
@@ -7445,51 +7468,51 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="004E719F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="004E719F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="004E719F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="68"/>
+            <w:bookmarkEnd w:id="67"/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00D44B33" w:rsidRPr="004E719F" w:rsidTr="004E719F">
         <w:trPr>
           <w:trHeight w:val="506"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2802" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:left w:val="thinThickSmallGap" w:sz="24" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00D44B33" w:rsidRPr="004E719F" w:rsidRDefault="00D44B33" w:rsidP="004E719F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004E719F">
@@ -7505,51 +7528,51 @@
           <w:tcPr>
             <w:tcW w:w="8186" w:type="dxa"/>
             <w:tcBorders>
               <w:right w:val="thinThickSmallGap" w:sz="24" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w:rsidR="00D44B33" w:rsidRPr="004E719F" w:rsidRDefault="00D44B33" w:rsidP="004E719F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004E719F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Details (e.g. walking aids, distance): </w:t>
             </w:r>
-            <w:bookmarkStart w:id="69" w:name="Text50"/>
+            <w:bookmarkStart w:id="68" w:name="Text50"/>
             <w:r w:rsidRPr="004E719F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text50"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="004E719F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidRPr="004E719F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
@@ -7587,51 +7610,51 @@
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="004E719F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="004E719F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="004E719F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="69"/>
+            <w:bookmarkEnd w:id="68"/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00D44B33" w:rsidRPr="004E719F" w:rsidTr="004E719F">
         <w:trPr>
           <w:trHeight w:val="506"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2802" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:left w:val="thinThickSmallGap" w:sz="24" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00D44B33" w:rsidRPr="004E719F" w:rsidRDefault="00D44B33" w:rsidP="004E719F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004E719F">
@@ -7647,51 +7670,51 @@
           <w:tcPr>
             <w:tcW w:w="8186" w:type="dxa"/>
             <w:tcBorders>
               <w:right w:val="thinThickSmallGap" w:sz="24" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w:rsidR="00D44B33" w:rsidRPr="004E719F" w:rsidRDefault="00D44B33" w:rsidP="004E719F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004E719F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Details (e.g. walking aids, distance): </w:t>
             </w:r>
-            <w:bookmarkStart w:id="70" w:name="Text51"/>
+            <w:bookmarkStart w:id="69" w:name="Text51"/>
             <w:r w:rsidRPr="004E719F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text51"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="004E719F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidRPr="004E719F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
@@ -7729,51 +7752,51 @@
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="004E719F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="004E719F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="004E719F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="70"/>
+            <w:bookmarkEnd w:id="69"/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00D44B33" w:rsidRPr="004E719F" w:rsidTr="004E719F">
         <w:trPr>
           <w:trHeight w:val="506"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2802" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:left w:val="thinThickSmallGap" w:sz="24" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00D44B33" w:rsidRPr="004E719F" w:rsidRDefault="00D44B33" w:rsidP="004E719F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004E719F">
@@ -7789,51 +7812,51 @@
           <w:tcPr>
             <w:tcW w:w="8186" w:type="dxa"/>
             <w:tcBorders>
               <w:right w:val="thinThickSmallGap" w:sz="24" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w:rsidR="00D44B33" w:rsidRPr="004E719F" w:rsidRDefault="00D44B33" w:rsidP="004E719F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004E719F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Details (e.g. grade, location, duration of sores): </w:t>
             </w:r>
-            <w:bookmarkStart w:id="71" w:name="Text53"/>
+            <w:bookmarkStart w:id="70" w:name="Text53"/>
             <w:r w:rsidRPr="004E719F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text53"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="004E719F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidRPr="004E719F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
@@ -7871,51 +7894,51 @@
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="004E719F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="004E719F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="004E719F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="71"/>
+            <w:bookmarkEnd w:id="70"/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00D44B33" w:rsidRPr="004E719F" w:rsidTr="004E719F">
         <w:trPr>
           <w:trHeight w:val="506"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2802" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:left w:val="thinThickSmallGap" w:sz="24" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00D44B33" w:rsidRPr="004E719F" w:rsidRDefault="00D44B33" w:rsidP="004E719F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004E719F">
@@ -7931,51 +7954,51 @@
           <w:tcPr>
             <w:tcW w:w="8186" w:type="dxa"/>
             <w:tcBorders>
               <w:right w:val="thinThickSmallGap" w:sz="24" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w:rsidR="00D44B33" w:rsidRPr="004E719F" w:rsidRDefault="00D44B33" w:rsidP="004E719F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004E719F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Details (e.g. ROM, strength, to self-propel): </w:t>
             </w:r>
-            <w:bookmarkStart w:id="72" w:name="Text54"/>
+            <w:bookmarkStart w:id="71" w:name="Text54"/>
             <w:r w:rsidRPr="004E719F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text54"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="004E719F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidRPr="004E719F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
@@ -8013,51 +8036,51 @@
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="004E719F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="004E719F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="004E719F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="72"/>
+            <w:bookmarkEnd w:id="71"/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00D44B33" w:rsidRPr="004E719F" w:rsidTr="004E719F">
         <w:trPr>
           <w:trHeight w:val="506"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2802" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:left w:val="thinThickSmallGap" w:sz="24" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00D44B33" w:rsidRPr="004E719F" w:rsidRDefault="00D44B33" w:rsidP="004E719F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004E719F">
@@ -8073,51 +8096,51 @@
           <w:tcPr>
             <w:tcW w:w="8186" w:type="dxa"/>
             <w:tcBorders>
               <w:right w:val="thinThickSmallGap" w:sz="24" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w:rsidR="00D44B33" w:rsidRPr="004E719F" w:rsidRDefault="00D44B33" w:rsidP="004E719F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004E719F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Details (e.g. contractures, ROM): </w:t>
             </w:r>
-            <w:bookmarkStart w:id="73" w:name="Text55"/>
+            <w:bookmarkStart w:id="72" w:name="Text55"/>
             <w:r w:rsidRPr="004E719F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text55"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="004E719F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidRPr="004E719F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
@@ -8155,51 +8178,51 @@
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="004E719F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="004E719F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="004E719F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="73"/>
+            <w:bookmarkEnd w:id="72"/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00D44B33" w:rsidRPr="004E719F" w:rsidTr="004E719F">
         <w:trPr>
           <w:trHeight w:val="506"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2802" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:left w:val="thinThickSmallGap" w:sz="24" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00D44B33" w:rsidRPr="004E719F" w:rsidRDefault="00D44B33" w:rsidP="004E719F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004E719F">
@@ -8213,51 +8236,51 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8186" w:type="dxa"/>
             <w:tcBorders>
               <w:right w:val="thinThickSmallGap" w:sz="24" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w:rsidR="00D44B33" w:rsidRPr="004E719F" w:rsidRDefault="00D44B33" w:rsidP="004E719F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004E719F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Details (e.g. memory, neglect, learning difficulty): </w:t>
             </w:r>
-            <w:bookmarkStart w:id="74" w:name="Text59"/>
+            <w:bookmarkStart w:id="73" w:name="Text59"/>
             <w:r w:rsidRPr="004E719F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text59"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="004E719F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidRPr="004E719F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
@@ -8295,51 +8318,51 @@
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="004E719F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="004E719F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="004E719F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="74"/>
+            <w:bookmarkEnd w:id="73"/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00D44B33" w:rsidRPr="004E719F" w:rsidTr="004E719F">
         <w:trPr>
           <w:trHeight w:val="506"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2802" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:left w:val="thinThickSmallGap" w:sz="24" w:space="0" w:color="auto"/>
               <w:bottom w:val="thinThickSmallGap" w:sz="24" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00D44B33" w:rsidRPr="004E719F" w:rsidRDefault="00D44B33" w:rsidP="004E719F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
@@ -8357,51 +8380,51 @@
             <w:tcW w:w="8186" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="thinThickSmallGap" w:sz="24" w:space="0" w:color="auto"/>
               <w:right w:val="thinThickSmallGap" w:sz="24" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w:rsidR="00D44B33" w:rsidRPr="004E719F" w:rsidRDefault="00D44B33" w:rsidP="004E719F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004E719F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Details (e.g. hemianopia, glasses): </w:t>
             </w:r>
-            <w:bookmarkStart w:id="75" w:name="Text60"/>
+            <w:bookmarkStart w:id="74" w:name="Text60"/>
             <w:r w:rsidRPr="004E719F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text60"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="004E719F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidRPr="004E719F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
@@ -8439,83 +8462,83 @@
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="004E719F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="004E719F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="004E719F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="75"/>
+            <w:bookmarkEnd w:id="74"/>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w:rsidR="00D44B33" w:rsidRPr="004F6689" w:rsidRDefault="00D44B33" w:rsidP="00CA44BB">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="10"/>
           <w:szCs w:val="10"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="00A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1384"/>
-[...2 lines deleted...]
-        <w:gridCol w:w="5635"/>
+        <w:gridCol w:w="1382"/>
+        <w:gridCol w:w="2054"/>
+        <w:gridCol w:w="1830"/>
+        <w:gridCol w:w="5476"/>
       </w:tblGrid>
       <w:tr w:rsidR="00D44B33" w:rsidRPr="004E719F" w:rsidTr="004E719F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1384" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="double" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="double" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="double" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="double" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00D44B33" w:rsidRPr="004E719F" w:rsidRDefault="00D44B33" w:rsidP="004E719F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004E719F">
               <w:rPr>
@@ -8591,322 +8614,336 @@
       <w:tr w:rsidR="00D44B33" w:rsidRPr="004E719F" w:rsidTr="004E719F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3510" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:left w:val="double" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00D44B33" w:rsidRPr="004E719F" w:rsidRDefault="00D44B33" w:rsidP="004E719F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004E719F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>Does client live alone?</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:bookmarkStart w:id="76" w:name="Check10"/>
+        <w:bookmarkStart w:id="75" w:name="Check10"/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00D44B33" w:rsidRPr="004E719F" w:rsidRDefault="00D44B33" w:rsidP="004E719F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004E719F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check10"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="004E719F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00B62FAC">
-[...4 lines deleted...]
-            <w:r w:rsidR="00B62FAC">
+            <w:r w:rsidR="000F07C0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="000F07C0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="004E719F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="76"/>
+            <w:bookmarkEnd w:id="75"/>
             <w:r w:rsidRPr="004E719F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve"> Yes</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkStart w:id="77" w:name="Check11"/>
+          <w:bookmarkStart w:id="76" w:name="Check11"/>
           <w:p w:rsidR="00D44B33" w:rsidRPr="004E719F" w:rsidRDefault="00D44B33" w:rsidP="004E719F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004E719F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check11"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="004E719F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00B62FAC">
-[...4 lines deleted...]
-            <w:r w:rsidR="00B62FAC">
+            <w:r w:rsidR="000F07C0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="000F07C0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="004E719F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="77"/>
+            <w:bookmarkEnd w:id="76"/>
             <w:r w:rsidRPr="004E719F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve"> No</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:bookmarkStart w:id="78" w:name="Check18"/>
+        <w:bookmarkStart w:id="77" w:name="Check18"/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5635" w:type="dxa"/>
             <w:tcBorders>
               <w:right w:val="double" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w:rsidR="00D44B33" w:rsidRPr="004E719F" w:rsidRDefault="00D44B33" w:rsidP="004E719F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004E719F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check18"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="004E719F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00B62FAC">
-[...4 lines deleted...]
-            <w:r w:rsidR="00B62FAC">
+            <w:r w:rsidR="000F07C0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="000F07C0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="004E719F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="78"/>
+            <w:bookmarkEnd w:id="77"/>
             <w:r w:rsidRPr="004E719F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve"> with family   </w:t>
             </w:r>
-            <w:bookmarkStart w:id="79" w:name="Check19"/>
+            <w:bookmarkStart w:id="78" w:name="Check19"/>
             <w:r w:rsidRPr="004E719F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check19"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="004E719F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00B62FAC">
-[...4 lines deleted...]
-            <w:r w:rsidR="00B62FAC">
+            <w:r w:rsidR="000F07C0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="000F07C0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="004E719F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="79"/>
-[...6 lines deleted...]
-            <w:bookmarkStart w:id="80" w:name="Check20"/>
+            <w:bookmarkEnd w:id="78"/>
+            <w:r w:rsidRPr="004E719F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="004E719F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>24 hour</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="004E719F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> care   </w:t>
+            </w:r>
+            <w:bookmarkStart w:id="79" w:name="Check20"/>
             <w:r w:rsidRPr="004E719F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check20"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="004E719F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00B62FAC">
-[...4 lines deleted...]
-            <w:r w:rsidR="00B62FAC">
+            <w:r w:rsidR="000F07C0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="000F07C0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="004E719F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="80"/>
+            <w:bookmarkEnd w:id="79"/>
             <w:r w:rsidRPr="004E719F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve"> Other</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkStart w:id="81" w:name="Text9"/>
+          <w:bookmarkStart w:id="80" w:name="Text9"/>
           <w:p w:rsidR="00D44B33" w:rsidRPr="004E719F" w:rsidRDefault="00D44B33" w:rsidP="004E719F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004E719F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text9"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="004E719F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -8952,221 +8989,221 @@
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="004E719F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="004E719F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="004E719F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="81"/>
+            <w:bookmarkEnd w:id="80"/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00D44B33" w:rsidRPr="004E719F" w:rsidTr="004E719F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3510" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:left w:val="double" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00D44B33" w:rsidRPr="004E719F" w:rsidRDefault="00D44B33" w:rsidP="004E719F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004E719F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>Is there a care package in place?</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:bookmarkStart w:id="82" w:name="Check12"/>
+        <w:bookmarkStart w:id="81" w:name="Check12"/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00D44B33" w:rsidRPr="004E719F" w:rsidRDefault="00D44B33" w:rsidP="004E719F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004E719F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check12"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="004E719F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00B62FAC">
-[...4 lines deleted...]
-            <w:r w:rsidR="00B62FAC">
+            <w:r w:rsidR="000F07C0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="000F07C0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="004E719F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="82"/>
+            <w:bookmarkEnd w:id="81"/>
             <w:r w:rsidRPr="004E719F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve"> Yes</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkStart w:id="83" w:name="Check13"/>
+          <w:bookmarkStart w:id="82" w:name="Check13"/>
           <w:p w:rsidR="00D44B33" w:rsidRPr="004E719F" w:rsidRDefault="00D44B33" w:rsidP="004E719F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004E719F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check13"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="004E719F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00B62FAC">
-[...4 lines deleted...]
-            <w:r w:rsidR="00B62FAC">
+            <w:r w:rsidR="000F07C0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="000F07C0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="004E719F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="83"/>
+            <w:bookmarkEnd w:id="82"/>
             <w:r w:rsidRPr="004E719F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve"> No</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5635" w:type="dxa"/>
             <w:tcBorders>
               <w:right w:val="double" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w:rsidR="00D44B33" w:rsidRPr="004E719F" w:rsidRDefault="00D44B33" w:rsidP="004E719F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004E719F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Details (e.g. frequency, number of carers): </w:t>
             </w:r>
-            <w:bookmarkStart w:id="84" w:name="Text64"/>
+            <w:bookmarkStart w:id="83" w:name="Text64"/>
             <w:r w:rsidRPr="004E719F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text64"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="004E719F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidRPr="004E719F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
@@ -9204,195 +9241,195 @@
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="004E719F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="004E719F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="004E719F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="84"/>
+            <w:bookmarkEnd w:id="83"/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00D44B33" w:rsidRPr="004E719F" w:rsidTr="004E719F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3510" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:left w:val="double" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00D44B33" w:rsidRPr="004E719F" w:rsidRDefault="00D44B33" w:rsidP="004E719F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004E719F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>Who will push the wheelchair?</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:bookmarkStart w:id="85" w:name="Check14"/>
+        <w:bookmarkStart w:id="84" w:name="Check14"/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00D44B33" w:rsidRPr="004E719F" w:rsidRDefault="00D44B33" w:rsidP="004E719F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004E719F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check14"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="004E719F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00B62FAC">
-[...4 lines deleted...]
-            <w:r w:rsidR="00B62FAC">
+            <w:r w:rsidR="000F07C0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="000F07C0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="004E719F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="85"/>
+            <w:bookmarkEnd w:id="84"/>
             <w:r w:rsidRPr="004E719F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve"> User</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkStart w:id="86" w:name="Check15"/>
+          <w:bookmarkStart w:id="85" w:name="Check15"/>
           <w:p w:rsidR="00D44B33" w:rsidRPr="004E719F" w:rsidRDefault="00D44B33" w:rsidP="004E719F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004E719F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check15"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="004E719F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00B62FAC">
-[...4 lines deleted...]
-            <w:r w:rsidR="00B62FAC">
+            <w:r w:rsidR="000F07C0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="000F07C0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="004E719F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="86"/>
+            <w:bookmarkEnd w:id="85"/>
             <w:r w:rsidRPr="004E719F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve"> Family/Carer</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:bookmarkStart w:id="87" w:name="Text65"/>
+        <w:bookmarkStart w:id="86" w:name="Text65"/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5635" w:type="dxa"/>
             <w:tcBorders>
               <w:right w:val="double" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w:rsidR="00D44B33" w:rsidRPr="004E719F" w:rsidRDefault="00D44B33" w:rsidP="004E719F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004E719F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text65"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
@@ -9445,226 +9482,226 @@
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="004E719F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="004E719F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="004E719F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="87"/>
+            <w:bookmarkEnd w:id="86"/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00D44B33" w:rsidRPr="004E719F" w:rsidTr="004E719F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3510" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:left w:val="double" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="double" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00D44B33" w:rsidRPr="004E719F" w:rsidRDefault="00D44B33" w:rsidP="004E719F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004E719F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>Does the carer have any health concerns?</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:bookmarkStart w:id="88" w:name="Check16"/>
+        <w:bookmarkStart w:id="87" w:name="Check16"/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="double" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w:rsidR="00D44B33" w:rsidRPr="004E719F" w:rsidRDefault="00D44B33" w:rsidP="004E719F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004E719F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check16"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="004E719F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00B62FAC">
-[...4 lines deleted...]
-            <w:r w:rsidR="00B62FAC">
+            <w:r w:rsidR="000F07C0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="000F07C0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="004E719F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="88"/>
+            <w:bookmarkEnd w:id="87"/>
             <w:r w:rsidRPr="004E719F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve"> Yes</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkStart w:id="89" w:name="Check17"/>
+          <w:bookmarkStart w:id="88" w:name="Check17"/>
           <w:p w:rsidR="00D44B33" w:rsidRPr="004E719F" w:rsidRDefault="00D44B33" w:rsidP="004E719F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004E719F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check17"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="004E719F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00B62FAC">
-[...4 lines deleted...]
-            <w:r w:rsidR="00B62FAC">
+            <w:r w:rsidR="000F07C0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="000F07C0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="004E719F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="89"/>
+            <w:bookmarkEnd w:id="88"/>
             <w:r w:rsidRPr="004E719F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve"> No</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5635" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="double" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="double" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w:rsidR="00D44B33" w:rsidRPr="004E719F" w:rsidRDefault="00D44B33" w:rsidP="004E719F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004E719F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Details: </w:t>
             </w:r>
-            <w:bookmarkStart w:id="90" w:name="Text66"/>
+            <w:bookmarkStart w:id="89" w:name="Text66"/>
             <w:r w:rsidRPr="004E719F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text66"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="004E719F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidRPr="004E719F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
@@ -9702,86 +9739,86 @@
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="004E719F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="004E719F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="004E719F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="90"/>
+            <w:bookmarkEnd w:id="89"/>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w:rsidR="00D44B33" w:rsidRPr="0098413F" w:rsidRDefault="00D44B33" w:rsidP="00CA44BB">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="10"/>
           <w:szCs w:val="10"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="00A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="959"/>
         <w:gridCol w:w="425"/>
-        <w:gridCol w:w="1840"/>
-[...3 lines deleted...]
-        <w:gridCol w:w="2238"/>
+        <w:gridCol w:w="1799"/>
+        <w:gridCol w:w="1367"/>
+        <w:gridCol w:w="2937"/>
+        <w:gridCol w:w="1075"/>
+        <w:gridCol w:w="2180"/>
       </w:tblGrid>
       <w:tr w:rsidR="00D44B33" w:rsidRPr="004E719F" w:rsidTr="004E719F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1384" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="double" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="double" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="double" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="double" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00D44B33" w:rsidRPr="004E719F" w:rsidRDefault="00D44B33" w:rsidP="004E719F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004E719F">
@@ -9835,846 +9872,846 @@
             <w:tcBorders>
               <w:top w:val="double" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="double" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="double" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00D44B33" w:rsidRPr="004E719F" w:rsidRDefault="00D44B33" w:rsidP="004E719F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004E719F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
               <w:t>Manual Wheelchair</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:bookmarkStart w:id="91" w:name="Check29"/>
+      <w:bookmarkStart w:id="90" w:name="Check29"/>
       <w:tr w:rsidR="00D44B33" w:rsidRPr="004E719F" w:rsidTr="004E719F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="959" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="double" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00D44B33" w:rsidRPr="004E719F" w:rsidRDefault="00D44B33" w:rsidP="004E719F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004E719F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check29"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="004E719F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00B62FAC">
-[...4 lines deleted...]
-            <w:r w:rsidR="00B62FAC">
+            <w:r w:rsidR="000F07C0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="000F07C0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="004E719F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="91"/>
+            <w:bookmarkEnd w:id="90"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6676" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00D44B33" w:rsidRPr="004E719F" w:rsidRDefault="00D44B33" w:rsidP="004E719F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004E719F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>Manual Self-Propel Wheelchair</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00D44B33" w:rsidRPr="004E719F" w:rsidRDefault="00D44B33" w:rsidP="004E719F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004E719F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>(User will push him/herself in the wheelchair)</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:bookmarkStart w:id="92" w:name="Check31"/>
+        <w:bookmarkStart w:id="91" w:name="Check31"/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3353" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:right w:val="double" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00D44B33" w:rsidRPr="004E719F" w:rsidRDefault="00D44B33" w:rsidP="004E719F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004E719F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check31"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="004E719F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00B62FAC">
-[...4 lines deleted...]
-            <w:r w:rsidR="00B62FAC">
+            <w:r w:rsidR="000F07C0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="000F07C0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="004E719F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="92"/>
+            <w:bookmarkEnd w:id="91"/>
             <w:r w:rsidRPr="004E719F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve"> Indoor</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkStart w:id="93" w:name="Check32"/>
+          <w:bookmarkStart w:id="92" w:name="Check32"/>
           <w:p w:rsidR="00D44B33" w:rsidRPr="004E719F" w:rsidRDefault="00D44B33" w:rsidP="004E719F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004E719F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check32"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="004E719F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00B62FAC">
-[...4 lines deleted...]
-            <w:r w:rsidR="00B62FAC">
+            <w:r w:rsidR="000F07C0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="000F07C0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="004E719F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="93"/>
+            <w:bookmarkEnd w:id="92"/>
             <w:r w:rsidRPr="004E719F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve"> Outdoor</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:bookmarkStart w:id="94" w:name="Check30"/>
+      <w:bookmarkStart w:id="93" w:name="Check30"/>
       <w:tr w:rsidR="00D44B33" w:rsidRPr="004E719F" w:rsidTr="004E719F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="959" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="double" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00D44B33" w:rsidRPr="004E719F" w:rsidRDefault="00D44B33" w:rsidP="004E719F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004E719F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check30"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="004E719F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00B62FAC">
-[...4 lines deleted...]
-            <w:r w:rsidR="00B62FAC">
+            <w:r w:rsidR="000F07C0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="000F07C0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="004E719F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="94"/>
+            <w:bookmarkEnd w:id="93"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6676" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00D44B33" w:rsidRPr="004E719F" w:rsidRDefault="00D44B33" w:rsidP="004E719F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004E719F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>Manual Attendant Propel Wheelchair</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00D44B33" w:rsidRPr="004E719F" w:rsidRDefault="00D44B33" w:rsidP="004E719F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004E719F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>(User requires an attendant to push him/her in the wheelchair)</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:bookmarkStart w:id="95" w:name="Check33"/>
+        <w:bookmarkStart w:id="94" w:name="Check33"/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3353" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:right w:val="double" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00D44B33" w:rsidRPr="004E719F" w:rsidRDefault="00D44B33" w:rsidP="004E719F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004E719F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check33"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="004E719F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00B62FAC">
-[...4 lines deleted...]
-            <w:r w:rsidR="00B62FAC">
+            <w:r w:rsidR="000F07C0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="000F07C0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="004E719F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="95"/>
+            <w:bookmarkEnd w:id="94"/>
             <w:r w:rsidRPr="004E719F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve"> Indoor</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkStart w:id="96" w:name="Check34"/>
+          <w:bookmarkStart w:id="95" w:name="Check34"/>
           <w:p w:rsidR="00D44B33" w:rsidRPr="004E719F" w:rsidRDefault="00D44B33" w:rsidP="004E719F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004E719F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check34"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="004E719F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00B62FAC">
-[...4 lines deleted...]
-            <w:r w:rsidR="00B62FAC">
+            <w:r w:rsidR="000F07C0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="000F07C0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="004E719F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="96"/>
+            <w:bookmarkEnd w:id="95"/>
             <w:r w:rsidRPr="004E719F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve"> Outdoor</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:bookmarkStart w:id="97" w:name="Check35"/>
+      <w:bookmarkStart w:id="96" w:name="Check35"/>
       <w:tr w:rsidR="00D44B33" w:rsidRPr="004E719F" w:rsidTr="004E719F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="959" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:left w:val="double" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00D44B33" w:rsidRPr="004E719F" w:rsidRDefault="00D44B33" w:rsidP="004E719F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004E719F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check35"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="004E719F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00B62FAC">
-[...4 lines deleted...]
-            <w:r w:rsidR="00B62FAC">
+            <w:r w:rsidR="000F07C0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="000F07C0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="004E719F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="97"/>
+            <w:bookmarkEnd w:id="96"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2265" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:vMerge w:val="restart"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00D44B33" w:rsidRPr="004E719F" w:rsidRDefault="00D44B33" w:rsidP="004E719F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004E719F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>Electric Powered Wheelchair</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:bookmarkStart w:id="98" w:name="Check38"/>
+        <w:bookmarkStart w:id="97" w:name="Check38"/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1382" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00D44B33" w:rsidRPr="004E719F" w:rsidRDefault="00D44B33" w:rsidP="004E719F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004E719F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check38"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="004E719F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00B62FAC">
-[...4 lines deleted...]
-            <w:r w:rsidR="00B62FAC">
+            <w:r w:rsidR="000F07C0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="000F07C0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="004E719F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="98"/>
+            <w:bookmarkEnd w:id="97"/>
             <w:r w:rsidRPr="004E719F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve"> Indoor</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00D44B33" w:rsidRPr="004E719F" w:rsidRDefault="00D44B33" w:rsidP="004E719F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:bookmarkStart w:id="99" w:name="Check39"/>
+          <w:bookmarkStart w:id="98" w:name="Check39"/>
           <w:p w:rsidR="00D44B33" w:rsidRPr="004E719F" w:rsidRDefault="00D44B33" w:rsidP="004E719F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004E719F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check39"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="004E719F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00B62FAC">
-[...4 lines deleted...]
-            <w:r w:rsidR="00B62FAC">
+            <w:r w:rsidR="000F07C0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="000F07C0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="004E719F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="99"/>
+            <w:bookmarkEnd w:id="98"/>
             <w:r w:rsidRPr="004E719F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve"> Outdoor</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4144" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00D44B33" w:rsidRPr="004E719F" w:rsidRDefault="00D44B33" w:rsidP="004E719F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004E719F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>Is client able to walk indoors?</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:bookmarkStart w:id="100" w:name="Check40"/>
+        <w:bookmarkStart w:id="99" w:name="Check40"/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2238" w:type="dxa"/>
             <w:tcBorders>
               <w:right w:val="double" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00D44B33" w:rsidRPr="004E719F" w:rsidRDefault="00D44B33" w:rsidP="004E719F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004E719F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check40"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="004E719F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00B62FAC">
-[...4 lines deleted...]
-            <w:r w:rsidR="00B62FAC">
+            <w:r w:rsidR="000F07C0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="000F07C0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="004E719F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="100"/>
+            <w:bookmarkEnd w:id="99"/>
             <w:r w:rsidRPr="004E719F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve"> No</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkStart w:id="101" w:name="Check41"/>
+          <w:bookmarkStart w:id="100" w:name="Check41"/>
           <w:p w:rsidR="00D44B33" w:rsidRPr="004E719F" w:rsidRDefault="00D44B33" w:rsidP="004E719F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004E719F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check41"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="004E719F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00B62FAC">
-[...4 lines deleted...]
-            <w:r w:rsidR="00B62FAC">
+            <w:r w:rsidR="000F07C0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="000F07C0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="004E719F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="101"/>
+            <w:bookmarkEnd w:id="100"/>
             <w:r w:rsidRPr="004E719F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve"> Yes – not eligible</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00D44B33" w:rsidRPr="004E719F" w:rsidTr="004E719F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="959" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="double" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w:rsidR="00D44B33" w:rsidRPr="004E719F" w:rsidRDefault="00D44B33" w:rsidP="004E719F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
@@ -10708,161 +10745,161 @@
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4144" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00D44B33" w:rsidRPr="004E719F" w:rsidRDefault="00D44B33" w:rsidP="004E719F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004E719F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>Is client able to self-propel a manual wheelchair indoors?</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:bookmarkStart w:id="102" w:name="Check42"/>
+        <w:bookmarkStart w:id="101" w:name="Check42"/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2238" w:type="dxa"/>
             <w:tcBorders>
               <w:right w:val="double" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00D44B33" w:rsidRPr="004E719F" w:rsidRDefault="00D44B33" w:rsidP="004E719F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004E719F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check42"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="004E719F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00B62FAC">
-[...4 lines deleted...]
-            <w:r w:rsidR="00B62FAC">
+            <w:r w:rsidR="000F07C0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="000F07C0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="004E719F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="102"/>
+            <w:bookmarkEnd w:id="101"/>
             <w:r w:rsidRPr="004E719F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve"> No</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkStart w:id="103" w:name="Check43"/>
+          <w:bookmarkStart w:id="102" w:name="Check43"/>
           <w:p w:rsidR="00D44B33" w:rsidRPr="004E719F" w:rsidRDefault="00D44B33" w:rsidP="004E719F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004E719F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check43"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="004E719F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00B62FAC">
-[...4 lines deleted...]
-            <w:r w:rsidR="00B62FAC">
+            <w:r w:rsidR="000F07C0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="000F07C0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="004E719F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="103"/>
+            <w:bookmarkEnd w:id="102"/>
             <w:r w:rsidRPr="004E719F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve"> Yes – not eligible</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00D44B33" w:rsidRPr="004E719F" w:rsidTr="004E719F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="959" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="double" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w:rsidR="00D44B33" w:rsidRPr="004E719F" w:rsidRDefault="00D44B33" w:rsidP="004E719F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
@@ -10896,161 +10933,161 @@
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4144" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00D44B33" w:rsidRPr="004E719F" w:rsidRDefault="00D44B33" w:rsidP="004E719F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004E719F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>Does the client suffer from epilepsy?</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:bookmarkStart w:id="104" w:name="Check44"/>
+        <w:bookmarkStart w:id="103" w:name="Check44"/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2238" w:type="dxa"/>
             <w:tcBorders>
               <w:right w:val="double" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00D44B33" w:rsidRPr="004E719F" w:rsidRDefault="00D44B33" w:rsidP="004E719F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004E719F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check44"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="004E719F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00B62FAC">
-[...4 lines deleted...]
-            <w:r w:rsidR="00B62FAC">
+            <w:r w:rsidR="000F07C0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="000F07C0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="004E719F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="104"/>
+            <w:bookmarkEnd w:id="103"/>
             <w:r w:rsidRPr="004E719F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve"> No</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkStart w:id="105" w:name="Check45"/>
+          <w:bookmarkStart w:id="104" w:name="Check45"/>
           <w:p w:rsidR="00D44B33" w:rsidRPr="004E719F" w:rsidRDefault="00D44B33" w:rsidP="004E719F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004E719F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check45"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="004E719F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00B62FAC">
-[...4 lines deleted...]
-            <w:r w:rsidR="00B62FAC">
+            <w:r w:rsidR="000F07C0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="000F07C0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="004E719F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="105"/>
+            <w:bookmarkEnd w:id="104"/>
             <w:r w:rsidRPr="004E719F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve"> Yes – not eligible</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00D44B33" w:rsidRPr="004E719F" w:rsidTr="004E719F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="959" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="double" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w:rsidR="00D44B33" w:rsidRPr="004E719F" w:rsidRDefault="00D44B33" w:rsidP="004E719F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
@@ -11112,52 +11149,52 @@
     </w:tbl>
     <w:p w:rsidR="00D44B33" w:rsidRPr="006D249B" w:rsidRDefault="00D44B33" w:rsidP="00CA44BB">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="10"/>
           <w:szCs w:val="10"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="00A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1384"/>
-        <w:gridCol w:w="9604"/>
+        <w:gridCol w:w="1378"/>
+        <w:gridCol w:w="9364"/>
       </w:tblGrid>
       <w:tr w:rsidR="00D44B33" w:rsidRPr="004E719F" w:rsidTr="004E719F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1384" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="double" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="double" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="double" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="double" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00D44B33" w:rsidRPr="004E719F" w:rsidRDefault="00D44B33" w:rsidP="004E719F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004E719F">
               <w:rPr>
@@ -11176,51 +11213,51 @@
               <w:left w:val="double" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="double" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00D44B33" w:rsidRPr="004E719F" w:rsidRDefault="00D44B33" w:rsidP="004E719F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004E719F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
               <w:t>ANY OTHER RELEVANT INFORMATION</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:bookmarkStart w:id="106" w:name="Text77"/>
+      <w:bookmarkStart w:id="105" w:name="Text77"/>
       <w:tr w:rsidR="00D44B33" w:rsidRPr="004E719F" w:rsidTr="004E719F">
         <w:trPr>
           <w:trHeight w:val="679"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10988" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="double" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="double" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="double" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="double" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w:rsidR="00D44B33" w:rsidRPr="004E719F" w:rsidRDefault="00D44B33" w:rsidP="004E719F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004E719F">
               <w:rPr>
@@ -11281,108 +11318,108 @@
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="004E719F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="004E719F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="004E719F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="106"/>
+            <w:bookmarkEnd w:id="105"/>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w:rsidR="00D44B33" w:rsidRPr="00D542EE" w:rsidRDefault="00D44B33" w:rsidP="00CA44BB">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="10"/>
           <w:szCs w:val="10"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="00A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="10988"/>
+        <w:gridCol w:w="10762"/>
       </w:tblGrid>
       <w:tr w:rsidR="00D44B33" w:rsidRPr="004E719F" w:rsidTr="004E719F">
         <w:trPr>
           <w:trHeight w:val="1091"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10988" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00D44B33" w:rsidRPr="004E719F" w:rsidRDefault="00B62FAC" w:rsidP="004E719F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <mc:AlternateContent>
                 <mc:Choice Requires="wps">
                   <w:drawing>
-                    <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251657728" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1">
+                    <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251657728" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="6050BB43" wp14:editId="142CD0C9">
                       <wp:simplePos x="0" y="0"/>
                       <wp:positionH relativeFrom="column">
                         <wp:posOffset>31115</wp:posOffset>
                       </wp:positionH>
                       <wp:positionV relativeFrom="paragraph">
                         <wp:posOffset>-74295</wp:posOffset>
                       </wp:positionV>
                       <wp:extent cx="6761480" cy="563245"/>
                       <wp:effectExtent l="19685" t="17780" r="19685" b="19050"/>
                       <wp:wrapNone/>
                       <wp:docPr id="2" name="Rectangle 6"/>
                       <wp:cNvGraphicFramePr>
                         <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                       </wp:cNvGraphicFramePr>
                       <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                         <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                           <wps:wsp>
                             <wps:cNvSpPr>
                               <a:spLocks noChangeArrowheads="1"/>
                             </wps:cNvSpPr>
                             <wps:spPr bwMode="auto">
                               <a:xfrm>
                                 <a:off x="0" y="0"/>
                                 <a:ext cx="6761480" cy="563245"/>
                               </a:xfrm>
@@ -11396,207 +11433,214 @@
                                 <a:solidFill>
                                   <a:srgbClr val="D8D8D8"/>
                                 </a:solidFill>
                                 <a:miter lim="800000"/>
                                 <a:headEnd/>
                                 <a:tailEnd/>
                               </a:ln>
                             </wps:spPr>
                             <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="ctr" anchorCtr="0" upright="1">
                               <a:noAutofit/>
                             </wps:bodyPr>
                           </wps:wsp>
                         </a:graphicData>
                       </a:graphic>
                       <wp14:sizeRelH relativeFrom="page">
                         <wp14:pctWidth>0</wp14:pctWidth>
                       </wp14:sizeRelH>
                       <wp14:sizeRelV relativeFrom="page">
                         <wp14:pctHeight>0</wp14:pctHeight>
                       </wp14:sizeRelV>
                     </wp:anchor>
                   </w:drawing>
                 </mc:Choice>
                 <mc:Fallback>
                   <w:pict>
-                    <v:rect w14:anchorId="4305A9B0" id="Rectangle 6" o:spid="_x0000_s1026" style="position:absolute;margin-left:2.45pt;margin-top:-5.85pt;width:532.4pt;height:44.35pt;z-index:-251658752;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAoUQTQJQIAAD8EAAAOAAAAZHJzL2Uyb0RvYy54bWysU9uO0zAQfUfiHyy/0yQl7Zao6WppKUJa&#10;YMXCB7iOk1j4xthtuvv1jJ1u6QJPiFiyPJnx8ZkzM8vro1bkIMBLa2paTHJKhOG2kaar6bev21cL&#10;SnxgpmHKGlHTB+Hp9erli+XgKjG1vVWNAIIgxleDq2kfgquyzPNeaOYn1gmDztaCZgFN6LIG2IDo&#10;WmXTPJ9ng4XGgeXCe/y7GZ10lfDbVvDwuW29CETVFLmFtEPad3HPVktWdcBcL/mJBvsHFppJg4+e&#10;oTYsMLIH+QeUlhyst22YcKsz27aSi5QDZlPkv2Vz3zMnUi4ojndnmfz/g+WfDndAZFPTKSWGaSzR&#10;FxSNmU4JMo/yDM5XGHXv7iAm6N2t5d89MXbdY5S4AbBDL1iDpIoYnz27EA2PV8lu+GgbRGf7YJNS&#10;xxZ0BEQNyDEV5OFcEHEMhOPP+dW8KBdYN46+2fz1tJylJ1j1dNuBD++F1SQeagrIPaGzw60PkQ2r&#10;nkISe6tks5VKJQO63VoBOTBsjrfbuE7o/jJMGTKgPLMyzxP0M6e/xNgs4vobhpYB21xJXdNFHr8Y&#10;xKqo2zvTpHNgUo1n5KzMScio3ViDnW0eUEewYw/jzOGht/BIyYD9W1P/Y89AUKI+GKzFm6IsY8Mn&#10;o5xdTdGAS8/u0sMMR6ia8gCUjMY6jGOydyC7Ht8qUvbG3mAFW5nEjdUdeZ3oYpcmzU8TFcfg0k5R&#10;v+Z+9RMAAP//AwBQSwMEFAAGAAgAAAAhAP5mi4zfAAAACQEAAA8AAABkcnMvZG93bnJldi54bWxM&#10;j0FLw0AQhe+C/2EZwVu7iYTGxkyKCAVFKDXVnrfZcRPMzobsto3/3u2p3t7wHu99U64m24sTjb5z&#10;jJDOExDEjdMdG4TP3Xr2CMIHxVr1jgnhlzysqtubUhXanfmDTnUwIpawLxRCG8JQSOmblqzyczcQ&#10;R+/bjVaFeI5G6lGdY7nt5UOSLKRVHceFVg300lLzUx8tws6YNNvX23wv1xv7tRmy99e3DPH+bnp+&#10;AhFoCtcwXPAjOlSR6eCOrL3oEbJlDCLM0jQHcfGTxTKqA0KeJyCrUv7/oPoDAAD//wMAUEsBAi0A&#10;FAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54&#10;bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJl&#10;bHNQSwECLQAUAAYACAAAACEAKFEE0CUCAAA/BAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0Rv&#10;Yy54bWxQSwECLQAUAAYACAAAACEA/maLjN8AAAAJAQAADwAAAAAAAAAAAAAAAAB/BAAAZHJzL2Rv&#10;d25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAIsFAAAAAA==&#10;" fillcolor="#bfbfbf" strokecolor="#d8d8d8" strokeweight="2pt"/>
+                    <v:rect w14:anchorId="356E5BCD" id="Rectangle 6" o:spid="_x0000_s1026" style="position:absolute;margin-left:2.45pt;margin-top:-5.85pt;width:532.4pt;height:44.35pt;z-index:-251658752;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAoUQTQJQIAAD8EAAAOAAAAZHJzL2Uyb0RvYy54bWysU9uO0zAQfUfiHyy/0yQl7Zao6WppKUJa&#10;YMXCB7iOk1j4xthtuvv1jJ1u6QJPiFiyPJnx8ZkzM8vro1bkIMBLa2paTHJKhOG2kaar6bev21cL&#10;SnxgpmHKGlHTB+Hp9erli+XgKjG1vVWNAIIgxleDq2kfgquyzPNeaOYn1gmDztaCZgFN6LIG2IDo&#10;WmXTPJ9ng4XGgeXCe/y7GZ10lfDbVvDwuW29CETVFLmFtEPad3HPVktWdcBcL/mJBvsHFppJg4+e&#10;oTYsMLIH+QeUlhyst22YcKsz27aSi5QDZlPkv2Vz3zMnUi4ojndnmfz/g+WfDndAZFPTKSWGaSzR&#10;FxSNmU4JMo/yDM5XGHXv7iAm6N2t5d89MXbdY5S4AbBDL1iDpIoYnz27EA2PV8lu+GgbRGf7YJNS&#10;xxZ0BEQNyDEV5OFcEHEMhOPP+dW8KBdYN46+2fz1tJylJ1j1dNuBD++F1SQeagrIPaGzw60PkQ2r&#10;nkISe6tks5VKJQO63VoBOTBsjrfbuE7o/jJMGTKgPLMyzxP0M6e/xNgs4vobhpYB21xJXdNFHr8Y&#10;xKqo2zvTpHNgUo1n5KzMScio3ViDnW0eUEewYw/jzOGht/BIyYD9W1P/Y89AUKI+GKzFm6IsY8Mn&#10;o5xdTdGAS8/u0sMMR6ia8gCUjMY6jGOydyC7Ht8qUvbG3mAFW5nEjdUdeZ3oYpcmzU8TFcfg0k5R&#10;v+Z+9RMAAP//AwBQSwMEFAAGAAgAAAAhAP5mi4zfAAAACQEAAA8AAABkcnMvZG93bnJldi54bWxM&#10;j0FLw0AQhe+C/2EZwVu7iYTGxkyKCAVFKDXVnrfZcRPMzobsto3/3u2p3t7wHu99U64m24sTjb5z&#10;jJDOExDEjdMdG4TP3Xr2CMIHxVr1jgnhlzysqtubUhXanfmDTnUwIpawLxRCG8JQSOmblqzyczcQ&#10;R+/bjVaFeI5G6lGdY7nt5UOSLKRVHceFVg300lLzUx8tws6YNNvX23wv1xv7tRmy99e3DPH+bnp+&#10;AhFoCtcwXPAjOlSR6eCOrL3oEbJlDCLM0jQHcfGTxTKqA0KeJyCrUv7/oPoDAAD//wMAUEsBAi0A&#10;FAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54&#10;bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJl&#10;bHNQSwECLQAUAAYACAAAACEAKFEE0CUCAAA/BAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0Rv&#10;Yy54bWxQSwECLQAUAAYACAAAACEA/maLjN8AAAAJAQAADwAAAAAAAAAAAAAAAAB/BAAAZHJzL2Rv&#10;d25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAIsFAAAAAA==&#10;" fillcolor="#bfbfbf" strokecolor="#d8d8d8" strokeweight="2pt"/>
                   </w:pict>
                 </mc:Fallback>
               </mc:AlternateContent>
             </w:r>
             <w:r w:rsidR="00D44B33" w:rsidRPr="004E719F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
               <w:t>Return to:</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00D44B33" w:rsidRPr="004E719F" w:rsidRDefault="00D44B33" w:rsidP="004E719F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004E719F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
               <w:t>GSTT Wheelchair Service, Bowley Close Rehabilitation Centre, Farquhar Road, London, SE19 1SZ</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00D44B33" w:rsidRPr="004E719F" w:rsidRDefault="00D44B33" w:rsidP="004E719F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004E719F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
-              <w:t>Telephone: 020 3049 7760   Email: gst-tr.gsttwheelchairservice@nhs.net</w:t>
+              <w:t xml:space="preserve">Telephone: 020 3049 7760   Email: </w:t>
+            </w:r>
+            <w:r w:rsidR="00E81631" w:rsidRPr="00E81631">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>gstt.gsttwheelchairservice@nhs.net</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w:rsidR="00D44B33" w:rsidRPr="00DB3938" w:rsidRDefault="00D44B33" w:rsidP="00CA44BB">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00D44B33" w:rsidRPr="00DB3938" w:rsidSect="00155136">
       <w:headerReference w:type="default" r:id="rId7"/>
       <w:footerReference w:type="default" r:id="rId8"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="993" w:right="567" w:bottom="567" w:left="567" w:header="709" w:footer="133" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00D44B33" w:rsidRDefault="00D44B33" w:rsidP="005A07FF">
+    <w:p w:rsidR="000F07C0" w:rsidRDefault="000F07C0" w:rsidP="005A07FF">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00D44B33" w:rsidRDefault="00D44B33" w:rsidP="005A07FF">
+    <w:p w:rsidR="000F07C0" w:rsidRDefault="000F07C0" w:rsidP="005A07FF">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="61002A87" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E00006FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:p w:rsidR="00D44B33" w:rsidRDefault="00D44B33">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:r>
       <w:t xml:space="preserve">Page </w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:instrText xml:space="preserve"> PAGE </w:instrText>
     </w:r>
     <w:r>
       <w:rPr>
         <w:b/>
@@ -11646,151 +11690,141 @@
     <w:r w:rsidR="00B62FAC">
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:noProof/>
       </w:rPr>
       <w:t>3</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
   <w:p w:rsidR="00D44B33" w:rsidRPr="00033D72" w:rsidRDefault="00D44B33" w:rsidP="00033D72">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00D44B33" w:rsidRDefault="00D44B33" w:rsidP="005A07FF">
+    <w:p w:rsidR="000F07C0" w:rsidRDefault="000F07C0" w:rsidP="005A07FF">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00D44B33" w:rsidRDefault="00D44B33" w:rsidP="005A07FF">
+    <w:p w:rsidR="000F07C0" w:rsidRDefault="000F07C0" w:rsidP="005A07FF">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
-  <w:p w:rsidR="00D44B33" w:rsidRDefault="00B62FAC">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+  <w:p w:rsidR="00D44B33" w:rsidRDefault="00E81631" w:rsidP="00E81631">
     <w:pPr>
       <w:pStyle w:val="Header"/>
+      <w:jc w:val="right"/>
     </w:pPr>
-    <w:r>
+    <w:r w:rsidRPr="00E81631">
       <w:rPr>
         <w:noProof/>
-        <w:lang w:eastAsia="en-GB"/>
+        <w:sz w:val="24"/>
       </w:rPr>
       <w:drawing>
-        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251660288" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
-[...10 lines deleted...]
-          <wp:docPr id="1" name="Picture 4" descr="gstfcola"/>
+        <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="71F01361" wp14:editId="41402186">
+          <wp:extent cx="1445117" cy="727683"/>
+          <wp:effectExtent l="0" t="0" r="3175" b="0"/>
+          <wp:docPr id="3" name="Picture 3" descr="http://gti/resources/communications/logos-and-templates/a4-guys-and-st-thomas-rgb-blue.jpg"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
-                  <pic:cNvPr id="0" name="Picture 4" descr="gstfcola"/>
+                  <pic:cNvPr id="0" name="Picture 2" descr="http://gti/resources/communications/logos-and-templates/a4-guys-and-st-thomas-rgb-blue.jpg"/>
                   <pic:cNvPicPr>
                     <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                   </pic:cNvPicPr>
                 </pic:nvPicPr>
                 <pic:blipFill>
                   <a:blip r:embed="rId1">
                     <a:extLst>
                       <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                         <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                       </a:ext>
                     </a:extLst>
                   </a:blip>
                   <a:srcRect/>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr bwMode="auto">
                   <a:xfrm>
                     <a:off x="0" y="0"/>
-                    <a:ext cx="2244725" cy="334010"/>
+                    <a:ext cx="1506817" cy="758752"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                   <a:noFill/>
+                  <a:ln>
+                    <a:noFill/>
+                  </a:ln>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
-          <wp14:sizeRelH relativeFrom="page">
-[...5 lines deleted...]
-        </wp:anchor>
+        </wp:inline>
       </w:drawing>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="49435B65"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="7ACA3D0A"/>
     <w:lvl w:ilvl="0" w:tplc="08090015">
       <w:start w:val="1"/>
       <w:numFmt w:val="upperLetter"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
@@ -12099,94 +12133,97 @@
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="2"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15">
-[...2 lines deleted...]
-  <w:documentProtection w:edit="forms" w:formatting="1" w:enforcement="1"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid">
+  <w:zoom w:percent="100"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
+  <w:documentProtection w:edit="forms" w:formatting="1" w:enforcement="0"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2050"/>
+    <o:shapedefaults v:ext="edit" spidmax="2049"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="005A07FF"/>
     <w:rsid w:val="0001333F"/>
     <w:rsid w:val="00014329"/>
     <w:rsid w:val="0001648A"/>
     <w:rsid w:val="00033D72"/>
     <w:rsid w:val="00060C74"/>
     <w:rsid w:val="00066A38"/>
     <w:rsid w:val="000B154D"/>
     <w:rsid w:val="000B7497"/>
     <w:rsid w:val="000C75A5"/>
     <w:rsid w:val="000D0FE9"/>
     <w:rsid w:val="000D5505"/>
     <w:rsid w:val="000D6995"/>
     <w:rsid w:val="000E6EB7"/>
+    <w:rsid w:val="000F07C0"/>
     <w:rsid w:val="000F1D35"/>
     <w:rsid w:val="001137F2"/>
     <w:rsid w:val="001247F7"/>
     <w:rsid w:val="001409E7"/>
     <w:rsid w:val="0014488D"/>
+    <w:rsid w:val="00151A7E"/>
     <w:rsid w:val="00152159"/>
     <w:rsid w:val="00155136"/>
     <w:rsid w:val="001622DF"/>
     <w:rsid w:val="001679A4"/>
     <w:rsid w:val="00173AB7"/>
     <w:rsid w:val="00174F1C"/>
     <w:rsid w:val="001766AF"/>
     <w:rsid w:val="00184378"/>
     <w:rsid w:val="00186A21"/>
     <w:rsid w:val="001870B1"/>
     <w:rsid w:val="001A08FA"/>
     <w:rsid w:val="001A3BDC"/>
     <w:rsid w:val="001A54B7"/>
     <w:rsid w:val="001B6820"/>
     <w:rsid w:val="001B6F5E"/>
     <w:rsid w:val="001C42A6"/>
     <w:rsid w:val="001C6809"/>
     <w:rsid w:val="001C6F50"/>
     <w:rsid w:val="001D4273"/>
     <w:rsid w:val="001D6B8D"/>
     <w:rsid w:val="00206D43"/>
     <w:rsid w:val="00217EE5"/>
     <w:rsid w:val="00222651"/>
     <w:rsid w:val="00236B62"/>
     <w:rsid w:val="00242D21"/>
@@ -12258,208 +12295,215 @@
     <w:rsid w:val="006843B4"/>
     <w:rsid w:val="0069134F"/>
     <w:rsid w:val="00692D61"/>
     <w:rsid w:val="00694A21"/>
     <w:rsid w:val="006963F9"/>
     <w:rsid w:val="006A1C6D"/>
     <w:rsid w:val="006A1FCE"/>
     <w:rsid w:val="006D249B"/>
     <w:rsid w:val="006D417D"/>
     <w:rsid w:val="006F621D"/>
     <w:rsid w:val="007017D7"/>
     <w:rsid w:val="007220FB"/>
     <w:rsid w:val="0074090E"/>
     <w:rsid w:val="00745FE1"/>
     <w:rsid w:val="007676A1"/>
     <w:rsid w:val="00767D34"/>
     <w:rsid w:val="00773B2C"/>
     <w:rsid w:val="0077409C"/>
     <w:rsid w:val="00781CAE"/>
     <w:rsid w:val="00797272"/>
     <w:rsid w:val="007A5041"/>
     <w:rsid w:val="007B68ED"/>
     <w:rsid w:val="007D1020"/>
     <w:rsid w:val="007E236D"/>
     <w:rsid w:val="007F3FE0"/>
+    <w:rsid w:val="00817C55"/>
     <w:rsid w:val="00832ED2"/>
     <w:rsid w:val="00837409"/>
     <w:rsid w:val="00850540"/>
     <w:rsid w:val="00856B21"/>
     <w:rsid w:val="00873006"/>
     <w:rsid w:val="00891F8A"/>
     <w:rsid w:val="00894304"/>
     <w:rsid w:val="00895FE1"/>
     <w:rsid w:val="008F0C2C"/>
     <w:rsid w:val="008F2E5E"/>
     <w:rsid w:val="0091461D"/>
     <w:rsid w:val="00933C78"/>
     <w:rsid w:val="00975D5F"/>
     <w:rsid w:val="0097751F"/>
     <w:rsid w:val="00982F60"/>
     <w:rsid w:val="0098413F"/>
     <w:rsid w:val="00985D71"/>
+    <w:rsid w:val="009B35F3"/>
     <w:rsid w:val="009C4EE4"/>
     <w:rsid w:val="009D244A"/>
     <w:rsid w:val="009E3C2C"/>
     <w:rsid w:val="009E55C7"/>
     <w:rsid w:val="00A017C3"/>
     <w:rsid w:val="00A04E77"/>
     <w:rsid w:val="00A1452F"/>
     <w:rsid w:val="00A20468"/>
     <w:rsid w:val="00A27838"/>
     <w:rsid w:val="00A317DA"/>
     <w:rsid w:val="00A360B0"/>
     <w:rsid w:val="00A5402B"/>
     <w:rsid w:val="00A6510D"/>
     <w:rsid w:val="00A73A8C"/>
     <w:rsid w:val="00A908F3"/>
     <w:rsid w:val="00A94890"/>
     <w:rsid w:val="00AB2D7D"/>
+    <w:rsid w:val="00AC1C2E"/>
     <w:rsid w:val="00AC3CCC"/>
     <w:rsid w:val="00AC7D44"/>
     <w:rsid w:val="00AD0303"/>
     <w:rsid w:val="00AE3E8A"/>
     <w:rsid w:val="00AF584D"/>
     <w:rsid w:val="00B3585E"/>
     <w:rsid w:val="00B35ED2"/>
     <w:rsid w:val="00B4053C"/>
     <w:rsid w:val="00B62FAC"/>
     <w:rsid w:val="00B70A04"/>
     <w:rsid w:val="00B732F2"/>
     <w:rsid w:val="00BA00B0"/>
     <w:rsid w:val="00BC08CF"/>
     <w:rsid w:val="00C0164E"/>
     <w:rsid w:val="00C1707F"/>
     <w:rsid w:val="00C20454"/>
     <w:rsid w:val="00C44FE6"/>
     <w:rsid w:val="00C456CE"/>
     <w:rsid w:val="00C461F1"/>
     <w:rsid w:val="00C526BF"/>
     <w:rsid w:val="00C57DD8"/>
     <w:rsid w:val="00C64BE6"/>
     <w:rsid w:val="00C679A4"/>
     <w:rsid w:val="00C70237"/>
     <w:rsid w:val="00C73AC0"/>
     <w:rsid w:val="00CA44BB"/>
     <w:rsid w:val="00CA5E9E"/>
     <w:rsid w:val="00CB57DF"/>
     <w:rsid w:val="00CC5219"/>
     <w:rsid w:val="00CE0951"/>
     <w:rsid w:val="00CF27B8"/>
     <w:rsid w:val="00CF5758"/>
     <w:rsid w:val="00D01FD9"/>
     <w:rsid w:val="00D0651B"/>
     <w:rsid w:val="00D42CD6"/>
     <w:rsid w:val="00D4424B"/>
     <w:rsid w:val="00D44B33"/>
+    <w:rsid w:val="00D45102"/>
     <w:rsid w:val="00D50C03"/>
     <w:rsid w:val="00D51E77"/>
     <w:rsid w:val="00D542EE"/>
     <w:rsid w:val="00D5573C"/>
     <w:rsid w:val="00D73665"/>
     <w:rsid w:val="00D9275E"/>
     <w:rsid w:val="00DB3938"/>
     <w:rsid w:val="00DC20AA"/>
     <w:rsid w:val="00DC6C79"/>
     <w:rsid w:val="00DD5355"/>
     <w:rsid w:val="00DD6A69"/>
     <w:rsid w:val="00E02747"/>
     <w:rsid w:val="00E155EA"/>
     <w:rsid w:val="00E21697"/>
     <w:rsid w:val="00E269DB"/>
     <w:rsid w:val="00E32D5A"/>
     <w:rsid w:val="00E644EE"/>
     <w:rsid w:val="00E64E20"/>
     <w:rsid w:val="00E67DD5"/>
     <w:rsid w:val="00E73A54"/>
     <w:rsid w:val="00E7706D"/>
+    <w:rsid w:val="00E81631"/>
     <w:rsid w:val="00E835A0"/>
     <w:rsid w:val="00E8379E"/>
     <w:rsid w:val="00E9778B"/>
     <w:rsid w:val="00EA03BC"/>
+    <w:rsid w:val="00EA1D67"/>
     <w:rsid w:val="00EB7D88"/>
     <w:rsid w:val="00ED32FC"/>
     <w:rsid w:val="00ED5895"/>
     <w:rsid w:val="00EE75FA"/>
     <w:rsid w:val="00EF2050"/>
     <w:rsid w:val="00EF747D"/>
     <w:rsid w:val="00F06A1E"/>
     <w:rsid w:val="00F144F7"/>
     <w:rsid w:val="00F15B34"/>
     <w:rsid w:val="00F274F8"/>
     <w:rsid w:val="00F4756E"/>
     <w:rsid w:val="00F862AC"/>
     <w:rsid w:val="00FA45CE"/>
     <w:rsid w:val="00FC1B08"/>
     <w:rsid w:val="00FD6C93"/>
     <w:rsid w:val="00FE1047"/>
     <w:rsid w:val="00FF4FAD"/>
     <w:rsid w:val="00FF5ABE"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-GB"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:doNotAutoCompressPictures/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2050"/>
+    <o:shapedefaults v:ext="edit" spidmax="2049"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
+  <w14:docId w14:val="1250850E"/>
   <w15:docId w15:val="{53FC323C-7E4B-4B6F-B478-371E2A597478}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-GB" w:eastAsia="en-GB" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="375">
     <w:lsdException w:name="Normal" w:locked="1" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:locked="1" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:locked="1" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:locked="1" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:locked="1" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:locked="1" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:locked="1" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:locked="1" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:locked="1" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:locked="1" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:locked="1" w:uiPriority="0"/>
     <w:lsdException w:name="toc 2" w:locked="1" w:uiPriority="0"/>
     <w:lsdException w:name="toc 3" w:locked="1" w:uiPriority="0"/>
     <w:lsdException w:name="toc 4" w:locked="1" w:uiPriority="0"/>
     <w:lsdException w:name="toc 5" w:locked="1" w:uiPriority="0"/>
     <w:lsdException w:name="toc 6" w:locked="1" w:uiPriority="0"/>
@@ -12787,50 +12831,54 @@
     <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="006378D4"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
@@ -12952,51 +13000,51 @@
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:locked/>
     <w:rsid w:val="005079CC"/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="PlaceholderText">
     <w:name w:val="Placeholder Text"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00850540"/>
     <w:rPr>
       <w:rFonts w:cs="Times New Roman"/>
       <w:color w:val="808080"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
@@ -13252,70 +13300,70 @@
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>3</Pages>
+  <Pages>1</Pages>
   <Words>805</Words>
-  <Characters>4593</Characters>
+  <Characters>4591</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>38</Lines>
   <Paragraphs>10</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
-      <vt:lpstr>Client Name:      </vt:lpstr>
+      <vt:lpstr>Client Name:</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>SL CSU</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>5388</CharactersWithSpaces>
+  <CharactersWithSpaces>5386</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>Client Name:</dc:title>
   <dc:subject/>
   <dc:creator>Kaing Lyna</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>