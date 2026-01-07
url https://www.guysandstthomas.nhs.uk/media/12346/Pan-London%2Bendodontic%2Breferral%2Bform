--- v0 (2025-12-05)
+++ v1 (2026-01-07)
@@ -4,78 +4,76 @@
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="3F25D4F5" w14:textId="05D49FB2" w:rsidR="00C9098E" w:rsidRPr="00EC0A70" w:rsidRDefault="00C9098E" w:rsidP="00E5518E">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:between w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:bar w:val="none" w:sz="0" w:color="auto"/>
         </w:pBdr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="single"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
-      <w:bookmarkEnd w:id="0"/>
       <w:r w:rsidRPr="00EC0A70">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="single"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:rPr>
         <w:t>London</w:t>
       </w:r>
       <w:r w:rsidR="00B65116" w:rsidRPr="00EC0A70">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="single"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:rPr>
         <w:t xml:space="preserve"> Region</w:t>
       </w:r>
       <w:r w:rsidRPr="00EC0A70">
@@ -219,51 +217,95 @@
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:rPr>
         <w:t>five</w:t>
       </w:r>
       <w:r w:rsidR="00B65116">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial Narrow" w:cs="ArialNarrow"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="00984146">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial Narrow" w:cs="ArialNarrow"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:rPr>
-        <w:t xml:space="preserve"> This pro-forma should be typed, not hand written. Only pages one to four should be sent to the triager, the guidance in pages five to </w:t>
+        <w:t xml:space="preserve"> This pro-forma should be typed, not </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00984146">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial Narrow" w:cs="ArialNarrow"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:rPr>
+        <w:t>hand written</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00984146">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial Narrow" w:cs="ArialNarrow"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Only pages one to four should be sent to the </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00984146">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial Narrow" w:cs="ArialNarrow"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:rPr>
+        <w:t>triager</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00984146">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial Narrow" w:cs="ArialNarrow"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, the guidance in pages five to </w:t>
       </w:r>
       <w:r w:rsidR="00392924">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial Narrow" w:cs="ArialNarrow"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:rPr>
         <w:t>eight</w:t>
       </w:r>
       <w:r w:rsidR="00984146">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial Narrow" w:cs="ArialNarrow"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:rPr>
         <w:t xml:space="preserve"> can be discarded.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5E7E2A1A" w14:textId="77777777" w:rsidR="00984146" w:rsidRPr="00984146" w:rsidRDefault="00984146" w:rsidP="00984146">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
@@ -316,382 +358,366 @@
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4510"/>
         <w:gridCol w:w="4506"/>
       </w:tblGrid>
       <w:tr w:rsidR="00A13E38" w:rsidRPr="005F6511" w14:paraId="1DEFAB8E" w14:textId="77777777" w:rsidTr="00F27A03">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4524" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="17F1197F" w14:textId="77777777" w:rsidR="00A13E38" w:rsidRPr="005F6511" w:rsidRDefault="00A13E38" w:rsidP="001A4CDD">
             <w:pPr>
               <w:pStyle w:val="NormalWeb"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Calibri"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005F6511">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Calibri"/>
                 <w:b/>
               </w:rPr>
               <w:t>Full name:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4524" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="176BCEF8" w14:textId="77777777" w:rsidR="00A13E38" w:rsidRPr="005F6511" w:rsidRDefault="00A13E38" w:rsidP="001A4CDD">
             <w:pPr>
               <w:pStyle w:val="NormalWeb"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Calibri"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00A13E38" w:rsidRPr="005F6511" w14:paraId="289647C2" w14:textId="77777777" w:rsidTr="00F27A03">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4524" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="0E95278D" w14:textId="04478B2B" w:rsidR="00A13E38" w:rsidRPr="005F6511" w:rsidRDefault="00A13E38" w:rsidP="001A4CDD">
             <w:pPr>
               <w:pStyle w:val="NormalWeb"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Calibri"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005F6511">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Calibri"/>
                 <w:b/>
               </w:rPr>
               <w:t>NHS number</w:t>
             </w:r>
             <w:r w:rsidR="000B5639">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Calibri"/>
                 <w:b/>
               </w:rPr>
               <w:t xml:space="preserve"> (if </w:t>
             </w:r>
             <w:r w:rsidR="00981A3F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Calibri"/>
                 <w:b/>
               </w:rPr>
               <w:t>known</w:t>
             </w:r>
             <w:r w:rsidR="000B5639">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Calibri"/>
                 <w:b/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
             <w:r w:rsidRPr="005F6511">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Calibri"/>
                 <w:b/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4524" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="0B1B1236" w14:textId="77777777" w:rsidR="00A13E38" w:rsidRPr="005F6511" w:rsidRDefault="00A13E38" w:rsidP="001A4CDD">
             <w:pPr>
               <w:pStyle w:val="NormalWeb"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Calibri"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00A13E38" w:rsidRPr="005F6511" w14:paraId="0B4FE0FB" w14:textId="77777777" w:rsidTr="00F27A03">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4524" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="284BA26A" w14:textId="77777777" w:rsidR="00A13E38" w:rsidRPr="005F6511" w:rsidRDefault="00A13E38" w:rsidP="001A4CDD">
             <w:pPr>
               <w:pStyle w:val="NormalWeb"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Calibri"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005F6511">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Calibri"/>
                 <w:b/>
               </w:rPr>
               <w:t>Hospital number (if previously attended the hospital):</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4524" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="78A2742D" w14:textId="47468BAE" w:rsidR="001A4CDD" w:rsidRPr="005F6511" w:rsidRDefault="001A4CDD" w:rsidP="001A4CDD">
             <w:pPr>
               <w:pStyle w:val="NormalWeb"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Calibri"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00A13E38" w:rsidRPr="005F6511" w14:paraId="653C0FE0" w14:textId="77777777" w:rsidTr="00F27A03">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4524" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="1276AFC3" w14:textId="77777777" w:rsidR="00A13E38" w:rsidRPr="005F6511" w:rsidRDefault="00A13E38" w:rsidP="001A4CDD">
             <w:pPr>
               <w:pStyle w:val="NormalWeb"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Calibri"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005F6511">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Calibri"/>
                 <w:b/>
               </w:rPr>
               <w:t>Date of birth:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4524" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="6E41969E" w14:textId="77777777" w:rsidR="00A13E38" w:rsidRPr="005F6511" w:rsidRDefault="00A13E38" w:rsidP="001A4CDD">
             <w:pPr>
               <w:pStyle w:val="NormalWeb"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Calibri"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00A13E38" w:rsidRPr="005F6511" w14:paraId="2452E47A" w14:textId="77777777" w:rsidTr="00F27A03">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4524" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="4C39F48B" w14:textId="77777777" w:rsidR="00A13E38" w:rsidRPr="005F6511" w:rsidRDefault="00A13E38" w:rsidP="001A4CDD">
             <w:pPr>
               <w:pStyle w:val="NormalWeb"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Calibri"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005F6511">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Calibri"/>
                 <w:b/>
               </w:rPr>
               <w:t>Address (including postcode):</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4524" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="66674F1C" w14:textId="77777777" w:rsidR="00A13E38" w:rsidRPr="005F6511" w:rsidRDefault="00A13E38" w:rsidP="001A4CDD">
             <w:pPr>
               <w:pStyle w:val="NormalWeb"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Calibri"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00A13E38" w:rsidRPr="005F6511" w14:paraId="358AF40B" w14:textId="77777777" w:rsidTr="00F27A03">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4524" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="1B13E71A" w14:textId="77777777" w:rsidR="00A13E38" w:rsidRPr="005F6511" w:rsidRDefault="00A13E38" w:rsidP="001A4CDD">
             <w:pPr>
               <w:pStyle w:val="NormalWeb"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Calibri"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005F6511">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Calibri"/>
                 <w:b/>
               </w:rPr>
               <w:t>Gender:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4524" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="65958E8F" w14:textId="77777777" w:rsidR="00A13E38" w:rsidRPr="005F6511" w:rsidRDefault="00A13E38" w:rsidP="001A4CDD">
             <w:pPr>
               <w:pStyle w:val="NormalWeb"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Calibri"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00A13E38" w:rsidRPr="005F6511" w14:paraId="78306CC4" w14:textId="77777777" w:rsidTr="00F27A03">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4524" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="2EC119A5" w14:textId="77777777" w:rsidR="00A13E38" w:rsidRPr="005F6511" w:rsidRDefault="00A13E38" w:rsidP="001A4CDD">
             <w:pPr>
               <w:pStyle w:val="NormalWeb"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Calibri"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005F6511">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Calibri"/>
                 <w:b/>
               </w:rPr>
               <w:t xml:space="preserve">E-mail: </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4524" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="4101AC01" w14:textId="461B2A67" w:rsidR="00A13E38" w:rsidRPr="000B5639" w:rsidRDefault="00A13E38" w:rsidP="001A4CDD">
             <w:pPr>
               <w:pStyle w:val="NormalWeb"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Calibri"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="000B5639" w:rsidRPr="005F6511" w14:paraId="46569B5D" w14:textId="77777777" w:rsidTr="00F27A03">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4524" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="4BAFABBC" w14:textId="736708B8" w:rsidR="000B5639" w:rsidRPr="005F6511" w:rsidRDefault="000B5639" w:rsidP="001A4CDD">
             <w:pPr>
               <w:pStyle w:val="NormalWeb"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Calibri"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Calibri"/>
                 <w:b/>
               </w:rPr>
               <w:t>Mobile phone number:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4524" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="2D5C3B2B" w14:textId="77777777" w:rsidR="000B5639" w:rsidRPr="000B5639" w:rsidRDefault="000B5639" w:rsidP="001A4CDD">
             <w:pPr>
               <w:pStyle w:val="NormalWeb"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Calibri"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="5FA2D32C" w14:textId="77777777" w:rsidR="00984146" w:rsidRPr="00984146" w:rsidRDefault="00984146" w:rsidP="00984146">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Calibri"/>
           <w:b/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
@@ -731,758 +757,745 @@
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4513"/>
         <w:gridCol w:w="2251"/>
         <w:gridCol w:w="2252"/>
       </w:tblGrid>
       <w:tr w:rsidR="00A13E38" w:rsidRPr="005F6511" w14:paraId="6CF83315" w14:textId="77777777" w:rsidTr="00C012AB">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4513" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="71BB4039" w14:textId="77777777" w:rsidR="00A13E38" w:rsidRPr="005F6511" w:rsidRDefault="00A13E38" w:rsidP="001A4CDD">
             <w:pPr>
               <w:pStyle w:val="NormalWeb"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Calibri"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005F6511">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Calibri"/>
                 <w:b/>
               </w:rPr>
               <w:t>Name of referring dentist:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4503" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="379BBEEC" w14:textId="77777777" w:rsidR="00A13E38" w:rsidRPr="000B5639" w:rsidRDefault="00A13E38" w:rsidP="001A4CDD">
             <w:pPr>
               <w:pStyle w:val="NormalWeb"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Calibri"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00A13E38" w:rsidRPr="005F6511" w14:paraId="3D942AD3" w14:textId="77777777" w:rsidTr="00C012AB">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4513" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="08CC942F" w14:textId="624CB65B" w:rsidR="00A13E38" w:rsidRPr="005F6511" w:rsidRDefault="00A13E38" w:rsidP="001A4CDD">
             <w:pPr>
               <w:pStyle w:val="NormalWeb"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Calibri"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005F6511">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Calibri"/>
                 <w:b/>
               </w:rPr>
               <w:t>GDC number</w:t>
             </w:r>
             <w:r w:rsidR="00981A3F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Calibri"/>
                 <w:b/>
               </w:rPr>
               <w:t xml:space="preserve"> of referring dentist</w:t>
             </w:r>
             <w:r w:rsidRPr="005F6511">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Calibri"/>
                 <w:b/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4503" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="2B5D83C0" w14:textId="77777777" w:rsidR="00A13E38" w:rsidRPr="000B5639" w:rsidRDefault="00A13E38" w:rsidP="001A4CDD">
             <w:pPr>
               <w:pStyle w:val="NormalWeb"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Calibri"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00A13E38" w:rsidRPr="005F6511" w14:paraId="616014B7" w14:textId="77777777" w:rsidTr="00C012AB">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4513" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="783BC4D4" w14:textId="058DC95D" w:rsidR="00A13E38" w:rsidRPr="005F6511" w:rsidRDefault="00A13E38" w:rsidP="001A4CDD">
             <w:pPr>
               <w:pStyle w:val="NormalWeb"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Calibri"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005F6511">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Calibri"/>
                 <w:b/>
               </w:rPr>
               <w:t>Practice address</w:t>
             </w:r>
             <w:r w:rsidR="00DC1BF4">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Calibri"/>
                 <w:b/>
               </w:rPr>
               <w:t xml:space="preserve"> (postcode must be included)</w:t>
             </w:r>
             <w:r w:rsidRPr="005F6511">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Calibri"/>
                 <w:b/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4503" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="27FAF39A" w14:textId="7C63806B" w:rsidR="001A4CDD" w:rsidRPr="000B5639" w:rsidRDefault="001A4CDD" w:rsidP="001A4CDD">
             <w:pPr>
               <w:pStyle w:val="NormalWeb"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Calibri"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00A13E38" w:rsidRPr="005F6511" w14:paraId="506034BE" w14:textId="77777777" w:rsidTr="00C012AB">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4513" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="3E078C0B" w14:textId="77777777" w:rsidR="00A13E38" w:rsidRPr="005F6511" w:rsidRDefault="00A13E38" w:rsidP="001A4CDD">
             <w:pPr>
               <w:pStyle w:val="NormalWeb"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Calibri"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005F6511">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Calibri"/>
                 <w:b/>
               </w:rPr>
               <w:t xml:space="preserve">Date of referral: </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4503" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="42945A7D" w14:textId="77777777" w:rsidR="00A13E38" w:rsidRPr="000B5639" w:rsidRDefault="00A13E38" w:rsidP="001A4CDD">
             <w:pPr>
               <w:pStyle w:val="NormalWeb"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Calibri"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00A13E38" w:rsidRPr="005F6511" w14:paraId="1E696DCF" w14:textId="77777777" w:rsidTr="00C012AB">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4513" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="08D69322" w14:textId="7F901E1E" w:rsidR="00A13E38" w:rsidRPr="005F6511" w:rsidRDefault="00A13E38" w:rsidP="001A4CDD">
             <w:pPr>
               <w:pStyle w:val="NormalWeb"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Calibri"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005F6511">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Calibri"/>
                 <w:b/>
               </w:rPr>
               <w:t>E-mail</w:t>
             </w:r>
             <w:r w:rsidR="00010F48">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Calibri"/>
                 <w:b/>
               </w:rPr>
-              <w:t xml:space="preserve"> (NHSmail </w:t>
+              <w:t xml:space="preserve"> (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="00010F48">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Calibri"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>NHSmail</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00010F48">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Calibri"/>
+                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00981A3F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Calibri"/>
                 <w:b/>
               </w:rPr>
               <w:t>only</w:t>
             </w:r>
             <w:r w:rsidR="00010F48">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Calibri"/>
                 <w:b/>
               </w:rPr>
               <w:t>):</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4503" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="2AD73DC5" w14:textId="77777777" w:rsidR="00A13E38" w:rsidRPr="000B5639" w:rsidRDefault="00A13E38" w:rsidP="001A4CDD">
             <w:pPr>
               <w:pStyle w:val="NormalWeb"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Calibri"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="000B5639" w:rsidRPr="005F6511" w14:paraId="5CB0E392" w14:textId="77777777" w:rsidTr="004A770B">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4513" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="06EB1B54" w14:textId="4FC90535" w:rsidR="000B5639" w:rsidRPr="005F6511" w:rsidRDefault="000B5639" w:rsidP="001A4CDD">
             <w:pPr>
               <w:pStyle w:val="NormalWeb"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Calibri"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Calibri"/>
                 <w:b/>
               </w:rPr>
               <w:t>Telephone number:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4503" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="048425F5" w14:textId="77777777" w:rsidR="000B5639" w:rsidRPr="000B5639" w:rsidRDefault="000B5639" w:rsidP="001A4CDD">
             <w:pPr>
               <w:pStyle w:val="NormalWeb"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Calibri"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00C012AB" w:rsidRPr="005F6511" w14:paraId="4352EA9D" w14:textId="77777777" w:rsidTr="004A770B">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9016" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="502555A1" w14:textId="77777777" w:rsidR="00C012AB" w:rsidRPr="000B5639" w:rsidRDefault="00C012AB" w:rsidP="00F27A03">
             <w:pPr>
               <w:pStyle w:val="NormalWeb"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Calibri"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00C012AB" w:rsidRPr="005F6511" w14:paraId="22B802B0" w14:textId="77777777" w:rsidTr="004A770B">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4513" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="39310D9B" w14:textId="55A2B3BC" w:rsidR="00C012AB" w:rsidRDefault="00C012AB" w:rsidP="00F27A03">
             <w:pPr>
               <w:pStyle w:val="NormalWeb"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Calibri"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Calibri"/>
                 <w:b/>
               </w:rPr>
               <w:t>Declaration</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2251" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="403C69DE" w14:textId="3CC5ECF6" w:rsidR="00C012AB" w:rsidRPr="004A770B" w:rsidRDefault="00C012AB" w:rsidP="00F27A03">
             <w:pPr>
               <w:pStyle w:val="NormalWeb"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Calibri"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004A770B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Calibri"/>
                 <w:b/>
               </w:rPr>
               <w:t>Option</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2252" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="29E3C98D" w14:textId="77B08F2D" w:rsidR="00C012AB" w:rsidRPr="004A770B" w:rsidRDefault="00C012AB" w:rsidP="00F27A03">
             <w:pPr>
               <w:pStyle w:val="NormalWeb"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Calibri"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004A770B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Calibri"/>
                 <w:b/>
               </w:rPr>
               <w:t>Please mark with an X</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00C012AB" w:rsidRPr="005F6511" w14:paraId="3A53DB9D" w14:textId="77777777" w:rsidTr="004A770B">
         <w:trPr>
           <w:trHeight w:val="152"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4513" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="4DA65D5D" w14:textId="77777777" w:rsidR="00C012AB" w:rsidRPr="005F6511" w:rsidRDefault="00C012AB" w:rsidP="001A4CDD">
             <w:pPr>
               <w:pStyle w:val="NormalWeb"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Calibri"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005F6511">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Calibri"/>
               </w:rPr>
               <w:t>I confirm that appropriate radiograph(s) have been submitted with referral.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2251" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="5341A36C" w14:textId="0A624A93" w:rsidR="00C012AB" w:rsidRPr="004A770B" w:rsidRDefault="00C012AB" w:rsidP="001A4CDD">
             <w:pPr>
               <w:pStyle w:val="NormalWeb"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Calibri"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004A770B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Calibri"/>
               </w:rPr>
               <w:t>Yes</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2252" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="1BB2EDA7" w14:textId="1D8D5D51" w:rsidR="00C012AB" w:rsidRPr="004A770B" w:rsidRDefault="00C012AB" w:rsidP="001A4CDD">
             <w:pPr>
               <w:pStyle w:val="NormalWeb"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Calibri"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00C012AB" w:rsidRPr="005F6511" w14:paraId="525F4D5C" w14:textId="77777777" w:rsidTr="004A770B">
         <w:trPr>
           <w:trHeight w:val="152"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4513" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="092CA57A" w14:textId="77777777" w:rsidR="00C012AB" w:rsidRPr="005F6511" w:rsidRDefault="00C012AB" w:rsidP="001A4CDD">
             <w:pPr>
               <w:pStyle w:val="NormalWeb"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Calibri"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2251" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="0C65196F" w14:textId="1B1D1F64" w:rsidR="00C012AB" w:rsidRPr="004A770B" w:rsidRDefault="00C012AB" w:rsidP="001A4CDD">
             <w:pPr>
               <w:pStyle w:val="NormalWeb"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Calibri"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004A770B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Calibri"/>
               </w:rPr>
               <w:t>No</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2252" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="10D4E4EF" w14:textId="406F643C" w:rsidR="00C012AB" w:rsidRPr="004A770B" w:rsidRDefault="00C012AB" w:rsidP="001A4CDD">
             <w:pPr>
               <w:pStyle w:val="NormalWeb"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Calibri"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00C012AB" w:rsidRPr="005F6511" w14:paraId="495AD1DA" w14:textId="77777777" w:rsidTr="004A770B">
         <w:trPr>
           <w:trHeight w:val="248"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4513" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="3E1CEC81" w14:textId="77777777" w:rsidR="00C012AB" w:rsidRPr="005F6511" w:rsidRDefault="00C012AB" w:rsidP="001A4CDD">
             <w:pPr>
               <w:pStyle w:val="NormalWeb"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Calibri"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005F6511">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Calibri"/>
               </w:rPr>
               <w:t>I confirm that the tooth is restorable and is of strategic value for patient’s oral health.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2251" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="71C651A9" w14:textId="69CB0754" w:rsidR="00C012AB" w:rsidRPr="004A770B" w:rsidRDefault="00C012AB" w:rsidP="001A4CDD">
             <w:pPr>
               <w:pStyle w:val="NormalWeb"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Calibri"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004A770B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Calibri"/>
               </w:rPr>
               <w:t>Yes</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2252" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="6D64A6AB" w14:textId="7D623E9B" w:rsidR="00C012AB" w:rsidRPr="004A770B" w:rsidRDefault="00C012AB" w:rsidP="001A4CDD">
             <w:pPr>
               <w:pStyle w:val="NormalWeb"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Calibri"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00C012AB" w:rsidRPr="005F6511" w14:paraId="781B0D8B" w14:textId="77777777" w:rsidTr="004A770B">
         <w:trPr>
           <w:trHeight w:val="248"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4513" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="16DACBA5" w14:textId="77777777" w:rsidR="00C012AB" w:rsidRPr="005F6511" w:rsidRDefault="00C012AB" w:rsidP="001A4CDD">
             <w:pPr>
               <w:pStyle w:val="NormalWeb"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Calibri"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2251" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="461D6C08" w14:textId="6B00FBE5" w:rsidR="00C012AB" w:rsidRPr="004A770B" w:rsidRDefault="00C012AB" w:rsidP="001A4CDD">
             <w:pPr>
               <w:pStyle w:val="NormalWeb"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Calibri"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004A770B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Calibri"/>
               </w:rPr>
               <w:t>No</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2252" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="62C3442B" w14:textId="367BCABC" w:rsidR="00C012AB" w:rsidRPr="004A770B" w:rsidRDefault="00C012AB" w:rsidP="001A4CDD">
             <w:pPr>
               <w:pStyle w:val="NormalWeb"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Calibri"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="004A770B" w:rsidRPr="005F6511" w14:paraId="01E0E573" w14:textId="77777777" w:rsidTr="00DD2BF8">
         <w:trPr>
           <w:trHeight w:val="988"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4513" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="766318FA" w14:textId="6D10F374" w:rsidR="004A770B" w:rsidRDefault="004A770B" w:rsidP="001A4CDD">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DC1BF4">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>I confirm that I will:</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="3E58A599" w14:textId="77777777" w:rsidR="00DD2BF8" w:rsidRPr="00DD2BF8" w:rsidRDefault="00DD2BF8" w:rsidP="001A4CDD">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:sz w:val="16"/>
@@ -1506,190 +1519,202 @@
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Undertake any suggested pre-treatment restorative dismantling suggested by the specialist/consultant.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="01BB374C" w14:textId="77777777" w:rsidR="00DD2BF8" w:rsidRPr="00DD2BF8" w:rsidRDefault="00DD2BF8" w:rsidP="001A4CDD">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="3C31690B" w14:textId="0E8D1787" w:rsidR="004A770B" w:rsidRPr="005F6511" w:rsidRDefault="004A770B" w:rsidP="001A4CDD">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
             </w:pPr>
             <w:r w:rsidRPr="00DC1BF4">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Take on the responsibility of tooth restoration (core and cuspal-protection restoration) after endodontic therapy and that the patient understands the importance and risks of this not being done.</w:t>
+              <w:t xml:space="preserve">Take on the responsibility of tooth restoration (core and </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00DC1BF4">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>cuspal</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00DC1BF4">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>-protection restoration) after endodontic therapy and that the patient understands the importance and risks of this not being done.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2251" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5B9FFA1E" w14:textId="4650FAF9" w:rsidR="004A770B" w:rsidRPr="004A770B" w:rsidRDefault="004A770B" w:rsidP="001A4CDD">
             <w:pPr>
               <w:pStyle w:val="NormalWeb"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Calibri"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004A770B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Calibri"/>
               </w:rPr>
               <w:t>Yes</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2252" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2A8D1810" w14:textId="4EE8FF89" w:rsidR="004A770B" w:rsidRPr="004A770B" w:rsidRDefault="004A770B" w:rsidP="001A4CDD">
             <w:pPr>
               <w:pStyle w:val="NormalWeb"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Calibri"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="004A770B" w:rsidRPr="005F6511" w14:paraId="2B1C9F96" w14:textId="77777777" w:rsidTr="004A770B">
         <w:trPr>
           <w:trHeight w:val="704"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4513" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="2DBE1EE7" w14:textId="77777777" w:rsidR="004A770B" w:rsidRPr="00DC1BF4" w:rsidRDefault="004A770B" w:rsidP="001A4CDD">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2251" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7D44AE8B" w14:textId="71665048" w:rsidR="004A770B" w:rsidRPr="004A770B" w:rsidRDefault="004A770B" w:rsidP="001A4CDD">
             <w:pPr>
               <w:pStyle w:val="NormalWeb"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Calibri"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004A770B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Calibri"/>
               </w:rPr>
               <w:t>No</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2252" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="71B44088" w14:textId="55962CE2" w:rsidR="004A770B" w:rsidRPr="004A770B" w:rsidRDefault="004A770B" w:rsidP="001A4CDD">
             <w:pPr>
               <w:pStyle w:val="NormalWeb"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Calibri"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="004A770B" w:rsidRPr="005F6511" w14:paraId="534FA3FB" w14:textId="77777777" w:rsidTr="004A770B">
         <w:trPr>
           <w:trHeight w:val="664"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4513" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="4127E1B3" w14:textId="320A6F1D" w:rsidR="00DD2BF8" w:rsidRDefault="004A770B" w:rsidP="001A4CDD">
             <w:pPr>
               <w:pStyle w:val="NormalWeb"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Calibri"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005F6511">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Calibri"/>
               </w:rPr>
               <w:t>If the referral is of level 1 complexity (routine), do you (the referrer) wish the patient to be considered for teaching and education</w:t>
             </w:r>
             <w:r w:rsidR="00EC0A70">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Calibri"/>
               </w:rPr>
               <w:t>?</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="55557244" w14:textId="77777777" w:rsidR="00DD2BF8" w:rsidRPr="00DD2BF8" w:rsidRDefault="00DD2BF8" w:rsidP="001A4CDD">
             <w:pPr>
               <w:pStyle w:val="NormalWeb"/>
@@ -1703,380 +1728,383 @@
           </w:p>
           <w:p w14:paraId="019A9025" w14:textId="7D2CF7B5" w:rsidR="004A770B" w:rsidRPr="005F6511" w:rsidRDefault="004A770B" w:rsidP="001A4CDD">
             <w:pPr>
               <w:pStyle w:val="NormalWeb"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Calibri"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EC0A70">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Calibri"/>
               </w:rPr>
               <w:t>(referrer must accept that if there is no capacity, the referral will be declined)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2251" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="430BE880" w14:textId="0E7E25E4" w:rsidR="004A770B" w:rsidRPr="004A770B" w:rsidRDefault="004A770B" w:rsidP="001A4CDD">
             <w:pPr>
               <w:pStyle w:val="NormalWeb"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Calibri"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004A770B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Calibri"/>
               </w:rPr>
               <w:t>Yes</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2252" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="754AD80F" w14:textId="6D53CDD2" w:rsidR="004A770B" w:rsidRPr="004A770B" w:rsidRDefault="004A770B" w:rsidP="001A4CDD">
             <w:pPr>
               <w:pStyle w:val="NormalWeb"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Calibri"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="004A770B" w:rsidRPr="005F6511" w14:paraId="072EE8B4" w14:textId="77777777" w:rsidTr="004A770B">
         <w:trPr>
           <w:trHeight w:val="476"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4513" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="30F417F0" w14:textId="77777777" w:rsidR="004A770B" w:rsidRPr="005F6511" w:rsidRDefault="004A770B" w:rsidP="001A4CDD">
             <w:pPr>
               <w:pStyle w:val="NormalWeb"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Calibri"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2251" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2036B1E8" w14:textId="0D8913D9" w:rsidR="004A770B" w:rsidRPr="004A770B" w:rsidRDefault="004A770B" w:rsidP="001A4CDD">
             <w:pPr>
               <w:pStyle w:val="NormalWeb"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Calibri"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004A770B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Calibri"/>
               </w:rPr>
               <w:t>No</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2252" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="1F4723A3" w14:textId="3E500E05" w:rsidR="004A770B" w:rsidRPr="004A770B" w:rsidRDefault="004A770B" w:rsidP="001A4CDD">
             <w:pPr>
               <w:pStyle w:val="NormalWeb"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Calibri"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="004A770B" w:rsidRPr="005F6511" w14:paraId="20B310FC" w14:textId="77777777" w:rsidTr="004A770B">
         <w:trPr>
           <w:trHeight w:val="152"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4513" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="3152C567" w14:textId="2EBFA74F" w:rsidR="004A770B" w:rsidRPr="000B5639" w:rsidRDefault="004A770B" w:rsidP="001A4CDD">
             <w:pPr>
               <w:pStyle w:val="NormalWeb"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Calibri"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000B5639">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Calibri"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Please confirm that your referral fulfils the London L</w:t>
             </w:r>
             <w:r w:rsidR="00DD2BF8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Calibri"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>D</w:t>
             </w:r>
             <w:r w:rsidRPr="000B5639">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Calibri"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>N triage requirements for Level 2 or 3 complexities</w:t>
             </w:r>
             <w:r w:rsidR="00DD2BF8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Calibri"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2251" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="2E780C15" w14:textId="5D6501B2" w:rsidR="004A770B" w:rsidRPr="004A770B" w:rsidRDefault="004A770B" w:rsidP="001A4CDD">
             <w:pPr>
               <w:pStyle w:val="NormalWeb"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Calibri"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004A770B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Calibri"/>
               </w:rPr>
               <w:t>Yes</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2252" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="7484AB78" w14:textId="469DCAC0" w:rsidR="004A770B" w:rsidRPr="004A770B" w:rsidRDefault="004A770B" w:rsidP="001A4CDD">
             <w:pPr>
               <w:pStyle w:val="NormalWeb"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Calibri"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="004A770B" w:rsidRPr="005F6511" w14:paraId="381A6FE9" w14:textId="77777777" w:rsidTr="004A770B">
         <w:trPr>
           <w:trHeight w:val="152"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4513" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="32DA773E" w14:textId="77777777" w:rsidR="004A770B" w:rsidRPr="000B5639" w:rsidRDefault="004A770B" w:rsidP="001A4CDD">
             <w:pPr>
               <w:pStyle w:val="NormalWeb"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Calibri"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2251" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="4D440C6F" w14:textId="000AE842" w:rsidR="004A770B" w:rsidRPr="004A770B" w:rsidRDefault="004A770B" w:rsidP="001A4CDD">
             <w:pPr>
               <w:pStyle w:val="NormalWeb"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Calibri"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004A770B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Calibri"/>
               </w:rPr>
               <w:t>No</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2252" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="021D4631" w14:textId="57A0C21F" w:rsidR="004A770B" w:rsidRPr="004A770B" w:rsidRDefault="004A770B" w:rsidP="001A4CDD">
             <w:pPr>
               <w:pStyle w:val="NormalWeb"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Calibri"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00A13E38" w:rsidRPr="005F6511" w14:paraId="5D870DE8" w14:textId="77777777" w:rsidTr="004A770B">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4513" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="109F46BA" w14:textId="77777777" w:rsidR="00A13E38" w:rsidRPr="000B5639" w:rsidRDefault="00A13E38" w:rsidP="001A4CDD">
             <w:pPr>
               <w:pStyle w:val="NormalWeb"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Calibri"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000B5639">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Calibri"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>If the answer to the above question is NO then please outline another valid reason why the patient should be assessed.</w:t>
+              <w:t xml:space="preserve">If the answer to the above question is </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="000B5639">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Calibri"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>NO</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="000B5639">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Calibri"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> then please outline another valid reason why the patient should be assessed.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4503" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="5CB31705" w14:textId="014DB1FF" w:rsidR="001A4CDD" w:rsidRPr="004A770B" w:rsidRDefault="001A4CDD" w:rsidP="001A4CDD">
             <w:pPr>
               <w:pStyle w:val="NormalWeb"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Calibri"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="348ACB53" w14:textId="5EA8B93F" w:rsidR="00A13E38" w:rsidRPr="005F6511" w:rsidRDefault="00750CB9" w:rsidP="00984146">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:between w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:bar w:val="none" w:sz="0" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
         <w:rPr>
@@ -2165,405 +2193,402 @@
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1413"/>
         <w:gridCol w:w="3969"/>
         <w:gridCol w:w="1417"/>
         <w:gridCol w:w="2217"/>
       </w:tblGrid>
       <w:tr w:rsidR="00A13E38" w:rsidRPr="005F6511" w14:paraId="19FF8C89" w14:textId="77777777" w:rsidTr="00F27A03">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9016" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="171033AC" w14:textId="77777777" w:rsidR="00A13E38" w:rsidRDefault="00A13E38" w:rsidP="001A4CDD">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Calibri" w:hAnsi="Arial Narrow" w:cs="Calibri"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005F6511">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Calibri" w:hAnsi="Arial Narrow" w:cs="Calibri"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Details of the tooth/teeth being referred </w:t>
             </w:r>
             <w:r w:rsidRPr="005F6511">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Calibri" w:hAnsi="Arial Narrow" w:cs="Calibri"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>(e.g. UR6, UL1, LL5 etc):</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="0AF5FD35" w14:textId="0922CC9C" w:rsidR="000B5639" w:rsidRPr="000B5639" w:rsidRDefault="000B5639" w:rsidP="001A4CDD">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Calibri" w:hAnsi="Arial Narrow" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="007150FA" w:rsidRPr="005F6511" w14:paraId="2F58C848" w14:textId="77777777" w:rsidTr="004E332D">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1413" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="120EDB82" w14:textId="21F21297" w:rsidR="007150FA" w:rsidRPr="005F6511" w:rsidRDefault="004E332D" w:rsidP="001A4CDD">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               </w:rPr>
               <w:t>Mark with an X</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7603" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="42CC36A2" w14:textId="5D32DF7C" w:rsidR="007150FA" w:rsidRPr="005F6511" w:rsidRDefault="004E332D" w:rsidP="001A4CDD">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               </w:rPr>
               <w:t>Reason for referral</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="007150FA" w:rsidRPr="005F6511" w14:paraId="534F7666" w14:textId="77777777" w:rsidTr="004E332D">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1413" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="7846CA63" w14:textId="77777777" w:rsidR="007150FA" w:rsidRPr="005F6511" w:rsidRDefault="007150FA" w:rsidP="001A4CDD">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7603" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="4279BCDE" w14:textId="4A728FFB" w:rsidR="007150FA" w:rsidRPr="004E332D" w:rsidRDefault="007150FA" w:rsidP="001A4CDD">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004E332D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               </w:rPr>
               <w:t>Advice only (including diagnostic or treatment planning challenges)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="007150FA" w:rsidRPr="005F6511" w14:paraId="5E395A14" w14:textId="77777777" w:rsidTr="004E332D">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1413" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="072ACBCD" w14:textId="77777777" w:rsidR="007150FA" w:rsidRPr="005F6511" w:rsidRDefault="007150FA" w:rsidP="001A4CDD">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7603" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="40462655" w14:textId="53DD5931" w:rsidR="007150FA" w:rsidRPr="004E332D" w:rsidRDefault="007150FA" w:rsidP="001A4CDD">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004E332D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               </w:rPr>
               <w:t>Root canal treatment</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="007150FA" w:rsidRPr="005F6511" w14:paraId="4F19934E" w14:textId="77777777" w:rsidTr="004E332D">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1413" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="59A2C5EC" w14:textId="77777777" w:rsidR="007150FA" w:rsidRPr="005F6511" w:rsidRDefault="007150FA" w:rsidP="001A4CDD">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7603" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="77F00C6C" w14:textId="76562373" w:rsidR="007150FA" w:rsidRPr="004E332D" w:rsidRDefault="007150FA" w:rsidP="001A4CDD">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004E332D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               </w:rPr>
               <w:t>Root canal re-treatment (including correction of iatrogenic errors)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="007150FA" w:rsidRPr="005F6511" w14:paraId="4D02F1BA" w14:textId="77777777" w:rsidTr="004E332D">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1413" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="04A3819D" w14:textId="77777777" w:rsidR="007150FA" w:rsidRPr="005F6511" w:rsidRDefault="007150FA" w:rsidP="001A4CDD">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7603" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="2C016816" w14:textId="50492A23" w:rsidR="007150FA" w:rsidRPr="004E332D" w:rsidRDefault="004E332D" w:rsidP="001A4CDD">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               </w:rPr>
             </w:pPr>
+            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="004E332D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               </w:rPr>
-              <w:t>Periradicular surgery</w:t>
+              <w:t>Periradicular</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="004E332D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> surgery</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="007150FA" w:rsidRPr="005F6511" w14:paraId="0B44C722" w14:textId="77777777" w:rsidTr="004E332D">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1413" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="0E00A7A9" w14:textId="77777777" w:rsidR="007150FA" w:rsidRPr="005F6511" w:rsidRDefault="007150FA" w:rsidP="001A4CDD">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7603" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="7487729C" w14:textId="0BED2566" w:rsidR="007150FA" w:rsidRPr="004E332D" w:rsidRDefault="004E332D" w:rsidP="001A4CDD">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004E332D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               </w:rPr>
               <w:t>Other endodontic management (vital pulp therapy, complex sequelae of trauma, resorption, dental anomalies, systemic complications)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00A13E38" w:rsidRPr="005F6511" w14:paraId="671F7651" w14:textId="77777777" w:rsidTr="00F27A03">
         <w:trPr>
           <w:trHeight w:val="488"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9016" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="3DA4E8F6" w14:textId="77777777" w:rsidR="00A13E38" w:rsidRDefault="00A13E38" w:rsidP="001A4CDD">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Calibri" w:hAnsi="Arial Narrow" w:cs="Calibri"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005F6511">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Calibri" w:hAnsi="Arial Narrow" w:cs="Calibri"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Nature and history of presenting problem (to include present and/or past symptoms):</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="7A89FF34" w14:textId="77777777" w:rsidR="00DC1BF4" w:rsidRPr="000B5639" w:rsidRDefault="00DC1BF4" w:rsidP="001A4CDD">
@@ -2575,51 +2600,50 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="40F3E185" w14:textId="77777777" w:rsidR="00DC1BF4" w:rsidRPr="000B5639" w:rsidRDefault="00DC1BF4" w:rsidP="001A4CDD">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Calibri" w:hAnsi="Arial Narrow" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00A13E38" w:rsidRPr="005F6511" w14:paraId="6944BAED" w14:textId="77777777" w:rsidTr="00F27A03">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9016" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="5EE274FC" w14:textId="77777777" w:rsidR="00A13E38" w:rsidRDefault="00A13E38" w:rsidP="001A4CDD">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Calibri" w:hAnsi="Arial Narrow" w:cs="Calibri"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005F6511">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Calibri" w:hAnsi="Arial Narrow" w:cs="Calibri"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Medical history, including medications: </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="30AED16C" w14:textId="77777777" w:rsidR="00DC1BF4" w:rsidRPr="000B5639" w:rsidRDefault="00DC1BF4" w:rsidP="001A4CDD">
@@ -2634,177 +2658,194 @@
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="3D0AFACF" w14:textId="77777777" w:rsidR="00DC1BF4" w:rsidRPr="000B5639" w:rsidRDefault="00DC1BF4" w:rsidP="001A4CDD">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Calibri" w:hAnsi="Arial Narrow" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00A13E38" w:rsidRPr="005F6511" w14:paraId="583C894B" w14:textId="77777777" w:rsidTr="00F27A03">
         <w:trPr>
           <w:trHeight w:val="786"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9016" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="1B1065EE" w14:textId="77777777" w:rsidR="00A13E38" w:rsidRDefault="00A13E38" w:rsidP="001A4CDD">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Calibri" w:hAnsi="Arial Narrow" w:cs="Calibri"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005F6511">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Calibri" w:hAnsi="Arial Narrow" w:cs="Calibri"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Please provide details of treatment provided in primary care for this tooth/teeth (including any difficulties encountered) e.g. pulp extirpated, tooth opened to drain infection, incision &amp; drainage, or restoration removed to assess restorability:</w:t>
+              <w:t xml:space="preserve">Please provide details of treatment provided in primary care for </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="005F6511">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Calibri" w:hAnsi="Arial Narrow" w:cs="Calibri"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>this tooth/teeth</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="005F6511">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Calibri" w:hAnsi="Arial Narrow" w:cs="Calibri"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (including any difficulties encountered) e.g. pulp extirpated, tooth opened to drain infection, incision &amp; drainage, or restoration removed to assess restorability:</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="5F230EA3" w14:textId="77777777" w:rsidR="00DC1BF4" w:rsidRPr="000B5639" w:rsidRDefault="00DC1BF4" w:rsidP="001A4CDD">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Calibri" w:hAnsi="Arial Narrow" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="0CC40D3D" w14:textId="77777777" w:rsidR="00DC1BF4" w:rsidRPr="000B5639" w:rsidRDefault="00DC1BF4" w:rsidP="001A4CDD">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Calibri" w:hAnsi="Arial Narrow" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00A13E38" w:rsidRPr="005F6511" w14:paraId="75BC836D" w14:textId="77777777" w:rsidTr="00DD2BF8">
         <w:trPr>
           <w:trHeight w:val="1258"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9016" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:tbl>
             <w:tblPr>
               <w:tblpPr w:leftFromText="180" w:rightFromText="180" w:vertAnchor="text" w:horzAnchor="margin" w:tblpXSpec="center" w:tblpY="187"/>
               <w:tblOverlap w:val="never"/>
               <w:tblW w:w="0" w:type="auto"/>
               <w:tblBorders>
                 <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                 <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                 <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                 <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                 <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                 <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               </w:tblBorders>
               <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
             </w:tblPr>
             <w:tblGrid>
               <w:gridCol w:w="417"/>
               <w:gridCol w:w="417"/>
               <w:gridCol w:w="417"/>
             </w:tblGrid>
             <w:tr w:rsidR="00A13E38" w:rsidRPr="000E2F61" w14:paraId="2C45869D" w14:textId="77777777" w:rsidTr="004E332D">
               <w:trPr>
                 <w:trHeight w:val="142"/>
               </w:trPr>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="417" w:type="dxa"/>
-                  <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
                   <w:vAlign w:val="center"/>
                 </w:tcPr>
                 <w:p w14:paraId="256BDB90" w14:textId="732AEF95" w:rsidR="00A13E38" w:rsidRPr="000E2F61" w:rsidRDefault="00A13E38" w:rsidP="004E332D">
                   <w:pPr>
                     <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
                     <w:jc w:val="center"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Calibri" w:hAnsi="Arial Narrow" w:cs="Calibri"/>
                       <w:color w:val="1F497D"/>
                       <w:sz w:val="20"/>
                       <w:szCs w:val="20"/>
                     </w:rPr>
                   </w:pPr>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="417" w:type="dxa"/>
-                  <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
                   <w:vAlign w:val="center"/>
                 </w:tcPr>
                 <w:p w14:paraId="35D2EA92" w14:textId="77777777" w:rsidR="00A13E38" w:rsidRPr="000E2F61" w:rsidRDefault="00A13E38" w:rsidP="004E332D">
                   <w:pPr>
                     <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
                     <w:jc w:val="center"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Calibri" w:hAnsi="Arial Narrow" w:cs="Calibri"/>
                       <w:color w:val="1F497D"/>
                       <w:sz w:val="20"/>
                       <w:szCs w:val="20"/>
                     </w:rPr>
                   </w:pPr>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="417" w:type="dxa"/>
-                  <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
                   <w:vAlign w:val="center"/>
                 </w:tcPr>
                 <w:p w14:paraId="777DB2E9" w14:textId="77777777" w:rsidR="00A13E38" w:rsidRPr="000E2F61" w:rsidRDefault="00A13E38" w:rsidP="004E332D">
                   <w:pPr>
                     <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
                     <w:jc w:val="center"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Calibri" w:hAnsi="Arial Narrow" w:cs="Calibri"/>
                       <w:color w:val="1F497D"/>
                       <w:sz w:val="20"/>
                       <w:szCs w:val="20"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="000E2F61">
                     <w:rPr>
                       <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Calibri" w:hAnsi="Arial Narrow" w:cs="Calibri"/>
                       <w:noProof/>
                       <w:color w:val="0000FF"/>
                       <w:sz w:val="20"/>
                       <w:szCs w:val="20"/>
                       <w:lang w:eastAsia="en-GB"/>
                     </w:rPr>
                     <mc:AlternateContent>
                       <mc:Choice Requires="wps">
                         <w:drawing>
@@ -2870,132 +2911,129 @@
                                           <w:rPr>
                                             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                                             <w:color w:val="000000"/>
                                             <w:sz w:val="20"/>
                                           </w:rPr>
                                           <w:t>L</w:t>
                                         </w:r>
                                       </w:p>
                                     </w:txbxContent>
                                   </wps:txbx>
                                   <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                                     <a:noAutofit/>
                                   </wps:bodyPr>
                                 </wps:wsp>
                               </a:graphicData>
                             </a:graphic>
                             <wp14:sizeRelH relativeFrom="margin">
                               <wp14:pctWidth>0</wp14:pctWidth>
                             </wp14:sizeRelH>
                             <wp14:sizeRelV relativeFrom="margin">
                               <wp14:pctHeight>0</wp14:pctHeight>
                             </wp14:sizeRelV>
                           </wp:anchor>
                         </w:drawing>
                       </mc:Choice>
-                      <mc:Fallback xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex">
+                      <mc:Fallback>
                         <w:pict>
                           <v:shapetype w14:anchorId="403CE6B1" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
                             <v:stroke joinstyle="miter"/>
                             <v:path gradientshapeok="t" o:connecttype="rect"/>
                           </v:shapetype>
-                          <v:shape id="Text Box 48" o:spid="_x0000_s1026" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:19.4pt;margin-top:17.9pt;width:14.95pt;height:18.95pt;z-index:251701248;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCOXRZBfwIAABAFAAAOAAAAZHJzL2Uyb0RvYy54bWysVMlu2zAQvRfoPxC8O5IM2bGEyEGWuiiQ&#10;LkDSD6BFyiJKcViStpQW+fcOKdtxugBFUR0oLsM3y3vDi8uhU2QnrJOgK5qdpZQIXQOXelPRzw+r&#10;yYIS55nmTIEWFX0Ujl4uX7+66E0pptCC4sISBNGu7E1FW+9NmSSubkXH3BkYofGwAdsxj0u7Sbhl&#10;PaJ3Kpmm6TzpwXJjoRbO4e7teEiXEb9pRO0/No0TnqiKYmw+jjaO6zAmywtWbiwzraz3YbB/iKJj&#10;UqPTI9Qt84xsrfwFqpO1BQeNP6uhS6BpZC1iDphNlv6UzX3LjIi5YHGcOZbJ/T/Y+sPukyWSVzRH&#10;pjTrkKMHMXhyDQPBLaxPb1yJZvcGDf2A+8hzzNWZO6i/OKLhpmV6I66shb4VjGN8WbiZnFwdcVwA&#10;WffvgaMftvUQgYbGdqF4WA6C6MjT45GbEEsdXC6KxXxGSY1H0zyd4zx4YOXhsrHOvxXQkTCpqEXq&#10;Izjb3Tk/mh5Mgi8HSvKVVCou7GZ9oyzZMZTJKn579BdmSgdjDeHaiDjuYIzoI5yFaCPt34sMo7ye&#10;FpPVfHE+yVf5bFKcp4tJmhXXxTzNi/x29RQCzPKylZwLfSe1OEgwy/+O4n0zjOKJIiR9RYvZdDYy&#10;9Mck0/j9LslOeuxIJbuKLo5GrAy8vtEc02alZ1KN8+Rl+JEQrMHhH6sSVRCIHyXgh/WAKEEaa+CP&#10;qAcLyBeSjs8ITlqw3yjpsSUr6r5umRWUqHcaNVVkeR56OC7y2fkUF/b0ZH16wnSNUBX1lIzTGz/2&#10;/dZYuWnR06hiDVeow0ZGjTxHtVcvtl1MZv9EhL4+XUer54ds+QMAAP//AwBQSwMEFAAGAAgAAAAh&#10;AF4jZsrbAAAABwEAAA8AAABkcnMvZG93bnJldi54bWxMjsFOwzAQRO9I/IO1SFwQdaA0DmmcCpBA&#10;XFv6AZvYTaLG6yh2m/TvWU70NBrNaOYVm9n14mzH0HnS8LRIQFiqvemo0bD/+XzMQISIZLD3ZDVc&#10;bIBNeXtTYG78RFt73sVG8AiFHDW0MQ65lKFurcOw8IMlzg5+dBjZjo00I0487nr5nCSpdNgRP7Q4&#10;2I/W1sfdyWk4fE8Pq9ep+op7tX1J37FTlb9ofX83v61BRDvH/zL84TM6lMxU+ROZIHoNy4zJI+uK&#10;lfM0UyAqDWqpQJaFvOYvfwEAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAA&#10;AAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQB&#10;AAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQCOXRZBfwIAABAF&#10;AAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQBeI2bK2wAA&#10;AAcBAAAPAAAAAAAAAAAAAAAAANkEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAA4QUA&#10;AAAA&#10;" stroked="f">
+                          <v:shape id="Text Box 48" o:spid="_x0000_s1026" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:19.4pt;margin-top:17.9pt;width:14.95pt;height:18.95pt;z-index:251701248;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBZGbx88AEAAMkDAAAOAAAAZHJzL2Uyb0RvYy54bWysU9tu2zAMfR+wfxD0vjgJ0iw14hRdigwD&#10;ugvQ7QNkWbaFyaJGKbGzrx8lu2m2vQ3zg0CK1CHPIb29GzrDTgq9BlvwxWzOmbISKm2bgn/7eniz&#10;4cwHYSthwKqCn5Xnd7vXr7a9y9USWjCVQkYg1ue9K3gbgsuzzMtWdcLPwClLwRqwE4FcbLIKRU/o&#10;ncmW8/k66wErhyCV93T7MAb5LuHXtZLhc117FZgpOPUW0onpLOOZ7bYib1C4VsupDfEPXXRCWyp6&#10;gXoQQbAj6r+gOi0RPNRhJqHLoK61VIkDsVnM/2Dz1AqnEhcSx7uLTP7/wcpPpyf3BVkY3sFAA0wk&#10;vHsE+d0zC/tW2EbdI0LfKlFR4UWULOudz6enUWqf+whS9h+hoiGLY4AENNTYRVWIJyN0GsD5Iroa&#10;ApOx5OZ2s77hTFJouZqvyY4VRP782KEP7xV0LBoFR5ppAhenRx/G1OeUWMuD0dVBG5McbMq9QXYS&#10;NP9D+ib039KMjckW4rMRMd4klpHYSDEM5UDByLaE6kx8EcZ9ov0nowX8yVlPu1Rw/+MoUHFmPljS&#10;7HaxWsXlS87q5u2SHLyOlNcRYSVBFTxwNpr7MC7s0aFuWqo0TsnCPelc66TBS1dT37QvScVpt+NC&#10;Xvsp6+UP3P0CAAD//wMAUEsDBBQABgAIAAAAIQBeI2bK2wAAAAcBAAAPAAAAZHJzL2Rvd25yZXYu&#10;eG1sTI7BTsMwEETvSPyDtUhcEHWgNA5pnAqQQFxb+gGb2E2ixusodpv071lO9DQazWjmFZvZ9eJs&#10;x9B50vC0SEBYqr3pqNGw//l8zECEiGSw92Q1XGyATXl7U2Bu/ERbe97FRvAIhRw1tDEOuZShbq3D&#10;sPCDJc4OfnQY2Y6NNCNOPO56+ZwkqXTYET+0ONiP1tbH3clpOHxPD6vXqfqKe7V9Sd+xU5W/aH1/&#10;N7+tQUQ7x/8y/OEzOpTMVPkTmSB6DcuMySPripXzNFMgKg1qqUCWhbzmL38BAAD//wMAUEsBAi0A&#10;FAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54&#10;bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJl&#10;bHNQSwECLQAUAAYACAAAACEAWRm8fPABAADJAwAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0Rv&#10;Yy54bWxQSwECLQAUAAYACAAAACEAXiNmytsAAAAHAQAADwAAAAAAAAAAAAAAAABKBAAAZHJzL2Rv&#10;d25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAFIFAAAAAA==&#10;" stroked="f">
                             <v:textbox>
                               <w:txbxContent>
                                 <w:p w14:paraId="745A126D" w14:textId="77777777" w:rsidR="00A13E38" w:rsidRPr="00FF22F6" w:rsidRDefault="00A13E38" w:rsidP="00A13E38">
                                   <w:pPr>
                                     <w:rPr>
                                       <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                                       <w:color w:val="000000"/>
                                       <w:sz w:val="20"/>
                                     </w:rPr>
                                   </w:pPr>
                                   <w:r>
                                     <w:rPr>
                                       <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                                       <w:color w:val="000000"/>
                                       <w:sz w:val="20"/>
                                     </w:rPr>
                                     <w:t>L</w:t>
                                   </w:r>
                                 </w:p>
                               </w:txbxContent>
                             </v:textbox>
                           </v:shape>
                         </w:pict>
                       </mc:Fallback>
                     </mc:AlternateContent>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
             <w:tr w:rsidR="00A13E38" w:rsidRPr="000E2F61" w14:paraId="3B92B1F5" w14:textId="77777777" w:rsidTr="004E332D">
               <w:trPr>
                 <w:trHeight w:val="79"/>
               </w:trPr>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="417" w:type="dxa"/>
-                  <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
                   <w:vAlign w:val="center"/>
                 </w:tcPr>
                 <w:p w14:paraId="0249F328" w14:textId="77777777" w:rsidR="00A13E38" w:rsidRPr="000E2F61" w:rsidRDefault="00A13E38" w:rsidP="004E332D">
                   <w:pPr>
                     <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
                     <w:jc w:val="center"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Calibri" w:hAnsi="Arial Narrow" w:cs="Calibri"/>
                       <w:color w:val="1F497D"/>
                       <w:sz w:val="20"/>
                       <w:szCs w:val="20"/>
                     </w:rPr>
                   </w:pPr>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="417" w:type="dxa"/>
-                  <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
                   <w:vAlign w:val="center"/>
                 </w:tcPr>
                 <w:p w14:paraId="6A01E8E5" w14:textId="77777777" w:rsidR="00A13E38" w:rsidRPr="000E2F61" w:rsidRDefault="00A13E38" w:rsidP="004E332D">
                   <w:pPr>
                     <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
                     <w:jc w:val="center"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Calibri" w:hAnsi="Arial Narrow" w:cs="Calibri"/>
                       <w:color w:val="1F497D"/>
                       <w:sz w:val="20"/>
                       <w:szCs w:val="20"/>
                     </w:rPr>
                   </w:pPr>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="417" w:type="dxa"/>
-                  <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
                   <w:vAlign w:val="center"/>
                 </w:tcPr>
                 <w:p w14:paraId="66508F34" w14:textId="77777777" w:rsidR="00A13E38" w:rsidRPr="000E2F61" w:rsidRDefault="00A13E38" w:rsidP="004E332D">
                   <w:pPr>
                     <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
                     <w:jc w:val="center"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Calibri" w:hAnsi="Arial Narrow" w:cs="Calibri"/>
                       <w:color w:val="1F497D"/>
                       <w:sz w:val="20"/>
                       <w:szCs w:val="20"/>
                     </w:rPr>
                   </w:pPr>
                 </w:p>
               </w:tc>
             </w:tr>
           </w:tbl>
           <w:p w14:paraId="05C1C558" w14:textId="595DFBB2" w:rsidR="00A13E38" w:rsidRPr="005F6511" w:rsidRDefault="00A13E38" w:rsidP="00F27A03">
             <w:pPr>
               <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Calibri" w:hAnsi="Arial Narrow" w:cs="Calibri"/>
                 <w:b/>
                 <w:color w:val="000000"/>
@@ -3075,53 +3113,53 @@
                                     <w:rPr>
                                       <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                                       <w:color w:val="000000"/>
                                       <w:sz w:val="20"/>
                                     </w:rPr>
                                     <w:t>R</w:t>
                                   </w:r>
                                 </w:p>
                               </w:txbxContent>
                             </wps:txbx>
                             <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                               <a:noAutofit/>
                             </wps:bodyPr>
                           </wps:wsp>
                         </a:graphicData>
                       </a:graphic>
                       <wp14:sizeRelH relativeFrom="margin">
                         <wp14:pctWidth>0</wp14:pctWidth>
                       </wp14:sizeRelH>
                       <wp14:sizeRelV relativeFrom="margin">
                         <wp14:pctHeight>0</wp14:pctHeight>
                       </wp14:sizeRelV>
                     </wp:anchor>
                   </w:drawing>
                 </mc:Choice>
-                <mc:Fallback xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex">
+                <mc:Fallback>
                   <w:pict>
-                    <v:shape w14:anchorId="513BA15E" id="Text Box 49" o:spid="_x0000_s1027" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:162.8pt;margin-top:27.75pt;width:17.75pt;height:17.6pt;z-index:251700224;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBhesdshgIAABcFAAAOAAAAZHJzL2Uyb0RvYy54bWysVG1v2yAQ/j5p/wHxPfXLnDa24lRNukyT&#10;uhep3Q8ggGM0DAxI7G7af9+BkzTrNmma5g8YuOPhubvnmF8PnUR7bp3QqsbZRYoRV1QzobY1/vSw&#10;nswwcp4oRqRWvMaP3OHrxcsX895UPNetloxbBCDKVb2pceu9qZLE0ZZ3xF1owxUYG2074mFptwmz&#10;pAf0TiZ5ml4mvbbMWE25c7B7OxrxIuI3Daf+Q9M47pGsMXDzcbRx3IQxWcxJtbXEtIIeaJB/YNER&#10;oeDSE9Qt8QTtrPgFqhPUaqcbf0F1l+imEZTHGCCaLH0WzX1LDI+xQHKcOaXJ/T9Y+n7/0SLBalyU&#10;GCnSQY0e+ODRUg8ItiA/vXEVuN0bcPQD7EOdY6zO3Gn62SGlVy1RW35jre5bThjwy8LJ5OzoiOMC&#10;yKZ/pxncQ3ZeR6ChsV1IHqQDATrU6fFUm8CFwmaeT4t8ihEFU56/muaxdgmpjoeNdf4N1x0Kkxpb&#10;KH0EJ/s75wMZUh1dwl1OS8HWQsq4sNvNSlq0JyCTdfwi/2duUgVnpcOxEXHcAY5wR7AFtrHs38os&#10;L9JlXk7Wl7OrSbEuppPyKp1N0qxclpdpURa36++BYFZUrWCMqzuh+FGCWfF3JT40wyieKELU17ic&#10;QqZiXH8MMo3f74LshIeOlKKr8ezkRKpQ19eKQdik8kTIcZ78TD9mGXJw/MesRBWEwo8S8MNmiIKL&#10;EgkK2Wj2CLKwGsoGtYfXBCattl8x6qEza+y+7IjlGMm3CqRVZkURWjkuiukVKAHZc8vm3EIUBaga&#10;e4zG6cqP7b8zVmxbuGkUs9I3IMdGRKk8sTqIGLovxnR4KUJ7n6+j19N7tvgBAAD//wMAUEsDBBQA&#10;BgAIAAAAIQBd2/H+3gAAAAkBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/RToNAEEXfTfyHzZj4YuxC&#10;K2ApQ6MmGl9b+wEDOwVSdpew20L/3vXJPk7uyb1niu2se3Hh0XXWIMSLCASb2qrONAiHn8/nVxDO&#10;k1HUW8MIV3awLe/vCsqVncyOL3vfiFBiXE4IrfdDLqWrW9bkFnZgE7KjHTX5cI6NVCNNoVz3chlF&#10;qdTUmbDQ0sAfLden/VkjHL+np2Q9VV/+kO1e0nfqsspeER8f5rcNCM+z/4fhTz+oQxmcKns2yoke&#10;YbVM0oAiJEkCIgCrNI5BVAjrKANZFvL2g/IXAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA&#10;4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEA&#10;OP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA&#10;YXrHbIYCAAAXBQAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAA&#10;ACEAXdvx/t4AAAAJAQAADwAAAAAAAAAAAAAAAADgBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAE&#10;AAQA8wAAAOsFAAAAAA==&#10;" stroked="f">
+                    <v:shape w14:anchorId="513BA15E" id="Text Box 49" o:spid="_x0000_s1027" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:162.8pt;margin-top:27.75pt;width:17.75pt;height:17.6pt;z-index:251700224;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDPDYvH9QEAANADAAAOAAAAZHJzL2Uyb0RvYy54bWysU9uO2yAQfa/Uf0C8N07cpBcrzmqbVapK&#10;24u07QdgjG1UzNCBxE6/vgP2ZqPtW1UeEMMMZ+acGbY3Y2/YSaHXYEu+Wiw5U1ZCrW1b8h/fD6/e&#10;ceaDsLUwYFXJz8rzm93LF9vBFSqHDkytkBGI9cXgSt6F4Ios87JTvfALcMqSswHsRSAT26xGMRB6&#10;b7J8uXyTDYC1Q5DKe7q9m5x8l/CbRsnwtWm8CsyUnGoLace0V3HPdltRtChcp+VchviHKnqhLSW9&#10;QN2JINgR9V9QvZYIHpqwkNBn0DRaqsSB2KyWz9g8dMKpxIXE8e4ik/9/sPLL6cF9QxbGDzBSAxMJ&#10;7+5B/vTMwr4TtlW3iDB0StSUeBUlywbni/lplNoXPoJUw2eoqcniGCABjQ32URXiyQidGnC+iK7G&#10;wCRd5vlmnW84k+TK89ebPDUlE8XjY4c+fFTQs3goOVJPE7g43fsQixHFY0jM5cHo+qCNSQa21d4g&#10;Ownq/yGtVP+zMGNjsIX4bEKMN4llJDZRDGM1Ml3PEkTSFdRnoo0wjRV9Azp0gL85G2ikSu5/HQUq&#10;zswnS9K9X63XcQaTsd68JaYMrz3VtUdYSVAlD5xNx32Y5vboULcdZZqaZeGW5G50kuKpqrl8Gpuk&#10;0DzicS6v7RT19BF3fwAAAP//AwBQSwMEFAAGAAgAAAAhAF3b8f7eAAAACQEAAA8AAABkcnMvZG93&#10;bnJldi54bWxMj9FOg0AQRd9N/IfNmPhi7EIrYClDoyYaX1v7AQM7BVJ2l7DbQv/e9ck+Tu7JvWeK&#10;7ax7ceHRddYgxIsIBJvaqs40CIefz+dXEM6TUdRbwwhXdrAt7+8KypWdzI4ve9+IUGJcTgit90Mu&#10;patb1uQWdmATsqMdNflwjo1UI02hXPdyGUWp1NSZsNDSwB8t16f9WSMcv6enZD1VX/6Q7V7Sd+qy&#10;yl4RHx/mtw0Iz7P/h+FPP6hDGZwqezbKiR5htUzSgCIkSQIiAKs0jkFUCOsoA1kW8vaD8hcAAP//&#10;AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRf&#10;VHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABf&#10;cmVscy8ucmVsc1BLAQItABQABgAIAAAAIQDPDYvH9QEAANADAAAOAAAAAAAAAAAAAAAAAC4CAABk&#10;cnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQBd2/H+3gAAAAkBAAAPAAAAAAAAAAAAAAAAAE8E&#10;AABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAWgUAAAAA&#10;" stroked="f">
                       <v:textbox>
                         <w:txbxContent>
                           <w:p w14:paraId="3E81CFFE" w14:textId="77777777" w:rsidR="00A13E38" w:rsidRPr="00FF22F6" w:rsidRDefault="00A13E38" w:rsidP="00A13E38">
                             <w:pPr>
                               <w:rPr>
                                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                                 <w:color w:val="000000"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r>
                               <w:rPr>
                                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                                 <w:color w:val="000000"/>
                                 <w:sz w:val="20"/>
                               </w:rPr>
                               <w:t>R</w:t>
                             </w:r>
                           </w:p>
                         </w:txbxContent>
                       </v:textbox>
                     </v:shape>
                   </w:pict>
                 </mc:Fallback>
               </mc:AlternateContent>
             </w:r>
@@ -3144,278 +3182,268 @@
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> (following treatment)</w:t>
             </w:r>
             <w:r w:rsidRPr="005F6511">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Calibri" w:hAnsi="Arial Narrow" w:cs="Calibri"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="004E332D" w:rsidRPr="005F6511" w14:paraId="7050603C" w14:textId="77777777" w:rsidTr="00340718">
         <w:trPr>
           <w:trHeight w:val="377"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5382" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="278170C7" w14:textId="396113FE" w:rsidR="004E332D" w:rsidRPr="005F6511" w:rsidRDefault="00340718" w:rsidP="003805A2">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Calibri" w:hAnsi="Arial Narrow" w:cs="Calibri"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Calibri" w:hAnsi="Arial Narrow" w:cs="Calibri"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Declaration</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1417" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="1A634EA0" w14:textId="22C272E9" w:rsidR="004E332D" w:rsidRPr="00340718" w:rsidRDefault="00340718" w:rsidP="003805A2">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Calibri" w:hAnsi="Arial Narrow" w:cs="Calibri"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00340718">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Calibri" w:hAnsi="Arial Narrow" w:cs="Calibri"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Option</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2217" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="137E535A" w14:textId="77F4D8F6" w:rsidR="004E332D" w:rsidRPr="00340718" w:rsidRDefault="00340718" w:rsidP="003805A2">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Calibri" w:hAnsi="Arial Narrow" w:cs="Calibri"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00340718">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Calibri" w:hAnsi="Arial Narrow" w:cs="Calibri"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Please mark with an X</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00340718" w:rsidRPr="005F6511" w14:paraId="705DF030" w14:textId="77777777" w:rsidTr="00340718">
         <w:trPr>
           <w:trHeight w:val="308"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5382" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:vMerge w:val="restart"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="2498D70F" w14:textId="026B135C" w:rsidR="00340718" w:rsidRPr="00340718" w:rsidRDefault="00340718" w:rsidP="00E6265A">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Calibri" w:hAnsi="Arial Narrow" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00340718">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Calibri" w:hAnsi="Arial Narrow" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Has all treatment of primary dental disease (caries and periodontal disease) been completed?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1417" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="167F2F59" w14:textId="457A356E" w:rsidR="00340718" w:rsidRPr="000E2F61" w:rsidRDefault="00340718" w:rsidP="00E6265A">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Calibri" w:hAnsi="Arial Narrow" w:cs="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Calibri" w:hAnsi="Arial Narrow" w:cs="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Yes</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2217" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="28481518" w14:textId="77777777" w:rsidR="00340718" w:rsidRDefault="00340718" w:rsidP="00E6265A">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Calibri" w:hAnsi="Arial Narrow" w:cs="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00340718" w:rsidRPr="005F6511" w14:paraId="04A69002" w14:textId="77777777" w:rsidTr="00E6265A">
         <w:trPr>
           <w:trHeight w:val="219"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5382" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:vMerge/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="3290A626" w14:textId="77777777" w:rsidR="00340718" w:rsidRPr="005F6511" w:rsidRDefault="00340718" w:rsidP="00E6265A">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Calibri" w:hAnsi="Arial Narrow" w:cs="Calibri"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1417" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="7242BF91" w14:textId="1F1058F6" w:rsidR="00340718" w:rsidRPr="00340718" w:rsidRDefault="00340718" w:rsidP="00E6265A">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Calibri" w:hAnsi="Arial Narrow" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00340718">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Calibri" w:hAnsi="Arial Narrow" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>No</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2217" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="29783C1B" w14:textId="7F9FDA8F" w:rsidR="00340718" w:rsidRPr="00340718" w:rsidRDefault="00340718" w:rsidP="00E6265A">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Calibri" w:hAnsi="Arial Narrow" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="004E332D" w:rsidRPr="005F6511" w14:paraId="2F329FCA" w14:textId="77777777" w:rsidTr="00F27A03">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9016" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="7167D02A" w14:textId="607BABA1" w:rsidR="004E332D" w:rsidRDefault="004E332D" w:rsidP="001A4CDD">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Calibri" w:hAnsi="Arial Narrow" w:cs="Calibri"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004E332D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Calibri" w:hAnsi="Arial Narrow" w:cs="Calibri"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Details of primary disease treatment completed:</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="03741F7A" w14:textId="77777777" w:rsidR="008412CC" w:rsidRPr="008412CC" w:rsidRDefault="008412CC" w:rsidP="001A4CDD">
@@ -3893,57 +3921,67 @@
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00F23A6B" w:rsidRPr="0038266C" w14:paraId="243ACB40" w14:textId="4F8E9608" w:rsidTr="008A02E4">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2261" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="455B3B4C" w14:textId="511454F5" w:rsidR="00F23A6B" w:rsidRPr="0038266C" w:rsidRDefault="00F23A6B" w:rsidP="00F23A6B">
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:between w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:bar w:val="none" w:sz="0" w:color="auto"/>
               </w:pBdr>
               <w:ind w:left="-57"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:szCs w:val="20"/>
                 <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               </w:rPr>
             </w:pPr>
+            <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="0038266C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:szCs w:val="20"/>
                 <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               </w:rPr>
-              <w:t>North West London (inner)</w:t>
+              <w:t>North West</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="0038266C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+                <w:szCs w:val="20"/>
+                <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> London (inner)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3604" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="15196337" w14:textId="279E393E" w:rsidR="00F23A6B" w:rsidRPr="0038266C" w:rsidRDefault="00F23A6B" w:rsidP="00F23A6B">
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:between w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:bar w:val="none" w:sz="0" w:color="auto"/>
               </w:pBdr>
               <w:ind w:left="-57"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:szCs w:val="20"/>
                 <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0038266C">
@@ -4081,57 +4119,67 @@
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00F23A6B" w:rsidRPr="0038266C" w14:paraId="7C572C0D" w14:textId="2C448179" w:rsidTr="008A02E4">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2261" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="613D8B2C" w14:textId="77777777" w:rsidR="00F23A6B" w:rsidRDefault="00F23A6B" w:rsidP="00F23A6B">
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:between w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:bar w:val="none" w:sz="0" w:color="auto"/>
               </w:pBdr>
               <w:ind w:left="-57"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:szCs w:val="20"/>
                 <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               </w:rPr>
             </w:pPr>
+            <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="0038266C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:szCs w:val="20"/>
                 <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               </w:rPr>
-              <w:t>North West London (outer)</w:t>
+              <w:t>North West</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="0038266C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+                <w:szCs w:val="20"/>
+                <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> London (outer)</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="7E348A12" w14:textId="2F7CC926" w:rsidR="00F23A6B" w:rsidRPr="0038266C" w:rsidRDefault="00F23A6B" w:rsidP="00F23A6B">
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:between w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:bar w:val="none" w:sz="0" w:color="auto"/>
               </w:pBdr>
               <w:ind w:left="-57"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:szCs w:val="20"/>
                 <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:szCs w:val="20"/>
                 <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               </w:rPr>
@@ -4425,57 +4473,67 @@
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00F23A6B" w:rsidRPr="0038266C" w14:paraId="2A7EDA69" w14:textId="1F22C4E9" w:rsidTr="008A02E4">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2261" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="74B1CBB6" w14:textId="3F6926AA" w:rsidR="00F23A6B" w:rsidRPr="0038266C" w:rsidRDefault="00F23A6B" w:rsidP="00F23A6B">
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:between w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:bar w:val="none" w:sz="0" w:color="auto"/>
               </w:pBdr>
               <w:ind w:left="-57"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:szCs w:val="20"/>
                 <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               </w:rPr>
             </w:pPr>
+            <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="0038266C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:szCs w:val="20"/>
                 <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               </w:rPr>
-              <w:t>North East London</w:t>
+              <w:t>North East</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="0038266C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+                <w:szCs w:val="20"/>
+                <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> London</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3604" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="10F0371E" w14:textId="232D5CF7" w:rsidR="00F23A6B" w:rsidRPr="0038266C" w:rsidRDefault="00F23A6B" w:rsidP="00F23A6B">
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:between w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:bar w:val="none" w:sz="0" w:color="auto"/>
               </w:pBdr>
               <w:ind w:left="-57"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:szCs w:val="20"/>
                 <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0038266C">
@@ -4677,57 +4735,67 @@
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00F23A6B" w:rsidRPr="0038266C" w14:paraId="32A7C866" w14:textId="66AC371A" w:rsidTr="008A02E4">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2261" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="5F8DA7EA" w14:textId="7EBF44AF" w:rsidR="00F23A6B" w:rsidRPr="0038266C" w:rsidRDefault="00F23A6B" w:rsidP="00F23A6B">
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:between w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:bar w:val="none" w:sz="0" w:color="auto"/>
               </w:pBdr>
               <w:ind w:left="-57"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:szCs w:val="20"/>
                 <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               </w:rPr>
             </w:pPr>
+            <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="0038266C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:szCs w:val="20"/>
                 <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               </w:rPr>
-              <w:t>South East London</w:t>
+              <w:t>South East</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="0038266C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+                <w:szCs w:val="20"/>
+                <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> London</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3604" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="22630DC0" w14:textId="3D6102D0" w:rsidR="00F23A6B" w:rsidRPr="0038266C" w:rsidRDefault="00F23A6B" w:rsidP="00F23A6B">
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:between w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:bar w:val="none" w:sz="0" w:color="auto"/>
               </w:pBdr>
               <w:ind w:left="-57"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:szCs w:val="20"/>
                 <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0038266C">
@@ -4828,85 +4896,87 @@
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:between w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:bar w:val="none" w:sz="0" w:color="auto"/>
               </w:pBdr>
               <w:ind w:left="-57"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:szCs w:val="20"/>
                 <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0038266C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:szCs w:val="20"/>
                 <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               </w:rPr>
               <w:t>Guy’s &amp; St. Thomas’ NHS Foundation Trust</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="4270BF3F" w14:textId="77777777" w:rsidR="00F23A6B" w:rsidRPr="0038266C" w:rsidRDefault="00F23A6B" w:rsidP="00F23A6B">
+          <w:p w14:paraId="4270BF3F" w14:textId="34E5752F" w:rsidR="00F23A6B" w:rsidRPr="0038266C" w:rsidRDefault="00F23A6B" w:rsidP="00F23A6B">
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:between w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:bar w:val="none" w:sz="0" w:color="auto"/>
               </w:pBdr>
               <w:ind w:left="-57"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:szCs w:val="20"/>
                 <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0038266C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:szCs w:val="20"/>
                 <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               </w:rPr>
               <w:t xml:space="preserve">Email: </w:t>
             </w:r>
-            <w:r w:rsidRPr="0038266C">
-[...8 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r w:rsidRPr="00330CD0">
+                <w:rPr>
+                  <w:rStyle w:val="Hyperlink"/>
+                  <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+                  <w:color w:val="0000FF"/>
+                  <w:szCs w:val="20"/>
+                  <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                </w:rPr>
+                <w:t>gstt.endodonticreferrals@nhs.net</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p w14:paraId="2B1F7ABA" w14:textId="77777777" w:rsidR="00F23A6B" w:rsidRPr="0038266C" w:rsidRDefault="00F23A6B" w:rsidP="00F23A6B">
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:between w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:bar w:val="none" w:sz="0" w:color="auto"/>
               </w:pBdr>
               <w:ind w:left="-57"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:b/>
                 <w:szCs w:val="20"/>
                 <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0038266C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:b/>
                 <w:szCs w:val="20"/>
                 <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -4943,51 +5013,51 @@
           <w:p w14:paraId="5212B49D" w14:textId="7D6E16CE" w:rsidR="00F23A6B" w:rsidRPr="0038266C" w:rsidRDefault="00F23A6B" w:rsidP="00F23A6B">
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:between w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:bar w:val="none" w:sz="0" w:color="auto"/>
               </w:pBdr>
               <w:ind w:left="-57"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:szCs w:val="20"/>
                 <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0038266C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:szCs w:val="20"/>
                 <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               </w:rPr>
               <w:t xml:space="preserve">Email: </w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r w:rsidRPr="0038266C">
                 <w:rPr>
                   <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                   <w:color w:val="0000FF"/>
                   <w:szCs w:val="20"/>
                   <w:u w:val="single"/>
                   <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 </w:rPr>
                 <w:t>kch-tr.dentalmaillist@nhs.net</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidRPr="0038266C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:szCs w:val="20"/>
                 <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
           </w:tcPr>
@@ -5011,57 +5081,67 @@
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00F23A6B" w:rsidRPr="0038266C" w14:paraId="159B4F05" w14:textId="3C165D9E" w:rsidTr="008A02E4">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2261" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="69BFB0F7" w14:textId="0ABAE829" w:rsidR="00F23A6B" w:rsidRPr="0038266C" w:rsidRDefault="00F23A6B" w:rsidP="00F23A6B">
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:between w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:bar w:val="none" w:sz="0" w:color="auto"/>
               </w:pBdr>
               <w:ind w:left="-57"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:szCs w:val="20"/>
                 <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               </w:rPr>
             </w:pPr>
+            <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="0038266C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:szCs w:val="20"/>
                 <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               </w:rPr>
-              <w:t>South West London</w:t>
+              <w:t>South West</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="0038266C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+                <w:szCs w:val="20"/>
+                <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> London</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3604" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="5095AD31" w14:textId="7C483CA0" w:rsidR="00F23A6B" w:rsidRPr="0038266C" w:rsidRDefault="00F23A6B" w:rsidP="00F23A6B">
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:between w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:bar w:val="none" w:sz="0" w:color="auto"/>
               </w:pBdr>
               <w:ind w:left="-57"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:szCs w:val="20"/>
                 <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0038266C">
@@ -5187,51 +5267,51 @@
           <w:p w14:paraId="361A9661" w14:textId="77777777" w:rsidR="00F23A6B" w:rsidRPr="0038266C" w:rsidRDefault="00F23A6B" w:rsidP="00F23A6B">
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:between w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:bar w:val="none" w:sz="0" w:color="auto"/>
               </w:pBdr>
               <w:ind w:left="-57"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:szCs w:val="20"/>
                 <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0038266C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:szCs w:val="20"/>
                 <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               </w:rPr>
               <w:t xml:space="preserve">Email: </w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r w:rsidRPr="0038266C">
                 <w:rPr>
                   <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                   <w:color w:val="0000FF"/>
                   <w:szCs w:val="20"/>
                   <w:u w:val="single"/>
                   <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 </w:rPr>
                 <w:t>ch-tr.hospitaldentistry@nhs.net</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidRPr="0038266C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:szCs w:val="20"/>
                 <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="089DA199" w14:textId="77777777" w:rsidR="00F23A6B" w:rsidRPr="0038266C" w:rsidRDefault="00F23A6B" w:rsidP="00F23A6B">
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -5287,51 +5367,51 @@
           <w:p w14:paraId="51D24ABE" w14:textId="77777777" w:rsidR="00F23A6B" w:rsidRPr="0038266C" w:rsidRDefault="00F23A6B" w:rsidP="00F23A6B">
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:between w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:bar w:val="none" w:sz="0" w:color="auto"/>
               </w:pBdr>
               <w:ind w:left="-57"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:szCs w:val="20"/>
                 <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0038266C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:szCs w:val="20"/>
                 <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               </w:rPr>
               <w:t xml:space="preserve">Email: </w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r w:rsidRPr="0038266C">
                 <w:rPr>
                   <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                   <w:color w:val="0000FF"/>
                   <w:szCs w:val="20"/>
                   <w:u w:val="single"/>
                   <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 </w:rPr>
                 <w:t>stgh-tr.Restorative.Dentistry@nhs.net</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p w14:paraId="4EBC23BC" w14:textId="77777777" w:rsidR="00F23A6B" w:rsidRPr="0038266C" w:rsidRDefault="00F23A6B" w:rsidP="00F23A6B">
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:between w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:bar w:val="none" w:sz="0" w:color="auto"/>
               </w:pBdr>
               <w:ind w:left="-57"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Arial"/>
@@ -5380,51 +5460,51 @@
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:between w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:bar w:val="none" w:sz="0" w:color="auto"/>
               </w:pBdr>
               <w:ind w:left="-57"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:color w:val="993366"/>
                 <w:szCs w:val="20"/>
                 <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0038266C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:szCs w:val="20"/>
                 <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               </w:rPr>
               <w:t xml:space="preserve">Email: </w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r w:rsidRPr="0038266C">
                 <w:rPr>
                   <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                   <w:color w:val="0000FF"/>
                   <w:szCs w:val="20"/>
                   <w:u w:val="single"/>
                   <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 </w:rPr>
                 <w:t>khft.restorativedentistry@nhs.net</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="095C0BB3" w14:textId="77777777" w:rsidR="00F23A6B" w:rsidRPr="0038266C" w:rsidRDefault="00F23A6B" w:rsidP="00DD2BF8">
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:between w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -5716,51 +5796,65 @@
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Calibri"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6095" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="6EADC32D" w14:textId="365CF672" w:rsidR="00942B20" w:rsidRPr="007209E1" w:rsidRDefault="00942B20" w:rsidP="001A4CDD">
             <w:pPr>
               <w:pStyle w:val="NormalWeb"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Calibri"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007209E1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Calibri"/>
               </w:rPr>
-              <w:t>Hillingdon Endodontic Centre @ Yiewsley Dental Practice (UB7 8HJ)</w:t>
+              <w:t xml:space="preserve">Hillingdon Endodontic Centre @ </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007209E1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t>Yiewsley</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007209E1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Dental Practice (UB7 8HJ)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="1B25945B" w14:textId="77777777" w:rsidR="00942B20" w:rsidRPr="00DD2BF8" w:rsidRDefault="00942B20" w:rsidP="001A4CDD">
             <w:pPr>
               <w:pStyle w:val="NormalWeb"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Calibri"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00942B20" w:rsidRPr="00942B20" w14:paraId="38089E3C" w14:textId="77777777" w:rsidTr="00942B20">
         <w:tc>
@@ -5781,56 +5875,58 @@
             </w:pPr>
             <w:r w:rsidRPr="007209E1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Calibri"/>
               </w:rPr>
               <w:t>Ealing and Hounslow</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6095" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="1ABBB1EB" w14:textId="177746A8" w:rsidR="0043194F" w:rsidRPr="007209E1" w:rsidRDefault="00993C37" w:rsidP="001A4CDD">
             <w:pPr>
               <w:pStyle w:val="NormalWeb"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Calibri"/>
               </w:rPr>
             </w:pPr>
+            <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="007209E1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Calibri"/>
               </w:rPr>
               <w:t>TBC</w:t>
             </w:r>
+            <w:proofErr w:type="gramEnd"/>
             <w:r w:rsidR="00942B20" w:rsidRPr="007209E1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Calibri"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="007209E1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Calibri"/>
               </w:rPr>
               <w:t xml:space="preserve">  </w:t>
             </w:r>
             <w:r w:rsidR="00942B20" w:rsidRPr="007209E1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Calibri"/>
               </w:rPr>
               <w:t>Please use surrounding services</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="2DA54303" w14:textId="77777777" w:rsidR="0043194F" w:rsidRPr="00DD2BF8" w:rsidRDefault="0043194F" w:rsidP="001A4CDD">
@@ -5936,55 +6032,77 @@
             </w:pPr>
             <w:r w:rsidRPr="007209E1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Calibri"/>
               </w:rPr>
               <w:t>Hammersmith &amp; Fulham, Kensington &amp; Chelsea and Westminster</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6095" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="725C3E9E" w14:textId="6CEE8120" w:rsidR="0043194F" w:rsidRPr="007209E1" w:rsidRDefault="00993C37" w:rsidP="001A4CDD">
             <w:pPr>
               <w:pStyle w:val="NormalWeb"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Calibri"/>
               </w:rPr>
             </w:pPr>
+            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="007209E1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Calibri"/>
               </w:rPr>
-              <w:t>EndoBDG @ Bloom &amp; Gonsai (W1G 8DB)</w:t>
+              <w:t>EndoBDG</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007209E1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> @ Bloom &amp; </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007209E1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t>Gonsai</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007209E1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (W1G 8DB)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="57DB25D0" w14:textId="77777777" w:rsidR="0043194F" w:rsidRPr="00DD2BF8" w:rsidRDefault="0043194F" w:rsidP="001A4CDD">
             <w:pPr>
               <w:pStyle w:val="NormalWeb"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Calibri"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00942B20" w:rsidRPr="00942B20" w14:paraId="56FC9328" w14:textId="77777777" w:rsidTr="00942B20">
         <w:tc>
@@ -6021,51 +6139,65 @@
               </w:rPr>
               <w:t>tham Forest</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6095" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="1D205231" w14:textId="07FB16F7" w:rsidR="0043194F" w:rsidRPr="007209E1" w:rsidRDefault="00993C37" w:rsidP="001A4CDD">
             <w:pPr>
               <w:pStyle w:val="NormalWeb"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Calibri"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007209E1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Calibri"/>
               </w:rPr>
-              <w:t>MOS Solutions Ltd @ Dentaliving (IG5 0NZ)</w:t>
+              <w:t xml:space="preserve">MOS Solutions Ltd @ </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007209E1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t>Dentaliving</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007209E1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (IG5 0NZ)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="7BFDE9BB" w14:textId="77777777" w:rsidR="0043194F" w:rsidRPr="00DD2BF8" w:rsidRDefault="0043194F" w:rsidP="001A4CDD">
             <w:pPr>
               <w:pStyle w:val="NormalWeb"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Calibri"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00942B20" w:rsidRPr="00942B20" w14:paraId="45963565" w14:textId="77777777" w:rsidTr="00942B20">
         <w:tc>
@@ -6426,55 +6558,77 @@
             </w:pPr>
             <w:r w:rsidRPr="007209E1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Calibri"/>
               </w:rPr>
               <w:t>Bexley and Greenwich</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6095" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="2C17C8FF" w14:textId="39A0C60F" w:rsidR="00993C37" w:rsidRPr="007209E1" w:rsidRDefault="00942B20" w:rsidP="001A4CDD">
             <w:pPr>
               <w:pStyle w:val="NormalWeb"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Calibri"/>
               </w:rPr>
             </w:pPr>
+            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="007209E1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Calibri"/>
               </w:rPr>
-              <w:t>Bexleyhealth Dental Practice Ltd @ Bexleyhealth Dental Practice (DA6 8AA)</w:t>
+              <w:t>Bexleyhealth</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007209E1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Dental Practice Ltd @ </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007209E1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t>Bexleyhealth</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007209E1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Dental Practice (DA6 8AA)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="2786A90B" w14:textId="77777777" w:rsidR="00993C37" w:rsidRPr="00DD2BF8" w:rsidRDefault="00993C37" w:rsidP="001A4CDD">
             <w:pPr>
               <w:pStyle w:val="NormalWeb"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Calibri"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00993C37" w14:paraId="143B9948" w14:textId="77777777" w:rsidTr="00942B20">
         <w:tc>
@@ -6495,55 +6649,63 @@
             </w:pPr>
             <w:r w:rsidRPr="007209E1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Calibri"/>
               </w:rPr>
               <w:t>Bromley</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6095" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="05DF9C4A" w14:textId="50143941" w:rsidR="00993C37" w:rsidRPr="007209E1" w:rsidRDefault="00942B20" w:rsidP="001A4CDD">
             <w:pPr>
               <w:pStyle w:val="NormalWeb"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Calibri"/>
               </w:rPr>
             </w:pPr>
+            <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="007209E1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Calibri"/>
               </w:rPr>
-              <w:t xml:space="preserve">TBC </w:t>
+              <w:t>TBC</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="007209E1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="007209E1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Calibri"/>
               </w:rPr>
               <w:t xml:space="preserve">  </w:t>
             </w:r>
             <w:r w:rsidRPr="007209E1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Calibri"/>
               </w:rPr>
               <w:t>Please use surrounding services</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="6E7B88CA" w14:textId="77777777" w:rsidR="00993C37" w:rsidRPr="00DD2BF8" w:rsidRDefault="00993C37" w:rsidP="001A4CDD">
             <w:pPr>
               <w:pStyle w:val="NormalWeb"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
@@ -7475,51 +7637,71 @@
         <w:pBdr>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:between w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:bar w:val="none" w:sz="0" w:color="auto"/>
         </w:pBdr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial Narrow" w:cs="ArialNarrow"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BC1251">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial Narrow" w:cs="ArialNarrow"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:rPr>
-        <w:t>Referral request must fall into either level II or 3 complexity as described in the acceptance criteria below.</w:t>
+        <w:t xml:space="preserve">Referral request must fall into either level II or 3 </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00BC1251">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial Narrow" w:cs="ArialNarrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:rPr>
+        <w:t>complexity</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00BC1251">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial Narrow" w:cs="ArialNarrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> as described in the acceptance criteria below.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="00C9CE91" w14:textId="178324A2" w:rsidR="0084425F" w:rsidRPr="00BC1251" w:rsidRDefault="0084425F" w:rsidP="00DD5652">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:between w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:bar w:val="none" w:sz="0" w:color="auto"/>
         </w:pBdr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial Narrow" w:cs="ArialNarrow"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -7713,51 +7895,71 @@
         <w:pBdr>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:between w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:bar w:val="none" w:sz="0" w:color="auto"/>
         </w:pBdr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial Narrow" w:cs="ArialNarrow"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BC1251">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial Narrow" w:cs="ArialNarrow"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:rPr>
-        <w:t>Radiographs (and thus the referral) will be rejected by the triager if the d</w:t>
+        <w:t xml:space="preserve">Radiographs (and thus the referral) will be rejected by the </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BC1251">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial Narrow" w:cs="ArialNarrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:rPr>
+        <w:t>triager</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BC1251">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial Narrow" w:cs="ArialNarrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> if the d</w:t>
       </w:r>
       <w:r w:rsidR="00DD5652" w:rsidRPr="00BC1251">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial Narrow" w:cs="ArialNarrow"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:rPr>
         <w:t xml:space="preserve">iagnostic quality is unsafe for </w:t>
       </w:r>
       <w:r w:rsidRPr="00BC1251">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial Narrow" w:cs="ArialNarrow"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:rPr>
         <w:t>decision-making (radiographs fall into either IR(ME)R2000 grade 1 or 2).</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1BD382E3" w14:textId="63D11C73" w:rsidR="0084425F" w:rsidRPr="00BC1251" w:rsidRDefault="0084425F" w:rsidP="00DD5652">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
@@ -7828,51 +8030,75 @@
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00BC1251">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial Narrow" w:cs="ArialNarrow-Italic"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:rPr>
         <w:t>does not allow safe diagn</w:t>
       </w:r>
       <w:r w:rsidR="00DD5652" w:rsidRPr="00BC1251">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial Narrow" w:cs="ArialNarrow-Italic"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:rPr>
-        <w:t>ostic assessment by the triager.</w:t>
+        <w:t xml:space="preserve">ostic assessment by the </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00DD5652" w:rsidRPr="00BC1251">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial Narrow" w:cs="ArialNarrow-Italic"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:rPr>
+        <w:t>triager</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00DD5652" w:rsidRPr="00BC1251">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial Narrow" w:cs="ArialNarrow-Italic"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5C8C8019" w14:textId="77777777" w:rsidR="00DD5652" w:rsidRPr="00BC1251" w:rsidRDefault="00DD5652" w:rsidP="00DD5652">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:between w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:bar w:val="none" w:sz="0" w:color="auto"/>
         </w:pBdr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial Narrow" w:cs="Arial-BoldMT"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:u w:val="single"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:rPr>
@@ -8042,51 +8268,71 @@
         <w:pBdr>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:between w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:bar w:val="none" w:sz="0" w:color="auto"/>
         </w:pBdr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial Narrow" w:cs="ArialMT"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BC1251">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial Narrow" w:cs="ArialMT"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:rPr>
-        <w:t>Root canals with a curvatures &lt; 30° to the root canal, following straight line access, not &gt; 25 mm long and considered negotiable (i.e. canal(s) not sclerosed) through their entire length.</w:t>
+        <w:t xml:space="preserve">Root canals with a </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00BC1251">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial Narrow" w:cs="ArialMT"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:rPr>
+        <w:t>curvatures</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00BC1251">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial Narrow" w:cs="ArialMT"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> &lt; 30° to the root canal, following straight line access, not &gt; 25 mm long and considered negotiable (i.e. canal(s) not sclerosed) through their entire length.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5AF289CC" w14:textId="38E5A1A7" w:rsidR="00DD5652" w:rsidRPr="00BC1251" w:rsidRDefault="00DD5652" w:rsidP="00DD5652">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:between w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:bar w:val="none" w:sz="0" w:color="auto"/>
         </w:pBdr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial Narrow" w:cs="ArialMT"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -8673,51 +8919,71 @@
       <w:r w:rsidRPr="00BC1251">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial Narrow" w:cs="ArialMT"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:rPr>
         <w:t>The treatment of teeth affected by dental trauma when root canal treatment is designated</w:t>
       </w:r>
       <w:r w:rsidR="00652869" w:rsidRPr="00BC1251">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial Narrow" w:cs="ArialMT"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00BC1251">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial Narrow" w:cs="ArialMT"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:rPr>
-        <w:t>at Level 2 complexity, and including vital pulp therapy e.g. partial pulpotomy.</w:t>
+        <w:t xml:space="preserve">at Level 2 </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00BC1251">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial Narrow" w:cs="ArialMT"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:rPr>
+        <w:t>complexity, and</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00BC1251">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial Narrow" w:cs="ArialMT"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> including vital pulp therapy e.g. partial pulpotomy.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="261CEF67" w14:textId="77777777" w:rsidR="00652869" w:rsidRPr="00BC1251" w:rsidRDefault="00652869" w:rsidP="00652869">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:pBdr>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:between w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:bar w:val="none" w:sz="0" w:color="auto"/>
         </w:pBdr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial Narrow" w:cs="ArialMT"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="5F23407C" w14:textId="77777777" w:rsidR="00DD5652" w:rsidRPr="00BC1251" w:rsidRDefault="00DD5652" w:rsidP="00652869">
@@ -9300,51 +9566,71 @@
       <w:r w:rsidRPr="00BC1251">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial Narrow" w:cs="ArialMT"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:rPr>
         <w:t>Root fillings should be well-compacted and amenable to removal using</w:t>
       </w:r>
       <w:r w:rsidR="00652869" w:rsidRPr="00BC1251">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial Narrow" w:cs="ArialMT"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00BC1251">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial Narrow" w:cs="ArialMT"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:rPr>
-        <w:t>conventional techniques, and may be short of the optimal working length with NO</w:t>
+        <w:t xml:space="preserve">conventional </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00BC1251">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial Narrow" w:cs="ArialMT"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:rPr>
+        <w:t>techniques, and</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00BC1251">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial Narrow" w:cs="ArialMT"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> may be short of the optimal working length with NO</w:t>
       </w:r>
       <w:r w:rsidR="00652869" w:rsidRPr="00BC1251">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial Narrow" w:cs="ArialMT"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00BC1251">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial Narrow" w:cs="ArialMT"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:rPr>
         <w:t>radiographic evidence of likely canal patency beyond the root filling.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="63907DB5" w14:textId="286FE892" w:rsidR="00DD5652" w:rsidRPr="00BC1251" w:rsidRDefault="00DD5652" w:rsidP="00652869">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
@@ -9638,51 +9924,71 @@
         <w:pBdr>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:between w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:bar w:val="none" w:sz="0" w:color="auto"/>
         </w:pBdr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial Narrow" w:cs="ArialMT"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BC1251">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial Narrow" w:cs="ArialMT"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:rPr>
-        <w:t>Root canal systems with anatomical complexities other than curvatures; e.g., complex</w:t>
+        <w:t xml:space="preserve">Root canal systems with anatomical complexities other than </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00BC1251">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial Narrow" w:cs="ArialMT"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:rPr>
+        <w:t>curvatures;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00BC1251">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial Narrow" w:cs="ArialMT"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> e.g., complex</w:t>
       </w:r>
       <w:r w:rsidR="00652869" w:rsidRPr="00BC1251">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial Narrow" w:cs="ArialMT"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00BC1251">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial Narrow" w:cs="ArialMT"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:rPr>
         <w:t>developmental tooth anomalies, additional roots, bifid apices, complex branching of root</w:t>
       </w:r>
       <w:r w:rsidR="00652869" w:rsidRPr="00BC1251">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial Narrow" w:cs="ArialMT"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -9755,94 +10061,125 @@
     <w:p w14:paraId="523FC037" w14:textId="4C9FF456" w:rsidR="00DD5652" w:rsidRPr="00BC1251" w:rsidRDefault="00DD5652" w:rsidP="00652869">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:between w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:bar w:val="none" w:sz="0" w:color="auto"/>
         </w:pBdr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial Narrow" w:cs="ArialMT"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:rPr>
       </w:pPr>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00BC1251">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial Narrow" w:cs="ArialMT"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:rPr>
-        <w:t>Periradicular surgery, when endodontic retreatment under any Level is not possible or</w:t>
+        <w:t>Periradicular</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BC1251">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial Narrow" w:cs="ArialMT"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> surgery, when endodontic retreatment under any Level is not possible or</w:t>
       </w:r>
       <w:r w:rsidR="00652869" w:rsidRPr="00BC1251">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial Narrow" w:cs="ArialMT"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00BC1251">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial Narrow" w:cs="ArialMT"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:rPr>
         <w:t>when conventional root canal treatment has been completed to guideline quality standards</w:t>
       </w:r>
       <w:r w:rsidR="00652869" w:rsidRPr="00BC1251">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial Narrow" w:cs="ArialMT"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00BC1251">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial Narrow" w:cs="ArialMT"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:rPr>
-        <w:t>(details of treatment to be given e.g. rubber dam isolation, sodium hypochlorite irrigant,</w:t>
+        <w:t xml:space="preserve">(details of treatment to be given e.g. rubber dam isolation, sodium hypochlorite </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BC1251">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial Narrow" w:cs="ArialMT"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:rPr>
+        <w:t>irrigant</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BC1251">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial Narrow" w:cs="ArialMT"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:rPr>
+        <w:t>,</w:t>
       </w:r>
       <w:r w:rsidR="00652869" w:rsidRPr="00BC1251">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial Narrow" w:cs="ArialMT"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00BC1251">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial Narrow" w:cs="ArialMT"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:rPr>
         <w:t>restored with a restoration with no obvious signs of microleakage).</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4577D26F" w14:textId="419D8DFE" w:rsidR="00DD5652" w:rsidRPr="00BC1251" w:rsidRDefault="00DD5652" w:rsidP="00652869">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
@@ -10064,51 +10401,71 @@
       <w:r w:rsidRPr="00BC1251">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial Narrow" w:cs="ArialMT"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:rPr>
         <w:t>Failed local analgesia following primary injection(s) and a supplemental injection</w:t>
       </w:r>
       <w:r w:rsidR="00E5518E" w:rsidRPr="00BC1251">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial Narrow" w:cs="ArialMT"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00BC1251">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial Narrow" w:cs="ArialMT"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:rPr>
-        <w:t>(intraligamental / intraosseous). Sedation/GA will be required.</w:t>
+        <w:t>(</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BC1251">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial Narrow" w:cs="ArialMT"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:rPr>
+        <w:t>intraligamental</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BC1251">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial Narrow" w:cs="ArialMT"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> / intraosseous). Sedation/GA will be required.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1115915C" w14:textId="73BE465F" w:rsidR="00DD5652" w:rsidRPr="00BC1251" w:rsidRDefault="00DD5652" w:rsidP="00E5518E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:between w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:bar w:val="none" w:sz="0" w:color="auto"/>
         </w:pBdr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial Narrow" w:cs="ArialMT"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -10816,51 +11173,67 @@
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">All referrals must be accompanied by a current, dated and diagnostically acceptable parallel-view periapical radiograph(s) of the tooth (teeth) referred. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="136FC0BC" w14:textId="609C36CF" w:rsidR="00856B3C" w:rsidRPr="00BC1251" w:rsidRDefault="00856B3C" w:rsidP="00856B3C">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Calibri"/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BC1251">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Calibri"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve">Radiographs (and thus the referral) will be rejected by the triager if the diagnostic quality is unsafe for decision-making (radiographs fall into either </w:t>
+        <w:t xml:space="preserve">Radiographs (and thus the referral) will be rejected by the </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BC1251">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>triager</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BC1251">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> if the diagnostic quality is unsafe for decision-making (radiographs fall into either </w:t>
       </w:r>
       <w:r w:rsidRPr="00BC1251">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Calibri"/>
         </w:rPr>
         <w:t>IR(ME)R2000</w:t>
       </w:r>
       <w:r w:rsidRPr="00BC1251">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Calibri"/>
           <w:color w:val="3B3B3B"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00487F0B" w:rsidRPr="00BC1251">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Calibri"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>g</w:t>
       </w:r>
       <w:r w:rsidRPr="00BC1251">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Calibri"/>
           <w:color w:val="000000"/>
@@ -10878,51 +11251,69 @@
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Calibri"/>
           <w:bCs/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BC1251">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Calibri"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">Where paper copies of conventional or digital radiographs accompany the referral the same quality standards will apply </w:t>
       </w:r>
       <w:r w:rsidRPr="00BC1251">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Calibri"/>
           <w:i/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve">e.g. the referral will not be accepted where the quality of the paper copy does not allow safe diagnostic assessment by the triager. </w:t>
+        <w:t xml:space="preserve">e.g. the referral will not be accepted where the quality of the paper copy does not allow safe diagnostic assessment by the </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BC1251">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Calibri"/>
+          <w:i/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>triager</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BC1251">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Calibri"/>
+          <w:i/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6FC11E97" w14:textId="4E0F2FAE" w:rsidR="007D1B64" w:rsidRPr="00BC1251" w:rsidRDefault="007D1B64">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:between w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:bar w:val="none" w:sz="0" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BC1251">
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
@@ -10985,57 +11376,67 @@
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="3A131020" w14:textId="77777777" w:rsidR="000066A5" w:rsidRPr="008412CC" w:rsidRDefault="000066A5" w:rsidP="000066A5">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:between w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:bar w:val="none" w:sz="0" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
+      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="008412CC">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>Firstly pick the most curved root.</w:t>
+        <w:t>Firstly</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="008412CC">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> pick the most curved root.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="085E5C11" w14:textId="77777777" w:rsidR="000066A5" w:rsidRPr="008412CC" w:rsidRDefault="000066A5" w:rsidP="000066A5">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:between w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:bar w:val="none" w:sz="0" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008412CC">
@@ -11128,117 +11529,50 @@
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008412CC">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:b/>
           <w:noProof/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="44E39A48" wp14:editId="6AA2A355">
             <wp:extent cx="1350000" cy="2660400"/>
             <wp:effectExtent l="0" t="0" r="3175" b="6985"/>
             <wp:docPr id="1" name="Picture 1"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 5"/>
-                    <pic:cNvPicPr>
-[...65 lines deleted...]
-                    <pic:cNvPr id="0" name="Picture 2"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId16">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1350000" cy="2660400"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
@@ -11250,62 +11584,62 @@
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r w:rsidRPr="008412CC">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
       <w:r w:rsidRPr="008412CC">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:b/>
           <w:noProof/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="50C625BF" wp14:editId="5CA2FC6F">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="7C60D249" wp14:editId="297035A1">
             <wp:extent cx="1350000" cy="2660400"/>
             <wp:effectExtent l="0" t="0" r="3175" b="6985"/>
-            <wp:docPr id="13" name="Picture 13"/>
+            <wp:docPr id="2" name="Picture 2"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="Picture 3"/>
+                    <pic:cNvPr id="0" name="Picture 2"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId17">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1350000" cy="2660400"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
@@ -11317,98 +11651,165 @@
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r w:rsidRPr="008412CC">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
       <w:r w:rsidRPr="008412CC">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:b/>
           <w:noProof/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="73BB0550" wp14:editId="68C7C9D8">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="50C625BF" wp14:editId="5CA2FC6F">
             <wp:extent cx="1350000" cy="2660400"/>
             <wp:effectExtent l="0" t="0" r="3175" b="6985"/>
-            <wp:docPr id="14" name="Picture 14"/>
+            <wp:docPr id="13" name="Picture 13"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="Picture 4"/>
+                    <pic:cNvPr id="0" name="Picture 3"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId18">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1350000" cy="2660400"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
+      <w:r w:rsidRPr="008412CC">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008412CC">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:b/>
+          <w:noProof/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="73BB0550" wp14:editId="68C7C9D8">
+            <wp:extent cx="1350000" cy="2660400"/>
+            <wp:effectExtent l="0" t="0" r="3175" b="6985"/>
+            <wp:docPr id="14" name="Picture 14"/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="0" name="Picture 4"/>
+                    <pic:cNvPicPr>
+                      <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                    </pic:cNvPicPr>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId19">
+                      <a:extLst>
+                        <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                          <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                        </a:ext>
+                      </a:extLst>
+                    </a:blip>
+                    <a:srcRect/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr bwMode="auto">
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="1350000" cy="2660400"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                    <a:noFill/>
+                    <a:ln>
+                      <a:noFill/>
+                    </a:ln>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </w:r>
     </w:p>
     <w:p w14:paraId="29897EE4" w14:textId="15BDCAC2" w:rsidR="000066A5" w:rsidRPr="008412CC" w:rsidRDefault="000066A5" w:rsidP="000066A5">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008412CC">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">                    1                                 </w:t>
       </w:r>
       <w:r w:rsidR="008412CC">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
@@ -11453,51 +11854,69 @@
       </w:r>
       <w:r w:rsidRPr="008412CC">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">             4</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1AD5BC82" w14:textId="77777777" w:rsidR="000066A5" w:rsidRPr="008412CC" w:rsidRDefault="000066A5" w:rsidP="000066A5">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008412CC">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>To measure this accurately, your digital radiography software can be used or alternatively an old fashioned protractor can be used.</w:t>
+        <w:t xml:space="preserve">To measure this accurately, your digital radiography software can be used or alternatively an </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="008412CC">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>old fashioned</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="008412CC">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> protractor can be used.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="14AD8C3D" w14:textId="77777777" w:rsidR="000066A5" w:rsidRPr="008412CC" w:rsidRDefault="000066A5" w:rsidP="000066A5">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:b/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="3855E9C0" w14:textId="77777777" w:rsidR="000066A5" w:rsidRPr="008412CC" w:rsidRDefault="000066A5" w:rsidP="000066A5">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008412CC">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:b/>
@@ -11563,51 +11982,51 @@
           <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251691008" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="53974001" wp14:editId="3BA0856B">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
               <wp:posOffset>4114800</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>14605</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="1424940" cy="2533015"/>
             <wp:effectExtent l="0" t="0" r="3810" b="635"/>
             <wp:wrapSquare wrapText="bothSides"/>
             <wp:docPr id="15" name="Picture 5"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="6" name="Picture 5"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId19" cstate="print">
+                    <a:blip r:embed="rId20" cstate="print">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1424940" cy="2533015"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
             <wp14:sizeRelH relativeFrom="margin">
               <wp14:pctWidth>0</wp14:pctWidth>
             </wp14:sizeRelH>
@@ -11825,153 +12244,152 @@
           <w:rFonts w:ascii="Arial Narrow" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial Narrow" w:cs="ArialMT"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008412CC">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial Narrow" w:cs="ArialMT"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="008412CC">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial Narrow" w:cs="Arial-ItalicMT"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>Guide kindly produced by Geoffrey St. George – Consultant in Restorative Dentistry, UCLH</w:t>
       </w:r>
       <w:r w:rsidRPr="008412CC">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial Narrow" w:cs="ArialMT"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="000066A5" w:rsidRPr="008412CC" w:rsidSect="00F23A6B">
-      <w:headerReference w:type="default" r:id="rId20"/>
-      <w:footerReference w:type="default" r:id="rId21"/>
+      <w:headerReference w:type="default" r:id="rId21"/>
+      <w:footerReference w:type="default" r:id="rId22"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1702" w:left="1440" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
     <w:p w14:paraId="79980096" w14:textId="77777777" w:rsidR="00A13E38" w:rsidRDefault="00A13E38" w:rsidP="00A13E38">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="6C6809C9" w14:textId="77777777" w:rsidR="00A13E38" w:rsidRDefault="00A13E38" w:rsidP="00A13E38">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial Unicode MS">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="80"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="F7FFAFFF" w:usb1="E9DFFFFF" w:usb2="0000003F" w:usb3="00000000" w:csb0="003F01FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Mincho">
     <w:altName w:val="ＭＳ 明朝"/>
     <w:panose1 w:val="02020609040205080304"/>
     <w:charset w:val="80"/>
-    <w:family w:val="roman"/>
-    <w:notTrueType/>
+    <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
-    <w:sig w:usb0="00000001" w:usb1="08070000" w:usb2="00000010" w:usb3="00000000" w:csb0="00020000" w:csb1="00000000"/>
+    <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="ArialNarrow">
     <w:altName w:val="Arial"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial Narrow">
     <w:panose1 w:val="020B0606020202030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000800" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="ArialNarrow-Bold">
@@ -12006,51 +12424,51 @@
     <w:family w:val="swiss"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="ArialMT">
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial-ItalicMT">
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:sdt>
     <w:sdtPr>
       <w:id w:val="2082486224"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtEndPr>
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
     </w:sdtEndPr>
     <w:sdtContent>
       <w:p w14:paraId="677360F0" w14:textId="441D9601" w:rsidR="001F10FE" w:rsidRPr="001F10FE" w:rsidRDefault="001F10FE">
         <w:pPr>
           <w:pStyle w:val="Footer"/>
           <w:jc w:val="right"/>
           <w:rPr>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
         </w:pPr>
@@ -12113,70 +12531,70 @@
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t>NHS England and NHS Improvement (London Region) MS Word Endodontic Referral Form –</w:t>
     </w:r>
     <w:r w:rsidR="00984146">
       <w:rPr>
         <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
     <w:r w:rsidRPr="001F10FE">
       <w:rPr>
         <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t>version 01/11/19</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
     <w:p w14:paraId="39FFA752" w14:textId="77777777" w:rsidR="00A13E38" w:rsidRDefault="00A13E38" w:rsidP="00A13E38">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="23579E97" w14:textId="77777777" w:rsidR="00A13E38" w:rsidRDefault="00A13E38" w:rsidP="00A13E38">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="7C384468" w14:textId="6B2ED07F" w:rsidR="00750CB9" w:rsidRDefault="00750CB9" w:rsidP="00750CB9">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:jc w:val="right"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:lang w:eastAsia="en-GB"/>
       </w:rPr>
       <w:drawing>
         <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="1E23D3F5" wp14:editId="16E50649">
           <wp:extent cx="810895" cy="328930"/>
           <wp:effectExtent l="0" t="0" r="8255" b="0"/>
           <wp:docPr id="5" name="Picture 5"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
                   <pic:cNvPr id="0" name="Picture 1"/>
                   <pic:cNvPicPr>
                     <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
@@ -12194,51 +12612,51 @@
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr bwMode="auto">
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="810895" cy="328930"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                   <a:noFill/>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
         </wp:inline>
       </w:drawing>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="0FDD55DB"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="07685CA0"/>
     <w:lvl w:ilvl="0" w:tplc="08090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
@@ -13342,202 +13760,207 @@
     <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6840" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1">
+  <w:num w:numId="1" w16cid:durableId="1511065580">
     <w:abstractNumId w:val="0"/>
     <w:lvlOverride w:ilvl="0"/>
     <w:lvlOverride w:ilvl="1">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="2">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="3">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="4">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
-  <w:num w:numId="2">
+  <w:num w:numId="2" w16cid:durableId="559094767">
     <w:abstractNumId w:val="2"/>
     <w:lvlOverride w:ilvl="0"/>
     <w:lvlOverride w:ilvl="1">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="2">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="3">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="4">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
-  <w:num w:numId="3">
+  <w:num w:numId="3" w16cid:durableId="1006983408">
     <w:abstractNumId w:val="10"/>
   </w:num>
-  <w:num w:numId="4">
+  <w:num w:numId="4" w16cid:durableId="1826504829">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="5">
+  <w:num w:numId="5" w16cid:durableId="1900238817">
     <w:abstractNumId w:val="0"/>
   </w:num>
-  <w:num w:numId="6">
+  <w:num w:numId="6" w16cid:durableId="942372483">
     <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="7">
+  <w:num w:numId="7" w16cid:durableId="1714847025">
     <w:abstractNumId w:val="9"/>
   </w:num>
-  <w:num w:numId="8">
+  <w:num w:numId="8" w16cid:durableId="1993292188">
     <w:abstractNumId w:val="7"/>
   </w:num>
-  <w:num w:numId="9">
+  <w:num w:numId="9" w16cid:durableId="413090118">
     <w:abstractNumId w:val="6"/>
   </w:num>
-  <w:num w:numId="10">
+  <w:num w:numId="10" w16cid:durableId="2094281083">
     <w:abstractNumId w:val="5"/>
   </w:num>
-  <w:num w:numId="11">
+  <w:num w:numId="11" w16cid:durableId="1476530830">
     <w:abstractNumId w:val="4"/>
   </w:num>
-  <w:num w:numId="12">
+  <w:num w:numId="12" w16cid:durableId="1176773599">
     <w:abstractNumId w:val="8"/>
   </w:num>
-  <w:num w:numId="13">
+  <w:num w:numId="13" w16cid:durableId="1568808994">
     <w:abstractNumId w:val="3"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15">
-[...1 lines deleted...]
-  <w:revisionView w:inkAnnotations="0"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="100"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="10241"/>
+    <o:shapedefaults v:ext="edit" spidmax="14337"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00856B3C"/>
     <w:rsid w:val="000066A5"/>
     <w:rsid w:val="00010F48"/>
     <w:rsid w:val="000B5639"/>
     <w:rsid w:val="000E2F61"/>
     <w:rsid w:val="000F2293"/>
     <w:rsid w:val="001009B1"/>
     <w:rsid w:val="001019D9"/>
     <w:rsid w:val="001324F1"/>
     <w:rsid w:val="001647BB"/>
     <w:rsid w:val="00174489"/>
     <w:rsid w:val="001A4CDD"/>
     <w:rsid w:val="001F10FE"/>
+    <w:rsid w:val="002843A6"/>
     <w:rsid w:val="002F0513"/>
+    <w:rsid w:val="00330CD0"/>
     <w:rsid w:val="00340718"/>
     <w:rsid w:val="003532C8"/>
     <w:rsid w:val="003805A2"/>
     <w:rsid w:val="0038266C"/>
     <w:rsid w:val="00392924"/>
+    <w:rsid w:val="00395CA6"/>
     <w:rsid w:val="003D0F4D"/>
     <w:rsid w:val="0043194F"/>
     <w:rsid w:val="00434AF4"/>
     <w:rsid w:val="00451F42"/>
     <w:rsid w:val="004555CF"/>
     <w:rsid w:val="00487F0B"/>
     <w:rsid w:val="004A2C5A"/>
     <w:rsid w:val="004A770B"/>
     <w:rsid w:val="004E332D"/>
     <w:rsid w:val="0052300F"/>
     <w:rsid w:val="00593C60"/>
     <w:rsid w:val="005F6511"/>
     <w:rsid w:val="0062010D"/>
     <w:rsid w:val="006306BE"/>
     <w:rsid w:val="006453F8"/>
     <w:rsid w:val="00652869"/>
+    <w:rsid w:val="006A6F52"/>
     <w:rsid w:val="006B12BE"/>
     <w:rsid w:val="006E677D"/>
     <w:rsid w:val="007150FA"/>
     <w:rsid w:val="007209E1"/>
     <w:rsid w:val="007345A4"/>
     <w:rsid w:val="00750CB9"/>
     <w:rsid w:val="00753736"/>
     <w:rsid w:val="007D1B64"/>
     <w:rsid w:val="00816BF9"/>
     <w:rsid w:val="008412CC"/>
     <w:rsid w:val="00842209"/>
     <w:rsid w:val="0084425F"/>
     <w:rsid w:val="00856B3C"/>
     <w:rsid w:val="00867D67"/>
     <w:rsid w:val="008A02E4"/>
     <w:rsid w:val="008D6171"/>
     <w:rsid w:val="008D7F42"/>
     <w:rsid w:val="00935D45"/>
     <w:rsid w:val="00942B20"/>
     <w:rsid w:val="00981A3F"/>
     <w:rsid w:val="00984146"/>
     <w:rsid w:val="00984548"/>
     <w:rsid w:val="00993C37"/>
     <w:rsid w:val="009F75B0"/>
     <w:rsid w:val="00A13E38"/>
@@ -13569,76 +13992,76 @@
     <w:rsid w:val="00E80C32"/>
     <w:rsid w:val="00EC0A70"/>
     <w:rsid w:val="00F112DA"/>
     <w:rsid w:val="00F12D6C"/>
     <w:rsid w:val="00F23A6B"/>
     <w:rsid w:val="00FB28CB"/>
     <w:rsid w:val="00FC7C05"/>
     <w:rsid w:val="00FD0B98"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-GB"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="10241"/>
+    <o:shapedefaults v:ext="edit" spidmax="14337"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="7E1B4290"/>
   <w15:docId w15:val="{0C99DBCD-88B8-40A8-8830-02126DB4352A}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-GB" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -13966,50 +14389,55 @@
     <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:rsid w:val="00856B3C"/>
     <w:pPr>
       <w:pBdr>
         <w:top w:val="nil"/>
         <w:left w:val="nil"/>
         <w:bottom w:val="nil"/>
         <w:right w:val="nil"/>
         <w:between w:val="nil"/>
         <w:bar w:val="nil"/>
       </w:pBdr>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:eastAsia="Arial Unicode MS" w:hAnsi="Arial" w:cs="Times New Roman"/>
       <w:szCs w:val="24"/>
       <w:bdr w:val="nil"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading1Char"/>
@@ -14380,61 +14808,84 @@
       <w:bdr w:val="nil"/>
     </w:rPr>
   </w:style>
   <w:style w:type="table" w:customStyle="1" w:styleId="TableGrid1">
     <w:name w:val="Table Grid1"/>
     <w:basedOn w:val="TableNormal"/>
     <w:next w:val="TableGrid"/>
     <w:rsid w:val="0038266C"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
       <w:lang w:eastAsia="en-GB"/>
     </w:rPr>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
+  <w:style w:type="character" w:styleId="Hyperlink">
+    <w:name w:val="Hyperlink"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00330CD0"/>
+    <w:rPr>
+      <w:color w:val="0563C1" w:themeColor="hyperlink"/>
+      <w:u w:val="single"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="UnresolvedMention">
+    <w:name w:val="Unresolved Mention"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00330CD0"/>
+    <w:rPr>
+      <w:color w:val="605E5C"/>
+      <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
+    </w:rPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:CLCHT.specialistdental@nhs.net" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:stgh-tr.Restorative.Dentistry@nhs.net" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ch-tr.hospitaldentistry@nhs.net" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:kch-tr.dentalmaillist@nhs.net" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:bhnt.restorativedentistry@nhs.net" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Uclh.referrals.endodontics@nhs.net" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:khft.restorativedentistry@nhs.net" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:CLCHT.specialistdental@nhs.net" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ch-tr.hospitaldentistry@nhs.net" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:kch-tr.dentalmaillist@nhs.net" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:gstt.endodonticreferrals@nhs.net" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:khft.restorativedentistry@nhs.net" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:bhnt.restorativedentistry@nhs.net" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Uclh.referrals.endodontics@nhs.net" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:stgh-tr.Restorative.Dentistry@nhs.net" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image6.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
@@ -14713,65 +15164,65 @@
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{4CF261FE-CDAE-4BF6-86B0-8E781AB3329E}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>9</Pages>
-  <Words>2972</Words>
-  <Characters>16943</Characters>
+  <Words>2952</Words>
+  <Characters>17009</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>141</Lines>
-  <Paragraphs>39</Paragraphs>
+  <Lines>485</Lines>
+  <Paragraphs>273</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>University College London Hospitals</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>19876</CharactersWithSpaces>
+  <CharactersWithSpaces>19688</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>St George,Geoffrey</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>