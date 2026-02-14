--- v0 (2025-12-05)
+++ v1 (2026-02-14)
@@ -3,694 +3,694 @@
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w:rsidR="00DF1241" w:rsidRPr="001C19B6" w:rsidRDefault="00DF1241" w:rsidP="00CA14FB">
+    <w:p w14:paraId="4433F0B7" w14:textId="77777777" w:rsidR="00DF1241" w:rsidRPr="001C19B6" w:rsidRDefault="00DF1241" w:rsidP="00CA14FB">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00593AFD">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
         <w:t>PRIMARY AMPUTEE REFERRAL FORM</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00DF1241" w:rsidRPr="00B45BDD" w:rsidRDefault="00DF1241" w:rsidP="00CA14FB">
+    <w:p w14:paraId="17A66D08" w14:textId="77777777" w:rsidR="00DF1241" w:rsidRPr="00B45BDD" w:rsidRDefault="00DF1241" w:rsidP="00CA14FB">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:highlight w:val="lightGray"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00DF1241" w:rsidRPr="003A1DA7" w:rsidRDefault="00DF1241" w:rsidP="00CA14FB">
+    <w:p w14:paraId="66B1897F" w14:textId="77777777" w:rsidR="00DF1241" w:rsidRPr="003A1DA7" w:rsidRDefault="00DF1241" w:rsidP="00CA14FB">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003A1DA7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:highlight w:val="lightGray"/>
         </w:rPr>
         <w:t>REFERRER DETAILS</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00DF1241" w:rsidRPr="00816813" w:rsidRDefault="00DF1241" w:rsidP="00CA14FB">
+    <w:p w14:paraId="43F4B2D1" w14:textId="77777777" w:rsidR="00DF1241" w:rsidRPr="00816813" w:rsidRDefault="00DF1241" w:rsidP="00CA14FB">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="00A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4149"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00DF1241" w:rsidRPr="00AF33CB" w:rsidTr="00AF33CB">
+      <w:tr w:rsidR="00DF1241" w:rsidRPr="00AF33CB" w14:paraId="2D8F4E86" w14:textId="77777777" w:rsidTr="00AF33CB">
         <w:trPr>
           <w:trHeight w:val="20"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4375" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00DF1241" w:rsidRPr="00AF33CB" w:rsidRDefault="00DF1241" w:rsidP="00AF33CB">
+          <w:p w14:paraId="1D7CC210" w14:textId="77777777" w:rsidR="00DF1241" w:rsidRPr="00AF33CB" w:rsidRDefault="00DF1241" w:rsidP="00AF33CB">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AF33CB">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Date of referral</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00DF1241" w:rsidRPr="00AF33CB" w:rsidRDefault="00DF1241" w:rsidP="00AF33CB">
+          <w:p w14:paraId="562D93E3" w14:textId="77777777" w:rsidR="00DF1241" w:rsidRPr="00AF33CB" w:rsidRDefault="00DF1241" w:rsidP="00AF33CB">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DF1241" w:rsidRPr="00AF33CB" w:rsidTr="00AF33CB">
+      <w:tr w:rsidR="00DF1241" w:rsidRPr="00AF33CB" w14:paraId="05130F11" w14:textId="77777777" w:rsidTr="00AF33CB">
         <w:trPr>
           <w:trHeight w:val="57"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4375" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00DF1241" w:rsidRPr="00AF33CB" w:rsidRDefault="00DF1241" w:rsidP="00AF33CB">
+          <w:p w14:paraId="6DC42319" w14:textId="77777777" w:rsidR="00DF1241" w:rsidRPr="00AF33CB" w:rsidRDefault="00DF1241" w:rsidP="00AF33CB">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AF33CB">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Referring Hospital</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00DF1241" w:rsidRPr="00AF33CB" w:rsidRDefault="00DF1241" w:rsidP="00AF33CB">
+          <w:p w14:paraId="18836DAC" w14:textId="77777777" w:rsidR="00DF1241" w:rsidRPr="00AF33CB" w:rsidRDefault="00DF1241" w:rsidP="00AF33CB">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DF1241" w:rsidRPr="00AF33CB" w:rsidTr="00AF33CB">
+      <w:tr w:rsidR="00DF1241" w:rsidRPr="00AF33CB" w14:paraId="539E7FDC" w14:textId="77777777" w:rsidTr="00AF33CB">
         <w:trPr>
           <w:trHeight w:val="20"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4375" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00DF1241" w:rsidRPr="00AF33CB" w:rsidRDefault="00DF1241" w:rsidP="00AF33CB">
+          <w:p w14:paraId="4735BFC4" w14:textId="77777777" w:rsidR="00DF1241" w:rsidRPr="00AF33CB" w:rsidRDefault="00DF1241" w:rsidP="00AF33CB">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AF33CB">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Patient consented to referral   Yes     No</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00DF1241" w:rsidRPr="00AF33CB" w:rsidRDefault="00DF1241" w:rsidP="00AF33CB">
+          <w:p w14:paraId="740A8BB4" w14:textId="77777777" w:rsidR="00DF1241" w:rsidRPr="00AF33CB" w:rsidRDefault="00DF1241" w:rsidP="00AF33CB">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DF1241" w:rsidRPr="00AF33CB" w:rsidTr="00AF33CB">
+      <w:tr w:rsidR="00DF1241" w:rsidRPr="00AF33CB" w14:paraId="0BAEBA3E" w14:textId="77777777" w:rsidTr="00AF33CB">
         <w:trPr>
           <w:trHeight w:val="20"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4375" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00DF1241" w:rsidRPr="00AF33CB" w:rsidRDefault="00DF1241" w:rsidP="00AF33CB">
+          <w:p w14:paraId="029C045A" w14:textId="77777777" w:rsidR="00DF1241" w:rsidRPr="00AF33CB" w:rsidRDefault="00DF1241" w:rsidP="00AF33CB">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AF33CB">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Referrer e-mail</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00DF1241" w:rsidRPr="00AF33CB" w:rsidRDefault="00DF1241" w:rsidP="00AF33CB">
+          <w:p w14:paraId="365F939D" w14:textId="77777777" w:rsidR="00DF1241" w:rsidRPr="00AF33CB" w:rsidRDefault="00DF1241" w:rsidP="00AF33CB">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00DF1241" w:rsidRPr="00B45BDD" w:rsidRDefault="00DF1241" w:rsidP="00CA14FB">
-[...9 lines deleted...]
-    <w:p w:rsidR="00DF1241" w:rsidRPr="003A1DA7" w:rsidRDefault="00DF1241" w:rsidP="00CA14FB">
+    <w:p w14:paraId="492B9C96" w14:textId="77777777" w:rsidR="00DF1241" w:rsidRPr="00B45BDD" w:rsidRDefault="00DF1241" w:rsidP="00CA14FB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="29230BF2" w14:textId="77777777" w:rsidR="00DF1241" w:rsidRPr="003A1DA7" w:rsidRDefault="00DF1241" w:rsidP="00CA14FB">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="003A1DA7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:highlight w:val="lightGray"/>
         </w:rPr>
         <w:t>PATIENT  DETAILS</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
     </w:p>
-    <w:p w:rsidR="00DF1241" w:rsidRDefault="00DF1241" w:rsidP="00CA14FB">
+    <w:p w14:paraId="408E1A81" w14:textId="77777777" w:rsidR="00DF1241" w:rsidRDefault="00DF1241" w:rsidP="00CA14FB">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="00A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4149"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00DF1241" w:rsidRPr="00AF33CB" w:rsidTr="00AF33CB">
+      <w:tr w:rsidR="00DF1241" w:rsidRPr="00AF33CB" w14:paraId="7B8C2D49" w14:textId="77777777" w:rsidTr="00AF33CB">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4375" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00DF1241" w:rsidRPr="00AF33CB" w:rsidRDefault="00DF1241" w:rsidP="00AF33CB">
+          <w:p w14:paraId="269BADAB" w14:textId="77777777" w:rsidR="00DF1241" w:rsidRPr="00AF33CB" w:rsidRDefault="00DF1241" w:rsidP="00AF33CB">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AF33CB">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Surname</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00DF1241" w:rsidRPr="00AF33CB" w:rsidRDefault="00DF1241" w:rsidP="00AF33CB">
+          <w:p w14:paraId="3D6234B1" w14:textId="77777777" w:rsidR="00DF1241" w:rsidRPr="00AF33CB" w:rsidRDefault="00DF1241" w:rsidP="00AF33CB">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DF1241" w:rsidRPr="00AF33CB" w:rsidTr="00AF33CB">
+      <w:tr w:rsidR="00DF1241" w:rsidRPr="00AF33CB" w14:paraId="40EA0255" w14:textId="77777777" w:rsidTr="00AF33CB">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4375" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00DF1241" w:rsidRPr="00AF33CB" w:rsidRDefault="00DF1241" w:rsidP="00AF33CB">
+          <w:p w14:paraId="4BB23232" w14:textId="77777777" w:rsidR="00DF1241" w:rsidRPr="00AF33CB" w:rsidRDefault="00DF1241" w:rsidP="00AF33CB">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AF33CB">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>First name</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00DF1241" w:rsidRPr="00AF33CB" w:rsidRDefault="00DF1241" w:rsidP="00AF33CB">
+          <w:p w14:paraId="0E3C7891" w14:textId="77777777" w:rsidR="00DF1241" w:rsidRPr="00AF33CB" w:rsidRDefault="00DF1241" w:rsidP="00AF33CB">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DF1241" w:rsidRPr="00AF33CB" w:rsidTr="00AF33CB">
+      <w:tr w:rsidR="00DF1241" w:rsidRPr="00AF33CB" w14:paraId="2D7ED82C" w14:textId="77777777" w:rsidTr="00AF33CB">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4375" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00DF1241" w:rsidRPr="00AF33CB" w:rsidRDefault="00DF1241" w:rsidP="00AF33CB">
+          <w:p w14:paraId="6C683E6F" w14:textId="77777777" w:rsidR="00DF1241" w:rsidRPr="00AF33CB" w:rsidRDefault="00DF1241" w:rsidP="00AF33CB">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AF33CB">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Date of birth</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00DF1241" w:rsidRPr="00AF33CB" w:rsidRDefault="00DF1241" w:rsidP="00AF33CB">
+          <w:p w14:paraId="76301411" w14:textId="77777777" w:rsidR="00DF1241" w:rsidRPr="00AF33CB" w:rsidRDefault="00DF1241" w:rsidP="00AF33CB">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DF1241" w:rsidRPr="00AF33CB" w:rsidTr="00AF33CB">
+      <w:tr w:rsidR="00DF1241" w:rsidRPr="00AF33CB" w14:paraId="04562519" w14:textId="77777777" w:rsidTr="00AF33CB">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4375" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00DF1241" w:rsidRPr="00AF33CB" w:rsidRDefault="00DF1241" w:rsidP="00AF33CB">
+          <w:p w14:paraId="7637DD88" w14:textId="77777777" w:rsidR="00DF1241" w:rsidRPr="00AF33CB" w:rsidRDefault="00DF1241" w:rsidP="00AF33CB">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AF33CB">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Home address</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00DF1241" w:rsidRPr="00AF33CB" w:rsidRDefault="00DF1241" w:rsidP="00AF33CB">
-[...29 lines deleted...]
-          <w:p w:rsidR="00DF1241" w:rsidRPr="00AF33CB" w:rsidRDefault="00DF1241" w:rsidP="00AF33CB">
+          <w:p w14:paraId="583AAA88" w14:textId="77777777" w:rsidR="00DF1241" w:rsidRPr="00AF33CB" w:rsidRDefault="00DF1241" w:rsidP="00AF33CB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="5DAD149F" w14:textId="77777777" w:rsidR="00DF1241" w:rsidRPr="00AF33CB" w:rsidRDefault="00DF1241" w:rsidP="00AF33CB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="53FD0335" w14:textId="77777777" w:rsidR="00DF1241" w:rsidRPr="00AF33CB" w:rsidRDefault="00DF1241" w:rsidP="00AF33CB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2C70F43A" w14:textId="77777777" w:rsidR="00DF1241" w:rsidRPr="00AF33CB" w:rsidRDefault="00DF1241" w:rsidP="00AF33CB">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DF1241" w:rsidRPr="00AF33CB" w:rsidTr="00AF33CB">
+      <w:tr w:rsidR="00DF1241" w:rsidRPr="00AF33CB" w14:paraId="268023BE" w14:textId="77777777" w:rsidTr="00AF33CB">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4375" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00DF1241" w:rsidRPr="00AF33CB" w:rsidRDefault="00DF1241" w:rsidP="00AF33CB">
+          <w:p w14:paraId="77D9E341" w14:textId="77777777" w:rsidR="00DF1241" w:rsidRPr="00AF33CB" w:rsidRDefault="00DF1241" w:rsidP="00AF33CB">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AF33CB">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Postcode </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00DF1241" w:rsidRPr="00AF33CB" w:rsidRDefault="00DF1241" w:rsidP="00AF33CB">
+          <w:p w14:paraId="7CF03723" w14:textId="77777777" w:rsidR="00DF1241" w:rsidRPr="00AF33CB" w:rsidRDefault="00DF1241" w:rsidP="00AF33CB">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DF1241" w:rsidRPr="00AF33CB" w:rsidTr="00AF33CB">
+      <w:tr w:rsidR="00DF1241" w:rsidRPr="00AF33CB" w14:paraId="22A8A310" w14:textId="77777777" w:rsidTr="00AF33CB">
         <w:trPr>
           <w:trHeight w:val="318"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4375" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00DF1241" w:rsidRPr="00AF33CB" w:rsidRDefault="00DF1241" w:rsidP="00AF33CB">
+          <w:p w14:paraId="1CE7E467" w14:textId="77777777" w:rsidR="00DF1241" w:rsidRPr="00AF33CB" w:rsidRDefault="00DF1241" w:rsidP="00AF33CB">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AF33CB">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Telephone </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00DF1241" w:rsidRPr="00AF33CB" w:rsidRDefault="00DF1241" w:rsidP="00AF33CB">
+          <w:p w14:paraId="0731F5A0" w14:textId="77777777" w:rsidR="00DF1241" w:rsidRPr="00AF33CB" w:rsidRDefault="00DF1241" w:rsidP="00AF33CB">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00DF1241" w:rsidRDefault="00DF1241" w:rsidP="00CA14FB">
-[...19 lines deleted...]
-    <w:p w:rsidR="00DF1241" w:rsidRDefault="00DF1241" w:rsidP="00CA14FB">
+    <w:p w14:paraId="3A846F89" w14:textId="77777777" w:rsidR="00DF1241" w:rsidRDefault="00DF1241" w:rsidP="00CA14FB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="05B7A2A1" w14:textId="77777777" w:rsidR="00DF1241" w:rsidRDefault="00DF1241" w:rsidP="00CA14FB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="70E6B561" w14:textId="77777777" w:rsidR="00DF1241" w:rsidRDefault="00DF1241" w:rsidP="00CA14FB">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">Is an interpreter required </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">Y </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:tab/>
         <w:t>N</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00DF1241" w:rsidRDefault="00DF1241" w:rsidP="00CA14FB">
-[...9 lines deleted...]
-    <w:p w:rsidR="00DF1241" w:rsidRDefault="00DF1241" w:rsidP="00CA14FB">
+    <w:p w14:paraId="5DC94199" w14:textId="77777777" w:rsidR="00DF1241" w:rsidRDefault="00DF1241" w:rsidP="00CA14FB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0CE67210" w14:textId="77777777" w:rsidR="00DF1241" w:rsidRDefault="00DF1241" w:rsidP="00CA14FB">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Language required</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:tab/>
         <w:t>-------------------------</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00DF1241" w:rsidRDefault="00DF1241" w:rsidP="00CA14FB">
-[...9 lines deleted...]
-    <w:p w:rsidR="00DF1241" w:rsidRDefault="00DF1241" w:rsidP="00CA14FB">
+    <w:p w14:paraId="7FB27D5E" w14:textId="77777777" w:rsidR="00DF1241" w:rsidRDefault="00DF1241" w:rsidP="00CA14FB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7D8069C5" w14:textId="77777777" w:rsidR="00DF1241" w:rsidRDefault="00DF1241" w:rsidP="00CA14FB">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Visual impairment</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
@@ -698,115 +698,115 @@
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:tab/>
         <w:t>Y</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:tab/>
         <w:t>N</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00DF1241" w:rsidRDefault="00DF1241" w:rsidP="00CA14FB">
-[...9 lines deleted...]
-    <w:p w:rsidR="00DF1241" w:rsidRDefault="00DF1241" w:rsidP="00CA14FB">
+    <w:p w14:paraId="426696B0" w14:textId="77777777" w:rsidR="00DF1241" w:rsidRDefault="00DF1241" w:rsidP="00CA14FB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="74AFBBF8" w14:textId="77777777" w:rsidR="00DF1241" w:rsidRDefault="00DF1241" w:rsidP="00CA14FB">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Hearing impairment</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:tab/>
         <w:t>Y</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:tab/>
         <w:t>N</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00DF1241" w:rsidRDefault="00DF1241" w:rsidP="00CA14FB">
-[...9 lines deleted...]
-    <w:p w:rsidR="00DF1241" w:rsidRDefault="00DF1241" w:rsidP="00CA14FB">
+    <w:p w14:paraId="14CB17BA" w14:textId="77777777" w:rsidR="00DF1241" w:rsidRDefault="00DF1241" w:rsidP="00CA14FB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4E59ED25" w14:textId="77777777" w:rsidR="00DF1241" w:rsidRDefault="00DF1241" w:rsidP="00CA14FB">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Infection alert (</w:t>
       </w:r>
       <w:r w:rsidRPr="00DE1462">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>See Page 2</w:t>
       </w:r>
@@ -815,511 +815,480 @@
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:tab/>
         <w:t>Y</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:tab/>
         <w:t>N</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00DF1241" w:rsidRDefault="00DF1241" w:rsidP="00CA14FB">
-[...9 lines deleted...]
-    <w:p w:rsidR="00DF1241" w:rsidRDefault="00DF1241" w:rsidP="00CA14FB">
+    <w:p w14:paraId="6AEB9595" w14:textId="77777777" w:rsidR="00DF1241" w:rsidRDefault="00DF1241" w:rsidP="00CA14FB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6AD6599B" w14:textId="77777777" w:rsidR="00DF1241" w:rsidRDefault="00DF1241" w:rsidP="00CA14FB">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">Is patient inpatient </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:tab/>
         <w:t>Y</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:tab/>
         <w:t>N</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00DF1241" w:rsidRDefault="00DF1241" w:rsidP="00CA14FB">
-[...9 lines deleted...]
-    <w:p w:rsidR="00DF1241" w:rsidRDefault="00DF1241" w:rsidP="00CA14FB">
+    <w:p w14:paraId="3C387F7A" w14:textId="77777777" w:rsidR="00DF1241" w:rsidRDefault="00DF1241" w:rsidP="00CA14FB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5E7F4203" w14:textId="77777777" w:rsidR="00DF1241" w:rsidRDefault="00DF1241" w:rsidP="00CA14FB">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Location / Ward</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:tab/>
         <w:t>--------------------------</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00DF1241" w:rsidRDefault="00DF1241" w:rsidP="00CA14FB">
-[...9 lines deleted...]
-    <w:p w:rsidR="00DF1241" w:rsidRDefault="00DF1241" w:rsidP="00CA14FB">
+    <w:p w14:paraId="53144CFF" w14:textId="77777777" w:rsidR="00DF1241" w:rsidRDefault="00DF1241" w:rsidP="00CA14FB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4CDABFA8" w14:textId="77777777" w:rsidR="00DF1241" w:rsidRDefault="00DF1241" w:rsidP="00CA14FB">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">Hospital </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:tab/>
         <w:t>--------------------------</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00DF1241" w:rsidRDefault="00DF1241" w:rsidP="00CA14FB">
-[...19 lines deleted...]
-    <w:p w:rsidR="00DF1241" w:rsidRDefault="00DF1241" w:rsidP="00CA14FB">
+    <w:p w14:paraId="7EF774E2" w14:textId="77777777" w:rsidR="00DF1241" w:rsidRDefault="00DF1241" w:rsidP="00CA14FB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="764BEEAB" w14:textId="77777777" w:rsidR="00DF1241" w:rsidRDefault="00DF1241" w:rsidP="00CA14FB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5A101DF7" w14:textId="77777777" w:rsidR="00DF1241" w:rsidRDefault="00DF1241" w:rsidP="00CA14FB">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">Fit for assessment at rehab centre </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:tab/>
         <w:t>Y</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:tab/>
         <w:t>N</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00DF1241" w:rsidRDefault="00DF1241" w:rsidP="00CA14FB">
-[...9 lines deleted...]
-    <w:p w:rsidR="00DF1241" w:rsidRDefault="00DF1241" w:rsidP="00A935B5">
+    <w:p w14:paraId="375A72B5" w14:textId="77777777" w:rsidR="00DF1241" w:rsidRDefault="00DF1241" w:rsidP="00CA14FB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="23EF6BC3" w14:textId="77777777" w:rsidR="00DF1241" w:rsidRDefault="00DF1241" w:rsidP="00A935B5">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>If ‘N’ expected date</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:tab/>
         <w:t>-------------------------</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00DF1241" w:rsidRDefault="00DF1241" w:rsidP="00CA14FB">
-[...9 lines deleted...]
-    <w:p w:rsidR="00DF1241" w:rsidRDefault="00DF1241" w:rsidP="00CA14FB">
+    <w:p w14:paraId="3305E1CC" w14:textId="77777777" w:rsidR="00DF1241" w:rsidRDefault="00DF1241" w:rsidP="00CA14FB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="03B40D4E" w14:textId="77777777" w:rsidR="00DF1241" w:rsidRDefault="00DF1241" w:rsidP="00CA14FB">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">Does patient require nurse/escort </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:tab/>
         <w:t>Y</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:tab/>
-      </w:r>
-[...6 lines deleted...]
-        </w:rPr>
         <w:t>N</w:t>
       </w:r>
-      <w:proofErr w:type="gramEnd"/>
-[...11 lines deleted...]
-    <w:p w:rsidR="00DF1241" w:rsidRPr="007F3A77" w:rsidRDefault="00DF1241" w:rsidP="00CA14FB">
+    </w:p>
+    <w:p w14:paraId="2D6F13AC" w14:textId="77777777" w:rsidR="00DF1241" w:rsidRDefault="00DF1241" w:rsidP="00CA14FB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="19527904" w14:textId="77777777" w:rsidR="00DF1241" w:rsidRPr="007F3A77" w:rsidRDefault="00DF1241" w:rsidP="00CA14FB">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007F3A77">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:highlight w:val="lightGray"/>
         </w:rPr>
         <w:t>TRANSPORT REQUIREMENTS</w:t>
       </w:r>
       <w:r w:rsidRPr="007F3A77">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00DF1241" w:rsidRDefault="00DF1241" w:rsidP="00CA14FB">
-[...9 lines deleted...]
-    <w:p w:rsidR="00DF1241" w:rsidRDefault="00DF1241" w:rsidP="00B45BDD">
+    <w:p w14:paraId="0BF94587" w14:textId="77777777" w:rsidR="00DF1241" w:rsidRDefault="00DF1241" w:rsidP="00CA14FB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="74ED12EC" w14:textId="77777777" w:rsidR="00DF1241" w:rsidRDefault="00DF1241" w:rsidP="00B45BDD">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="720" w:hanging="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>C1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00FC3B59">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">Single crew ambulance </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00DF1241" w:rsidRPr="00FC3B59" w:rsidRDefault="00DF1241" w:rsidP="00767D8A">
+    <w:p w14:paraId="45FBE17E" w14:textId="77777777" w:rsidR="00DF1241" w:rsidRPr="00FC3B59" w:rsidRDefault="00DF1241" w:rsidP="00767D8A">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FC3B59">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
-        <w:t>(</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="gramStart"/>
+        <w:t>(p</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>atien</w:t>
+      </w:r>
       <w:r w:rsidRPr="00FC3B59">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
-        <w:t>p</w:t>
-[...33 lines deleted...]
-    <w:p w:rsidR="00DF1241" w:rsidRPr="00FC3B59" w:rsidRDefault="00DF1241" w:rsidP="00B45BDD">
+        <w:t>t can transfer into a car)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6B067F0E" w14:textId="77777777" w:rsidR="00DF1241" w:rsidRPr="00FC3B59" w:rsidRDefault="00DF1241" w:rsidP="00B45BDD">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="720" w:hanging="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>C2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -1339,51 +1308,51 @@
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>Double man crew for p</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">atients </w:t>
       </w:r>
       <w:r w:rsidRPr="00FC3B59">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>that need carrying</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00DF1241" w:rsidRPr="00FC3B59" w:rsidRDefault="00DF1241" w:rsidP="00B45BDD">
+    <w:p w14:paraId="73452595" w14:textId="77777777" w:rsidR="00DF1241" w:rsidRPr="00FC3B59" w:rsidRDefault="00DF1241" w:rsidP="00B45BDD">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="720" w:hanging="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>C3</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -1403,937 +1372,937 @@
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>Single crew ambulance for p</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">atients </w:t>
       </w:r>
       <w:r w:rsidRPr="00FC3B59">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>who travel in their own wheelchair</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00DF1241" w:rsidRDefault="00DF1241" w:rsidP="00CA14FB">
-[...49 lines deleted...]
-    <w:p w:rsidR="00DF1241" w:rsidRDefault="00DF1241" w:rsidP="00CA14FB">
+    <w:p w14:paraId="3EBFBBBE" w14:textId="77777777" w:rsidR="00DF1241" w:rsidRDefault="00DF1241" w:rsidP="00CA14FB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5C92302E" w14:textId="77777777" w:rsidR="00DF1241" w:rsidRDefault="00DF1241" w:rsidP="00CA14FB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6F4F2B7A" w14:textId="77777777" w:rsidR="00DF1241" w:rsidRDefault="00DF1241" w:rsidP="00CA14FB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4B43CE32" w14:textId="77777777" w:rsidR="00DF1241" w:rsidRDefault="00DF1241" w:rsidP="00CA14FB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="034A3D25" w14:textId="77777777" w:rsidR="00DF1241" w:rsidRDefault="00DF1241" w:rsidP="00CA14FB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="521853E9" w14:textId="77777777" w:rsidR="00DF1241" w:rsidRDefault="00DF1241" w:rsidP="00CA14FB">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="00A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4149"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00DF1241" w:rsidRPr="00AF33CB" w:rsidTr="00AF33CB">
+      <w:tr w:rsidR="00DF1241" w:rsidRPr="00AF33CB" w14:paraId="3F62AD59" w14:textId="77777777" w:rsidTr="00AF33CB">
         <w:trPr>
           <w:trHeight w:val="20"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4375" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00DF1241" w:rsidRPr="00AF33CB" w:rsidRDefault="00DF1241" w:rsidP="00AF33CB">
+          <w:p w14:paraId="0A57F694" w14:textId="77777777" w:rsidR="00DF1241" w:rsidRPr="00AF33CB" w:rsidRDefault="00DF1241" w:rsidP="00AF33CB">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AF33CB">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Key contact name</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00DF1241" w:rsidRPr="00AF33CB" w:rsidRDefault="00DF1241" w:rsidP="00AF33CB">
+          <w:p w14:paraId="6B9B4994" w14:textId="77777777" w:rsidR="00DF1241" w:rsidRPr="00AF33CB" w:rsidRDefault="00DF1241" w:rsidP="00AF33CB">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DF1241" w:rsidRPr="00AF33CB" w:rsidTr="00AF33CB">
+      <w:tr w:rsidR="00DF1241" w:rsidRPr="00AF33CB" w14:paraId="59F8FB3C" w14:textId="77777777" w:rsidTr="00AF33CB">
         <w:trPr>
           <w:trHeight w:val="20"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4375" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00DF1241" w:rsidRPr="00AF33CB" w:rsidRDefault="00DF1241" w:rsidP="00AF33CB">
+          <w:p w14:paraId="47A10F77" w14:textId="77777777" w:rsidR="00DF1241" w:rsidRPr="00AF33CB" w:rsidRDefault="00DF1241" w:rsidP="00AF33CB">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AF33CB">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Designation</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00DF1241" w:rsidRPr="00AF33CB" w:rsidRDefault="00DF1241" w:rsidP="00AF33CB">
+          <w:p w14:paraId="08DB23CC" w14:textId="77777777" w:rsidR="00DF1241" w:rsidRPr="00AF33CB" w:rsidRDefault="00DF1241" w:rsidP="00AF33CB">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DF1241" w:rsidRPr="00AF33CB" w:rsidTr="00AF33CB">
+      <w:tr w:rsidR="00DF1241" w:rsidRPr="00AF33CB" w14:paraId="38ABBAAB" w14:textId="77777777" w:rsidTr="00AF33CB">
         <w:trPr>
           <w:trHeight w:val="838"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4375" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00DF1241" w:rsidRPr="00AF33CB" w:rsidRDefault="00DF1241" w:rsidP="00AF33CB">
+          <w:p w14:paraId="3FCB1A7E" w14:textId="77777777" w:rsidR="00DF1241" w:rsidRPr="00AF33CB" w:rsidRDefault="00DF1241" w:rsidP="00AF33CB">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AF33CB">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Telephone</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00DF1241" w:rsidRPr="00AF33CB" w:rsidRDefault="00DF1241" w:rsidP="00AF33CB">
+          <w:p w14:paraId="6DC42A9D" w14:textId="77777777" w:rsidR="00DF1241" w:rsidRPr="00AF33CB" w:rsidRDefault="00DF1241" w:rsidP="00AF33CB">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AF33CB">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Bleep</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00DF1241" w:rsidRPr="00AF33CB" w:rsidRDefault="00DF1241" w:rsidP="00AF33CB">
+          <w:p w14:paraId="19A3B6E2" w14:textId="77777777" w:rsidR="00DF1241" w:rsidRPr="00AF33CB" w:rsidRDefault="00DF1241" w:rsidP="00AF33CB">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AF33CB">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Fax</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00DF1241" w:rsidRDefault="00DF1241" w:rsidP="00CA14FB">
-[...29 lines deleted...]
-    <w:p w:rsidR="00DF1241" w:rsidRDefault="00DF1241" w:rsidP="00CA14FB">
+    <w:p w14:paraId="2F24FF4C" w14:textId="77777777" w:rsidR="00DF1241" w:rsidRDefault="00DF1241" w:rsidP="00CA14FB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3962E3E5" w14:textId="77777777" w:rsidR="00DF1241" w:rsidRDefault="00DF1241" w:rsidP="00CA14FB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="21CDA781" w14:textId="77777777" w:rsidR="00DF1241" w:rsidRDefault="00DF1241" w:rsidP="00CA14FB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="699FB523" w14:textId="77777777" w:rsidR="00DF1241" w:rsidRDefault="00DF1241" w:rsidP="00CA14FB">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="00A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4149"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00DF1241" w:rsidRPr="00AF33CB" w:rsidTr="00AF33CB">
+      <w:tr w:rsidR="00DF1241" w:rsidRPr="00AF33CB" w14:paraId="5E44392A" w14:textId="77777777" w:rsidTr="00AF33CB">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4375" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00DF1241" w:rsidRPr="00AF33CB" w:rsidRDefault="00DF1241" w:rsidP="00AF33CB">
+          <w:p w14:paraId="2EF4DF2D" w14:textId="77777777" w:rsidR="00DF1241" w:rsidRPr="00AF33CB" w:rsidRDefault="00DF1241" w:rsidP="00AF33CB">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AF33CB">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Gender</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00DF1241" w:rsidRPr="00AF33CB" w:rsidRDefault="00DF1241" w:rsidP="00AF33CB">
+          <w:p w14:paraId="03228490" w14:textId="77777777" w:rsidR="00DF1241" w:rsidRPr="00AF33CB" w:rsidRDefault="00DF1241" w:rsidP="00AF33CB">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DF1241" w:rsidRPr="00AF33CB" w:rsidTr="00AF33CB">
+      <w:tr w:rsidR="00DF1241" w:rsidRPr="00AF33CB" w14:paraId="4BB9B7D2" w14:textId="77777777" w:rsidTr="00AF33CB">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4375" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00DF1241" w:rsidRPr="00AF33CB" w:rsidRDefault="00DF1241" w:rsidP="00AF33CB">
+          <w:p w14:paraId="7A51EA95" w14:textId="77777777" w:rsidR="00DF1241" w:rsidRPr="00AF33CB" w:rsidRDefault="00DF1241" w:rsidP="00AF33CB">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AF33CB">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>NHS Number</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00DF1241" w:rsidRPr="00AF33CB" w:rsidRDefault="00DF1241" w:rsidP="00AF33CB">
+          <w:p w14:paraId="33A13D4E" w14:textId="77777777" w:rsidR="00DF1241" w:rsidRPr="00AF33CB" w:rsidRDefault="00DF1241" w:rsidP="00AF33CB">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DF1241" w:rsidRPr="00AF33CB" w:rsidTr="00AF33CB">
+      <w:tr w:rsidR="00DF1241" w:rsidRPr="00AF33CB" w14:paraId="7B5B500C" w14:textId="77777777" w:rsidTr="00AF33CB">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4375" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00DF1241" w:rsidRPr="00AF33CB" w:rsidRDefault="00DF1241" w:rsidP="00AF33CB">
+          <w:p w14:paraId="2ECDCF01" w14:textId="77777777" w:rsidR="00DF1241" w:rsidRPr="00AF33CB" w:rsidRDefault="00DF1241" w:rsidP="00AF33CB">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AF33CB">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Hospital Number</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00DF1241" w:rsidRPr="00AF33CB" w:rsidRDefault="00DF1241" w:rsidP="00AF33CB">
+          <w:p w14:paraId="288B196E" w14:textId="77777777" w:rsidR="00DF1241" w:rsidRPr="00AF33CB" w:rsidRDefault="00DF1241" w:rsidP="00AF33CB">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DF1241" w:rsidRPr="00AF33CB" w:rsidTr="00AF33CB">
+      <w:tr w:rsidR="00DF1241" w:rsidRPr="00AF33CB" w14:paraId="690C2372" w14:textId="77777777" w:rsidTr="00AF33CB">
         <w:trPr>
           <w:trHeight w:val="1636"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4375" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00DF1241" w:rsidRPr="00AF33CB" w:rsidRDefault="00DF1241" w:rsidP="00AF33CB">
+          <w:p w14:paraId="791ADA50" w14:textId="77777777" w:rsidR="00DF1241" w:rsidRPr="00AF33CB" w:rsidRDefault="00DF1241" w:rsidP="00AF33CB">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AF33CB">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>GP Name &amp; Address</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00DF1241" w:rsidRPr="00AF33CB" w:rsidRDefault="00DF1241" w:rsidP="00AF33CB">
-[...29 lines deleted...]
-          <w:p w:rsidR="00DF1241" w:rsidRPr="00AF33CB" w:rsidRDefault="00DF1241" w:rsidP="00AF33CB">
+          <w:p w14:paraId="163615F1" w14:textId="77777777" w:rsidR="00DF1241" w:rsidRPr="00AF33CB" w:rsidRDefault="00DF1241" w:rsidP="00AF33CB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="33F4812A" w14:textId="77777777" w:rsidR="00DF1241" w:rsidRPr="00AF33CB" w:rsidRDefault="00DF1241" w:rsidP="00AF33CB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="460BEE17" w14:textId="77777777" w:rsidR="00DF1241" w:rsidRPr="00AF33CB" w:rsidRDefault="00DF1241" w:rsidP="00AF33CB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="52B9CD48" w14:textId="77777777" w:rsidR="00DF1241" w:rsidRPr="00AF33CB" w:rsidRDefault="00DF1241" w:rsidP="00AF33CB">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AF33CB">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Postcode</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00DF1241" w:rsidRPr="00AF33CB" w:rsidRDefault="00DF1241" w:rsidP="00AF33CB">
-[...19 lines deleted...]
-          <w:p w:rsidR="00DF1241" w:rsidRPr="00AF33CB" w:rsidRDefault="00DF1241" w:rsidP="00AF33CB">
+          <w:p w14:paraId="3D0536B2" w14:textId="77777777" w:rsidR="00DF1241" w:rsidRPr="00AF33CB" w:rsidRDefault="00DF1241" w:rsidP="00AF33CB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="0C1027F4" w14:textId="77777777" w:rsidR="00DF1241" w:rsidRPr="00AF33CB" w:rsidRDefault="00DF1241" w:rsidP="00AF33CB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="62D97496" w14:textId="77777777" w:rsidR="00DF1241" w:rsidRPr="00AF33CB" w:rsidRDefault="00DF1241" w:rsidP="00AF33CB">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AF33CB">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Telephone</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00DF1241" w:rsidRPr="00AF33CB" w:rsidRDefault="00DF1241" w:rsidP="00AF33CB">
+          <w:p w14:paraId="4B5A7A21" w14:textId="77777777" w:rsidR="00DF1241" w:rsidRPr="00AF33CB" w:rsidRDefault="00DF1241" w:rsidP="00AF33CB">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00DF1241" w:rsidRDefault="00DF1241" w:rsidP="00CA14FB">
-[...9 lines deleted...]
-    <w:p w:rsidR="00DF1241" w:rsidRDefault="00DF1241" w:rsidP="00CA14FB">
+    <w:p w14:paraId="11B8B5FE" w14:textId="77777777" w:rsidR="00DF1241" w:rsidRDefault="00DF1241" w:rsidP="00CA14FB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="762A8220" w14:textId="77777777" w:rsidR="00DF1241" w:rsidRDefault="00DF1241" w:rsidP="00CA14FB">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="00A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4149"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00DF1241" w:rsidRPr="00AF33CB" w:rsidTr="00AF33CB">
+      <w:tr w:rsidR="00DF1241" w:rsidRPr="00AF33CB" w14:paraId="538BBC20" w14:textId="77777777" w:rsidTr="00AF33CB">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4375" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00DF1241" w:rsidRPr="00AF33CB" w:rsidRDefault="00DF1241" w:rsidP="00AF33CB">
+          <w:p w14:paraId="57CEEFF2" w14:textId="77777777" w:rsidR="00DF1241" w:rsidRPr="00AF33CB" w:rsidRDefault="00DF1241" w:rsidP="00AF33CB">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AF33CB">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Planned discharge date</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00DF1241" w:rsidRPr="00AF33CB" w:rsidRDefault="00DF1241" w:rsidP="00AF33CB">
+          <w:p w14:paraId="38D80D87" w14:textId="77777777" w:rsidR="00DF1241" w:rsidRPr="00AF33CB" w:rsidRDefault="00DF1241" w:rsidP="00AF33CB">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DF1241" w:rsidRPr="00AF33CB" w:rsidTr="00AF33CB">
+      <w:tr w:rsidR="00DF1241" w:rsidRPr="00AF33CB" w14:paraId="037B1C5A" w14:textId="77777777" w:rsidTr="00AF33CB">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4375" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00DF1241" w:rsidRPr="00AF33CB" w:rsidRDefault="00DF1241" w:rsidP="00AF33CB">
+          <w:p w14:paraId="32BCE76D" w14:textId="77777777" w:rsidR="00DF1241" w:rsidRPr="00AF33CB" w:rsidRDefault="00DF1241" w:rsidP="00AF33CB">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AF33CB">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Discharge address if different to home address</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00DF1241" w:rsidRPr="00AF33CB" w:rsidRDefault="00DF1241" w:rsidP="00AF33CB">
-[...99 lines deleted...]
-          <w:p w:rsidR="00DF1241" w:rsidRPr="00AF33CB" w:rsidRDefault="00DF1241" w:rsidP="00AF33CB">
+          <w:p w14:paraId="1407053C" w14:textId="77777777" w:rsidR="00DF1241" w:rsidRPr="00AF33CB" w:rsidRDefault="00DF1241" w:rsidP="00AF33CB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="6C6090F5" w14:textId="77777777" w:rsidR="00DF1241" w:rsidRPr="00AF33CB" w:rsidRDefault="00DF1241" w:rsidP="00AF33CB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="4FA5EFC1" w14:textId="77777777" w:rsidR="00DF1241" w:rsidRPr="00AF33CB" w:rsidRDefault="00DF1241" w:rsidP="00AF33CB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2BEB968E" w14:textId="77777777" w:rsidR="00DF1241" w:rsidRPr="00AF33CB" w:rsidRDefault="00DF1241" w:rsidP="00AF33CB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="07FB9E74" w14:textId="77777777" w:rsidR="00DF1241" w:rsidRPr="00AF33CB" w:rsidRDefault="00DF1241" w:rsidP="00AF33CB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="5AFA8BF3" w14:textId="77777777" w:rsidR="00DF1241" w:rsidRPr="00AF33CB" w:rsidRDefault="00DF1241" w:rsidP="00AF33CB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="58D7D1E0" w14:textId="77777777" w:rsidR="00DF1241" w:rsidRPr="00AF33CB" w:rsidRDefault="00DF1241" w:rsidP="00AF33CB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="6A9B6E17" w14:textId="77777777" w:rsidR="00DF1241" w:rsidRPr="00AF33CB" w:rsidRDefault="00DF1241" w:rsidP="00AF33CB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="67DB61E3" w14:textId="77777777" w:rsidR="00DF1241" w:rsidRPr="00AF33CB" w:rsidRDefault="00DF1241" w:rsidP="00AF33CB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="66473321" w14:textId="77777777" w:rsidR="00DF1241" w:rsidRPr="00AF33CB" w:rsidRDefault="00DF1241" w:rsidP="00AF33CB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="548167E2" w14:textId="77777777" w:rsidR="00DF1241" w:rsidRPr="00AF33CB" w:rsidRDefault="00DF1241" w:rsidP="00AF33CB">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00DF1241" w:rsidRDefault="00DF1241" w:rsidP="00CA14FB">
-[...119 lines deleted...]
-    <w:p w:rsidR="00DF1241" w:rsidRDefault="00DF1241" w:rsidP="007F3A77">
+    <w:p w14:paraId="24FB549B" w14:textId="77777777" w:rsidR="00DF1241" w:rsidRDefault="00DF1241" w:rsidP="00CA14FB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="58E982B8" w14:textId="77777777" w:rsidR="00DF1241" w:rsidRDefault="00DF1241" w:rsidP="00CA14FB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1148A078" w14:textId="77777777" w:rsidR="00DF1241" w:rsidRDefault="00DF1241" w:rsidP="00CA14FB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2A40C3FB" w14:textId="77777777" w:rsidR="00DF1241" w:rsidRDefault="00DF1241" w:rsidP="00CA14FB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="11AB4A5B" w14:textId="77777777" w:rsidR="00DF1241" w:rsidRDefault="00DF1241" w:rsidP="00CA14FB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="73503430" w14:textId="77777777" w:rsidR="00DF1241" w:rsidRDefault="00DF1241" w:rsidP="00CA14FB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="66EEF8F1" w14:textId="77777777" w:rsidR="00DF1241" w:rsidRDefault="00DF1241" w:rsidP="00CA14FB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="78D117C7" w14:textId="77777777" w:rsidR="00DF1241" w:rsidRDefault="00DF1241" w:rsidP="00CA14FB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="088A3285" w14:textId="77777777" w:rsidR="00DF1241" w:rsidRDefault="00DF1241" w:rsidP="00CA14FB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="38C0CA4B" w14:textId="77777777" w:rsidR="00DF1241" w:rsidRDefault="00DF1241" w:rsidP="00CA14FB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="571D7F01" w14:textId="77777777" w:rsidR="00DF1241" w:rsidRDefault="00DF1241" w:rsidP="00CA14FB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="219E2873" w14:textId="77777777" w:rsidR="00DF1241" w:rsidRDefault="00DF1241" w:rsidP="00CA14FB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4B828A82" w14:textId="77777777" w:rsidR="00DF1241" w:rsidRDefault="00DF1241" w:rsidP="007F3A77">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">W1 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00FC3B59">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>Walker</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00DF1241" w:rsidRPr="00FC3B59" w:rsidRDefault="00DF1241" w:rsidP="007F3A77">
+    <w:p w14:paraId="6A08890C" w14:textId="77777777" w:rsidR="00DF1241" w:rsidRPr="00FC3B59" w:rsidRDefault="00DF1241" w:rsidP="007F3A77">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00DF1241" w:rsidRDefault="00DF1241" w:rsidP="007F3A77">
+    <w:p w14:paraId="647E79CF" w14:textId="77777777" w:rsidR="00DF1241" w:rsidRDefault="00DF1241" w:rsidP="007F3A77">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>B</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
@@ -2342,64 +2311,64 @@
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00FC3B59">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>Bariatric p</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>atients</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00DF1241" w:rsidRPr="00FC3B59" w:rsidRDefault="00DF1241" w:rsidP="007F3A77">
+    <w:p w14:paraId="6313DBFB" w14:textId="77777777" w:rsidR="00DF1241" w:rsidRPr="00FC3B59" w:rsidRDefault="00DF1241" w:rsidP="007F3A77">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00DF1241" w:rsidRDefault="00DF1241" w:rsidP="003A0F77">
+    <w:p w14:paraId="0BEB079A" w14:textId="77777777" w:rsidR="00DF1241" w:rsidRDefault="00DF1241" w:rsidP="003A0F77">
       <w:pPr>
         <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>S</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -2409,1608 +2378,1625 @@
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00FC3B59">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>Stretcher p</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>atients</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003A0F77" w:rsidRPr="003A0F77" w:rsidRDefault="003A0F77" w:rsidP="003A0F77">
+    <w:p w14:paraId="528F4323" w14:textId="77777777" w:rsidR="003A0F77" w:rsidRPr="003A0F77" w:rsidRDefault="003A0F77" w:rsidP="003A0F77">
       <w:pPr>
         <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:sectPr w:rsidR="003A0F77" w:rsidRPr="003A0F77" w:rsidSect="003A0F77">
           <w:headerReference w:type="default" r:id="rId7"/>
           <w:footerReference w:type="default" r:id="rId8"/>
           <w:pgSz w:w="11906" w:h="16838"/>
           <w:pgMar w:top="993" w:right="1440" w:bottom="1440" w:left="1440" w:header="142" w:footer="708" w:gutter="0"/>
           <w:cols w:num="2" w:space="708"/>
           <w:docGrid w:linePitch="360"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00DF1241" w:rsidRPr="00D03C5C" w:rsidRDefault="00DF1241" w:rsidP="00CA14FB">
+    <w:p w14:paraId="5D0F654A" w14:textId="77777777" w:rsidR="00DF1241" w:rsidRPr="00D03C5C" w:rsidRDefault="00DF1241" w:rsidP="00CA14FB">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D03C5C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:highlight w:val="lightGray"/>
         </w:rPr>
         <w:t>AMPUTATION / REVISION DETAILS</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00DF1241" w:rsidRDefault="00DF1241" w:rsidP="00CA14FB">
+    <w:p w14:paraId="32AD9DFA" w14:textId="77777777" w:rsidR="00DF1241" w:rsidRDefault="00DF1241" w:rsidP="00CA14FB">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="8755" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="00A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1384"/>
         <w:gridCol w:w="3260"/>
         <w:gridCol w:w="2268"/>
         <w:gridCol w:w="1843"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00DF1241" w:rsidRPr="00AF33CB" w:rsidTr="00AF33CB">
+      <w:tr w:rsidR="00DF1241" w:rsidRPr="00AF33CB" w14:paraId="2BDDAFE2" w14:textId="77777777" w:rsidTr="00AF33CB">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1384" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00DF1241" w:rsidRPr="00AF33CB" w:rsidRDefault="00DF1241" w:rsidP="00AF33CB">
+          <w:p w14:paraId="49924E58" w14:textId="77777777" w:rsidR="00DF1241" w:rsidRPr="00AF33CB" w:rsidRDefault="00DF1241" w:rsidP="00AF33CB">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AF33CB">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Date </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00DF1241" w:rsidRPr="00AF33CB" w:rsidRDefault="00DF1241" w:rsidP="00AF33CB">
+          <w:p w14:paraId="0CD46D99" w14:textId="77777777" w:rsidR="00DF1241" w:rsidRPr="00AF33CB" w:rsidRDefault="00DF1241" w:rsidP="00AF33CB">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3260" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00DF1241" w:rsidRPr="00AF33CB" w:rsidRDefault="00DF1241" w:rsidP="00AF33CB">
+          <w:p w14:paraId="4C7D4213" w14:textId="77777777" w:rsidR="00DF1241" w:rsidRPr="00AF33CB" w:rsidRDefault="00DF1241" w:rsidP="00AF33CB">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AF33CB">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Site? level/surgical technique if known</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00DF1241" w:rsidRPr="00AF33CB" w:rsidRDefault="00DF1241" w:rsidP="00AF33CB">
+          <w:p w14:paraId="7C5CB548" w14:textId="77777777" w:rsidR="00DF1241" w:rsidRPr="00AF33CB" w:rsidRDefault="00DF1241" w:rsidP="00AF33CB">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AF33CB">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Side (right / left)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00DF1241" w:rsidRPr="00AF33CB" w:rsidRDefault="00DF1241" w:rsidP="00AF33CB">
+          <w:p w14:paraId="0BA377F5" w14:textId="77777777" w:rsidR="00DF1241" w:rsidRPr="00AF33CB" w:rsidRDefault="00DF1241" w:rsidP="00AF33CB">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AF33CB">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Cause </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00DF1241" w:rsidRPr="00AF33CB" w:rsidRDefault="00DF1241" w:rsidP="00AF33CB">
-[...9 lines deleted...]
-          <w:p w:rsidR="00DF1241" w:rsidRPr="00AF33CB" w:rsidRDefault="00DF1241" w:rsidP="00AF33CB">
+          <w:p w14:paraId="193D9B98" w14:textId="77777777" w:rsidR="00DF1241" w:rsidRPr="00AF33CB" w:rsidRDefault="00DF1241" w:rsidP="00AF33CB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="6B86C26D" w14:textId="77777777" w:rsidR="00DF1241" w:rsidRPr="00AF33CB" w:rsidRDefault="00DF1241" w:rsidP="00AF33CB">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DF1241" w:rsidRPr="00AF33CB" w:rsidTr="00AF33CB">
+      <w:tr w:rsidR="00DF1241" w:rsidRPr="00AF33CB" w14:paraId="7D9DB378" w14:textId="77777777" w:rsidTr="00AF33CB">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1384" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00DF1241" w:rsidRPr="00AF33CB" w:rsidRDefault="00DF1241" w:rsidP="00AF33CB">
+          <w:p w14:paraId="72B1344F" w14:textId="77777777" w:rsidR="00DF1241" w:rsidRPr="00AF33CB" w:rsidRDefault="00DF1241" w:rsidP="00AF33CB">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AF33CB">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Date </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00DF1241" w:rsidRPr="00AF33CB" w:rsidRDefault="00DF1241" w:rsidP="00AF33CB">
+          <w:p w14:paraId="1330B848" w14:textId="77777777" w:rsidR="00DF1241" w:rsidRPr="00AF33CB" w:rsidRDefault="00DF1241" w:rsidP="00AF33CB">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3260" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00DF1241" w:rsidRPr="00AF33CB" w:rsidRDefault="00DF1241" w:rsidP="00AF33CB">
+          <w:p w14:paraId="4F1A661E" w14:textId="77777777" w:rsidR="00DF1241" w:rsidRPr="00AF33CB" w:rsidRDefault="00DF1241" w:rsidP="00AF33CB">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AF33CB">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Site? level/surgical technique if known</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00DF1241" w:rsidRPr="00AF33CB" w:rsidRDefault="00DF1241" w:rsidP="00AF33CB">
+          <w:p w14:paraId="42CC5D12" w14:textId="77777777" w:rsidR="00DF1241" w:rsidRPr="00AF33CB" w:rsidRDefault="00DF1241" w:rsidP="00AF33CB">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AF33CB">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Side (right / left)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00DF1241" w:rsidRPr="00AF33CB" w:rsidRDefault="00DF1241" w:rsidP="00AF33CB">
+          <w:p w14:paraId="351B6304" w14:textId="77777777" w:rsidR="00DF1241" w:rsidRPr="00AF33CB" w:rsidRDefault="00DF1241" w:rsidP="00AF33CB">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AF33CB">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Cause </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00DF1241" w:rsidRPr="00AF33CB" w:rsidRDefault="00DF1241" w:rsidP="00AF33CB">
-[...9 lines deleted...]
-          <w:p w:rsidR="00DF1241" w:rsidRPr="00AF33CB" w:rsidRDefault="00DF1241" w:rsidP="00AF33CB">
+          <w:p w14:paraId="76B2645F" w14:textId="77777777" w:rsidR="00DF1241" w:rsidRPr="00AF33CB" w:rsidRDefault="00DF1241" w:rsidP="00AF33CB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="34C17B23" w14:textId="77777777" w:rsidR="00DF1241" w:rsidRPr="00AF33CB" w:rsidRDefault="00DF1241" w:rsidP="00AF33CB">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DF1241" w:rsidRPr="00AF33CB" w:rsidTr="00AF33CB">
+      <w:tr w:rsidR="00DF1241" w:rsidRPr="00AF33CB" w14:paraId="15EEE318" w14:textId="77777777" w:rsidTr="00AF33CB">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1384" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00DF1241" w:rsidRPr="00AF33CB" w:rsidRDefault="00DF1241" w:rsidP="00AF33CB">
+          <w:p w14:paraId="25FB06EB" w14:textId="77777777" w:rsidR="00DF1241" w:rsidRPr="00AF33CB" w:rsidRDefault="00DF1241" w:rsidP="00AF33CB">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AF33CB">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Date </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00DF1241" w:rsidRPr="00AF33CB" w:rsidRDefault="00DF1241" w:rsidP="00AF33CB">
+          <w:p w14:paraId="2A4536D2" w14:textId="77777777" w:rsidR="00DF1241" w:rsidRPr="00AF33CB" w:rsidRDefault="00DF1241" w:rsidP="00AF33CB">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3260" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00DF1241" w:rsidRPr="00AF33CB" w:rsidRDefault="00DF1241" w:rsidP="00AF33CB">
+          <w:p w14:paraId="3C54DAC6" w14:textId="77777777" w:rsidR="00DF1241" w:rsidRPr="00AF33CB" w:rsidRDefault="00DF1241" w:rsidP="00AF33CB">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AF33CB">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Site? level/surgical technique if known</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00DF1241" w:rsidRPr="00AF33CB" w:rsidRDefault="00DF1241" w:rsidP="00AF33CB">
+          <w:p w14:paraId="1E59B885" w14:textId="77777777" w:rsidR="00DF1241" w:rsidRPr="00AF33CB" w:rsidRDefault="00DF1241" w:rsidP="00AF33CB">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AF33CB">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Side (right / left)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00DF1241" w:rsidRPr="00AF33CB" w:rsidRDefault="00DF1241" w:rsidP="00AF33CB">
+          <w:p w14:paraId="730890F1" w14:textId="77777777" w:rsidR="00DF1241" w:rsidRPr="00AF33CB" w:rsidRDefault="00DF1241" w:rsidP="00AF33CB">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AF33CB">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Cause </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00DF1241" w:rsidRPr="00AF33CB" w:rsidRDefault="00DF1241" w:rsidP="00AF33CB">
-[...9 lines deleted...]
-          <w:p w:rsidR="00DF1241" w:rsidRPr="00AF33CB" w:rsidRDefault="00DF1241" w:rsidP="00AF33CB">
+          <w:p w14:paraId="2AAD6A75" w14:textId="77777777" w:rsidR="00DF1241" w:rsidRPr="00AF33CB" w:rsidRDefault="00DF1241" w:rsidP="00AF33CB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="59D9DC8D" w14:textId="77777777" w:rsidR="00DF1241" w:rsidRPr="00AF33CB" w:rsidRDefault="00DF1241" w:rsidP="00AF33CB">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DF1241" w:rsidRPr="00AF33CB" w:rsidTr="00AF33CB">
+      <w:tr w:rsidR="00DF1241" w:rsidRPr="00AF33CB" w14:paraId="0C2CA29C" w14:textId="77777777" w:rsidTr="00AF33CB">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1384" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00DF1241" w:rsidRPr="00AF33CB" w:rsidRDefault="00DF1241" w:rsidP="00AF33CB">
+          <w:p w14:paraId="088AC958" w14:textId="77777777" w:rsidR="00DF1241" w:rsidRPr="00AF33CB" w:rsidRDefault="00DF1241" w:rsidP="00AF33CB">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AF33CB">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Date </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00DF1241" w:rsidRPr="00AF33CB" w:rsidRDefault="00DF1241" w:rsidP="00AF33CB">
+          <w:p w14:paraId="4F5ADC3B" w14:textId="77777777" w:rsidR="00DF1241" w:rsidRPr="00AF33CB" w:rsidRDefault="00DF1241" w:rsidP="00AF33CB">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3260" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00DF1241" w:rsidRPr="00AF33CB" w:rsidRDefault="00DF1241" w:rsidP="00AF33CB">
+          <w:p w14:paraId="6BBFA42A" w14:textId="77777777" w:rsidR="00DF1241" w:rsidRPr="00AF33CB" w:rsidRDefault="00DF1241" w:rsidP="00AF33CB">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AF33CB">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Site? level/surgical technique if known</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00DF1241" w:rsidRPr="00AF33CB" w:rsidRDefault="00DF1241" w:rsidP="00AF33CB">
+          <w:p w14:paraId="3209CC34" w14:textId="77777777" w:rsidR="00DF1241" w:rsidRPr="00AF33CB" w:rsidRDefault="00DF1241" w:rsidP="00AF33CB">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AF33CB">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Side (right /left)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00DF1241" w:rsidRPr="00AF33CB" w:rsidRDefault="00DF1241" w:rsidP="00AF33CB">
+          <w:p w14:paraId="3CEBC4ED" w14:textId="77777777" w:rsidR="00DF1241" w:rsidRPr="00AF33CB" w:rsidRDefault="00DF1241" w:rsidP="00AF33CB">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AF33CB">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Cause </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00DF1241" w:rsidRPr="00AF33CB" w:rsidRDefault="00DF1241" w:rsidP="00AF33CB">
-[...9 lines deleted...]
-          <w:p w:rsidR="00DF1241" w:rsidRPr="00AF33CB" w:rsidRDefault="00DF1241" w:rsidP="00AF33CB">
+          <w:p w14:paraId="3BEE905D" w14:textId="77777777" w:rsidR="00DF1241" w:rsidRPr="00AF33CB" w:rsidRDefault="00DF1241" w:rsidP="00AF33CB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="4A251893" w14:textId="77777777" w:rsidR="00DF1241" w:rsidRPr="00AF33CB" w:rsidRDefault="00DF1241" w:rsidP="00AF33CB">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00DF1241" w:rsidRDefault="00DF1241" w:rsidP="00CA14FB">
-[...9 lines deleted...]
-    <w:p w:rsidR="00DF1241" w:rsidRPr="00C215FA" w:rsidRDefault="00DF1241" w:rsidP="00CA14FB">
+    <w:p w14:paraId="27670108" w14:textId="77777777" w:rsidR="00DF1241" w:rsidRDefault="00DF1241" w:rsidP="00CA14FB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="359F58E3" w14:textId="77777777" w:rsidR="00DF1241" w:rsidRPr="00C215FA" w:rsidRDefault="00DF1241" w:rsidP="00CA14FB">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C215FA">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:highlight w:val="lightGray"/>
         </w:rPr>
         <w:t>MEDICAL HISTORY</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00DF1241" w:rsidRDefault="00DF1241" w:rsidP="00CA14FB">
-[...9 lines deleted...]
-    <w:p w:rsidR="00DF1241" w:rsidRDefault="00DF1241" w:rsidP="00CA14FB">
+    <w:p w14:paraId="3D21D328" w14:textId="77777777" w:rsidR="00DF1241" w:rsidRDefault="00DF1241" w:rsidP="00CA14FB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="55AE8570" w14:textId="77777777" w:rsidR="00DF1241" w:rsidRDefault="00DF1241" w:rsidP="00CA14FB">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Please send copies of the results of any relevant medical investigations, X-rays and swabs</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00DF1241" w:rsidRPr="001B70E4" w:rsidRDefault="00DF1241" w:rsidP="00CA14FB">
+    <w:p w14:paraId="234206B6" w14:textId="77777777" w:rsidR="00DF1241" w:rsidRPr="001B70E4" w:rsidRDefault="00DF1241" w:rsidP="00CA14FB">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="00A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3652"/>
         <w:gridCol w:w="5103"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00DF1241" w:rsidRPr="00AF33CB" w:rsidTr="00AF33CB">
+      <w:tr w:rsidR="00DF1241" w:rsidRPr="00AF33CB" w14:paraId="7C607459" w14:textId="77777777" w:rsidTr="00AF33CB">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3652" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00DF1241" w:rsidRPr="00AF33CB" w:rsidRDefault="00DF1241" w:rsidP="00AF33CB">
+          <w:p w14:paraId="3708329C" w14:textId="77777777" w:rsidR="00DF1241" w:rsidRPr="00AF33CB" w:rsidRDefault="00DF1241" w:rsidP="00AF33CB">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AF33CB">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Diabetic</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00DF1241" w:rsidRPr="00AF33CB" w:rsidRDefault="00DF1241" w:rsidP="00AF33CB">
-[...19 lines deleted...]
-          <w:p w:rsidR="00DF1241" w:rsidRPr="00AF33CB" w:rsidRDefault="00DF1241" w:rsidP="00AF33CB">
+          <w:p w14:paraId="508A50E1" w14:textId="77777777" w:rsidR="00DF1241" w:rsidRPr="00AF33CB" w:rsidRDefault="00DF1241" w:rsidP="00AF33CB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="654DA925" w14:textId="77777777" w:rsidR="00DF1241" w:rsidRPr="00AF33CB" w:rsidRDefault="00DF1241" w:rsidP="00AF33CB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="6F5ECF5F" w14:textId="77777777" w:rsidR="00DF1241" w:rsidRPr="00AF33CB" w:rsidRDefault="00DF1241" w:rsidP="00AF33CB">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5103" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00DF1241" w:rsidRPr="00AF33CB" w:rsidRDefault="00DF1241" w:rsidP="00AF33CB">
+          <w:p w14:paraId="23467509" w14:textId="77777777" w:rsidR="00DF1241" w:rsidRPr="00AF33CB" w:rsidRDefault="00DF1241" w:rsidP="00AF33CB">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AF33CB">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>No           Type I         Type II</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00DF1241" w:rsidRPr="00AF33CB" w:rsidRDefault="00DF1241" w:rsidP="00AF33CB">
-[...9 lines deleted...]
-          <w:p w:rsidR="00DF1241" w:rsidRPr="00AF33CB" w:rsidRDefault="00DF1241" w:rsidP="00AF33CB">
+          <w:p w14:paraId="6104A81E" w14:textId="77777777" w:rsidR="00DF1241" w:rsidRPr="00AF33CB" w:rsidRDefault="00DF1241" w:rsidP="00AF33CB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="0AB27C8A" w14:textId="77777777" w:rsidR="00DF1241" w:rsidRPr="00AF33CB" w:rsidRDefault="00DF1241" w:rsidP="00AF33CB">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AF33CB">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Controlled? (no events with BM&gt;28 over preceding 48 hours)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DF1241" w:rsidRPr="00AF33CB" w:rsidTr="00AF33CB">
+      <w:tr w:rsidR="00DF1241" w:rsidRPr="00AF33CB" w14:paraId="7D2F1A47" w14:textId="77777777" w:rsidTr="00AF33CB">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8755" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="00DF1241" w:rsidRPr="00AF33CB" w:rsidRDefault="00DF1241" w:rsidP="00AF33CB">
+          <w:p w14:paraId="1B5C7FB5" w14:textId="77777777" w:rsidR="00DF1241" w:rsidRPr="00AF33CB" w:rsidRDefault="00DF1241" w:rsidP="00AF33CB">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AF33CB">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Infection Control status</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00DF1241" w:rsidRPr="00AF33CB" w:rsidRDefault="00DF1241" w:rsidP="00AF33CB">
+          <w:p w14:paraId="469C0285" w14:textId="77777777" w:rsidR="00DF1241" w:rsidRPr="00AF33CB" w:rsidRDefault="00DF1241" w:rsidP="00AF33CB">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AF33CB">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Please State</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00DF1241" w:rsidRPr="00AF33CB" w:rsidRDefault="00DF1241" w:rsidP="00AF33CB">
+          <w:p w14:paraId="6A1971E5" w14:textId="77777777" w:rsidR="00DF1241" w:rsidRPr="00AF33CB" w:rsidRDefault="00DF1241" w:rsidP="00AF33CB">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AF33CB">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Infection</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00DF1241" w:rsidRPr="00AF33CB" w:rsidRDefault="00DF1241" w:rsidP="00AF33CB">
+          <w:p w14:paraId="6D334644" w14:textId="77777777" w:rsidR="00DF1241" w:rsidRPr="00AF33CB" w:rsidRDefault="00DF1241" w:rsidP="00AF33CB">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AF33CB">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Date confirmed:</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00DF1241" w:rsidRPr="00AF33CB" w:rsidRDefault="00DF1241" w:rsidP="00AF33CB">
+          <w:p w14:paraId="631B8401" w14:textId="77777777" w:rsidR="00DF1241" w:rsidRPr="00AF33CB" w:rsidRDefault="00DF1241" w:rsidP="00AF33CB">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AF33CB">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Currently being treated    Y          N</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00DF1241" w:rsidRPr="00AF33CB" w:rsidRDefault="00DF1241" w:rsidP="00AF33CB">
+          <w:p w14:paraId="31A40A62" w14:textId="77777777" w:rsidR="00DF1241" w:rsidRPr="00AF33CB" w:rsidRDefault="00DF1241" w:rsidP="00AF33CB">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DF1241" w:rsidRPr="00AF33CB" w:rsidTr="00AF33CB">
+      <w:tr w:rsidR="00DF1241" w:rsidRPr="00AF33CB" w14:paraId="710EFC3E" w14:textId="77777777" w:rsidTr="00AF33CB">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8755" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="00DF1241" w:rsidRPr="00D35EE4" w:rsidRDefault="00DF1241" w:rsidP="00AF33CB">
+          <w:p w14:paraId="13101D57" w14:textId="77777777" w:rsidR="00DF1241" w:rsidRPr="00D35EE4" w:rsidRDefault="00DF1241" w:rsidP="00AF33CB">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AF33CB">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Relevant Past Medical History and/or mental Health History</w:t>
             </w:r>
             <w:r w:rsidR="00D35EE4">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> (</w:t>
             </w:r>
             <w:r w:rsidR="00D35EE4">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Please send copy or results of any cognition screenings)</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00DF1241" w:rsidRPr="00AF33CB" w:rsidRDefault="00DF1241" w:rsidP="00AF33CB">
-[...79 lines deleted...]
-          <w:p w:rsidR="00DF1241" w:rsidRPr="00AF33CB" w:rsidRDefault="00DF1241" w:rsidP="00AF33CB">
+          <w:p w14:paraId="6C425CB5" w14:textId="77777777" w:rsidR="00DF1241" w:rsidRPr="00AF33CB" w:rsidRDefault="00DF1241" w:rsidP="00AF33CB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="48EB7E3E" w14:textId="77777777" w:rsidR="00DF1241" w:rsidRPr="00AF33CB" w:rsidRDefault="00DF1241" w:rsidP="00AF33CB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="0D56FF59" w14:textId="77777777" w:rsidR="00DF1241" w:rsidRPr="00AF33CB" w:rsidRDefault="00DF1241" w:rsidP="00AF33CB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="5D8E9F3F" w14:textId="77777777" w:rsidR="00DF1241" w:rsidRPr="00AF33CB" w:rsidRDefault="00DF1241" w:rsidP="00AF33CB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="43800A47" w14:textId="77777777" w:rsidR="00DF1241" w:rsidRPr="00AF33CB" w:rsidRDefault="00DF1241" w:rsidP="00AF33CB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="22173031" w14:textId="77777777" w:rsidR="00DF1241" w:rsidRPr="00AF33CB" w:rsidRDefault="00DF1241" w:rsidP="00AF33CB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="6EA09EF1" w14:textId="77777777" w:rsidR="00DF1241" w:rsidRPr="00AF33CB" w:rsidRDefault="00DF1241" w:rsidP="00AF33CB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="22FE66E8" w14:textId="77777777" w:rsidR="00DF1241" w:rsidRPr="00AF33CB" w:rsidRDefault="00DF1241" w:rsidP="00AF33CB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="14BEA6BA" w14:textId="77777777" w:rsidR="00DF1241" w:rsidRPr="00AF33CB" w:rsidRDefault="00DF1241" w:rsidP="00AF33CB">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DF1241" w:rsidRPr="00AF33CB" w:rsidTr="00AF33CB">
+      <w:tr w:rsidR="00DF1241" w:rsidRPr="00AF33CB" w14:paraId="3DEC6C48" w14:textId="77777777" w:rsidTr="00AF33CB">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3652" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00DF1241" w:rsidRPr="00AF33CB" w:rsidRDefault="00DF1241" w:rsidP="00AF33CB">
+          <w:p w14:paraId="66EFCC15" w14:textId="77777777" w:rsidR="00DF1241" w:rsidRPr="00AF33CB" w:rsidRDefault="00DF1241" w:rsidP="00AF33CB">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AF33CB">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Social History</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00DF1241" w:rsidRPr="00AF33CB" w:rsidRDefault="00DF1241" w:rsidP="00AF33CB">
+          <w:p w14:paraId="187541AF" w14:textId="77777777" w:rsidR="00DF1241" w:rsidRPr="00AF33CB" w:rsidRDefault="00DF1241" w:rsidP="00AF33CB">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AF33CB">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>(accommodation type / lives with / support or carers / dependents)</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00DF1241" w:rsidRPr="00AF33CB" w:rsidRDefault="00DF1241" w:rsidP="00AF33CB">
-[...29 lines deleted...]
-          <w:p w:rsidR="00DF1241" w:rsidRPr="00AF33CB" w:rsidRDefault="00DF1241" w:rsidP="00AF33CB">
+          <w:p w14:paraId="65659A4F" w14:textId="77777777" w:rsidR="00DF1241" w:rsidRPr="00AF33CB" w:rsidRDefault="00DF1241" w:rsidP="00AF33CB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="05DDAA56" w14:textId="77777777" w:rsidR="00DF1241" w:rsidRPr="00AF33CB" w:rsidRDefault="00DF1241" w:rsidP="00AF33CB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="23DC4C5B" w14:textId="77777777" w:rsidR="00DF1241" w:rsidRPr="00AF33CB" w:rsidRDefault="00DF1241" w:rsidP="00AF33CB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="556A11DA" w14:textId="77777777" w:rsidR="00DF1241" w:rsidRPr="00AF33CB" w:rsidRDefault="00DF1241" w:rsidP="00AF33CB">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5103" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00DF1241" w:rsidRPr="00AF33CB" w:rsidRDefault="00DF1241" w:rsidP="00AF33CB">
+          <w:p w14:paraId="613BCD62" w14:textId="77777777" w:rsidR="00DF1241" w:rsidRPr="00AF33CB" w:rsidRDefault="00DF1241" w:rsidP="00AF33CB">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AF33CB">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Has an OT </w:t>
             </w:r>
             <w:r w:rsidR="00D35EE4">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">access / </w:t>
             </w:r>
             <w:r w:rsidRPr="00AF33CB">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>home visit been carried out:   Y          N</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00DF1241" w:rsidRPr="00AF33CB" w:rsidRDefault="00DF1241" w:rsidP="00AF33CB">
-[...9 lines deleted...]
-          <w:p w:rsidR="00DF1241" w:rsidRPr="00AF33CB" w:rsidRDefault="00DF1241" w:rsidP="00AF33CB">
+          <w:p w14:paraId="4E4305BD" w14:textId="77777777" w:rsidR="00DF1241" w:rsidRPr="00AF33CB" w:rsidRDefault="00DF1241" w:rsidP="00AF33CB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="7C3FF507" w14:textId="77777777" w:rsidR="00DF1241" w:rsidRPr="00AF33CB" w:rsidRDefault="00DF1241" w:rsidP="00AF33CB">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AF33CB">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Completed on (date)  __________</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00DF1241" w:rsidRPr="00AF33CB" w:rsidRDefault="00DF1241" w:rsidP="00AF33CB">
-[...9 lines deleted...]
-          <w:p w:rsidR="00DF1241" w:rsidRPr="00AF33CB" w:rsidRDefault="00DF1241" w:rsidP="00AF33CB">
+          <w:p w14:paraId="3CA817C9" w14:textId="77777777" w:rsidR="00DF1241" w:rsidRPr="00AF33CB" w:rsidRDefault="00DF1241" w:rsidP="00AF33CB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="17A558CE" w14:textId="77777777" w:rsidR="00DF1241" w:rsidRPr="00AF33CB" w:rsidRDefault="00DF1241" w:rsidP="00AF33CB">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AF33CB">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Completed by (name &amp; contact details)  ____________</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00D35EE4" w:rsidRDefault="00DF1241" w:rsidP="00AF33CB">
+          <w:p w14:paraId="3D4CA80F" w14:textId="77777777" w:rsidR="00D35EE4" w:rsidRDefault="00DF1241" w:rsidP="00AF33CB">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AF33CB">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Please E-mail the report to us</w:t>
             </w:r>
             <w:r w:rsidR="00D35EE4">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> : </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00DF1241" w:rsidRPr="00D35EE4" w:rsidRDefault="00D35EE4" w:rsidP="00AF33CB">
+          <w:p w14:paraId="40D81D64" w14:textId="4BAD0FDF" w:rsidR="00DF1241" w:rsidRPr="00D35EE4" w:rsidRDefault="00D35EE4" w:rsidP="00AF33CB">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D35EE4">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>gst-tr.amputeeprosreferrals@nhs.net</w:t>
+              <w:t>gstt.amputeeprosreferrals@nhs.net</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DF1241" w:rsidRPr="00AF33CB" w:rsidTr="00AF33CB">
+      <w:tr w:rsidR="00DF1241" w:rsidRPr="00AF33CB" w14:paraId="04764A43" w14:textId="77777777" w:rsidTr="00AF33CB">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8755" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="00DF1241" w:rsidRPr="00AF33CB" w:rsidRDefault="00DF1241" w:rsidP="00AF33CB">
+          <w:p w14:paraId="3202CFA9" w14:textId="77777777" w:rsidR="00DF1241" w:rsidRPr="00AF33CB" w:rsidRDefault="00DF1241" w:rsidP="00AF33CB">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AF33CB">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">List current medications </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00DF1241" w:rsidRPr="00AF33CB" w:rsidRDefault="00DF1241" w:rsidP="00AF33CB">
-[...39 lines deleted...]
-          <w:p w:rsidR="00DF1241" w:rsidRPr="00AF33CB" w:rsidRDefault="00DF1241" w:rsidP="00AF33CB">
+          <w:p w14:paraId="30E56781" w14:textId="77777777" w:rsidR="00DF1241" w:rsidRPr="00AF33CB" w:rsidRDefault="00DF1241" w:rsidP="00AF33CB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="6BC082EC" w14:textId="77777777" w:rsidR="00DF1241" w:rsidRPr="00AF33CB" w:rsidRDefault="00DF1241" w:rsidP="00AF33CB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="536B8760" w14:textId="77777777" w:rsidR="00DF1241" w:rsidRPr="00AF33CB" w:rsidRDefault="00DF1241" w:rsidP="00AF33CB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="5F356097" w14:textId="77777777" w:rsidR="00DF1241" w:rsidRPr="00AF33CB" w:rsidRDefault="00DF1241" w:rsidP="00AF33CB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="1DC75E38" w14:textId="77777777" w:rsidR="00DF1241" w:rsidRPr="00AF33CB" w:rsidRDefault="00DF1241" w:rsidP="00AF33CB">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00DF1241" w:rsidRDefault="00DF1241" w:rsidP="00CA14FB">
-[...9 lines deleted...]
-    <w:p w:rsidR="00DF1241" w:rsidRPr="00C215FA" w:rsidRDefault="00DF1241" w:rsidP="004F4CB6">
+    <w:p w14:paraId="490B9D7E" w14:textId="77777777" w:rsidR="00DF1241" w:rsidRDefault="00DF1241" w:rsidP="00CA14FB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5DA5CA9B" w14:textId="77777777" w:rsidR="00DF1241" w:rsidRPr="00C215FA" w:rsidRDefault="00DF1241" w:rsidP="004F4CB6">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C215FA">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:highlight w:val="lightGray"/>
         </w:rPr>
         <w:t>REASON FOR REFERRAL</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00DF1241" w:rsidRDefault="00DF1241" w:rsidP="004F4CB6">
-[...9 lines deleted...]
-    <w:p w:rsidR="00DF1241" w:rsidRDefault="00DF1241" w:rsidP="004F4CB6">
+    <w:p w14:paraId="3C5A825D" w14:textId="77777777" w:rsidR="00DF1241" w:rsidRDefault="00DF1241" w:rsidP="004F4CB6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7747EC65" w14:textId="77777777" w:rsidR="00DF1241" w:rsidRDefault="00DF1241" w:rsidP="004F4CB6">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Rehabilitation following amputation   Y / N</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">Provision of prosthetic </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>limb  Y</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>/N</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:tab/>
-        <w:t xml:space="preserve">Cosmetic limb  </w:t>
-[...7 lines deleted...]
-        <w:tab/>
+        <w:t xml:space="preserve">Cosmetic </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">limb  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
         <w:t>Y / N</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00DF1241" w:rsidRDefault="00DF1241" w:rsidP="004F4CB6">
-[...9 lines deleted...]
-    <w:p w:rsidR="00DF1241" w:rsidRDefault="00DF1241" w:rsidP="004F4CB6">
+    <w:p w14:paraId="1D44CAE4" w14:textId="77777777" w:rsidR="00DF1241" w:rsidRDefault="00DF1241" w:rsidP="004F4CB6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="73284B64" w14:textId="77777777" w:rsidR="00DF1241" w:rsidRDefault="00DF1241" w:rsidP="004F4CB6">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Patient requested transfer of rehab   Y / N</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">Assessment of current prosthetic requirements  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:tab/>
         <w:t>Y / N</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00DF1241" w:rsidRDefault="00DF1241" w:rsidP="004F4CB6">
-[...9 lines deleted...]
-    <w:p w:rsidR="00DF1241" w:rsidRDefault="00DF1241" w:rsidP="004F4CB6">
+    <w:p w14:paraId="6BE12EDD" w14:textId="77777777" w:rsidR="00DF1241" w:rsidRDefault="00DF1241" w:rsidP="004F4CB6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="38CFD816" w14:textId="77777777" w:rsidR="00DF1241" w:rsidRDefault="00DF1241" w:rsidP="004F4CB6">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">Second opinion on prosthetic </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>option  Y</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> / N</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:tab/>
         <w:t>Other ……. Please state …………………………………..</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00DF1241" w:rsidRDefault="00DF1241" w:rsidP="004F4CB6">
-[...9 lines deleted...]
-    <w:p w:rsidR="00DF1241" w:rsidRDefault="00DF1241" w:rsidP="00517668">
+    <w:p w14:paraId="18A18AF4" w14:textId="77777777" w:rsidR="00DF1241" w:rsidRDefault="00DF1241" w:rsidP="004F4CB6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="085C66A5" w14:textId="77777777" w:rsidR="00DF1241" w:rsidRDefault="00DF1241" w:rsidP="00517668">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Open Wound Policy</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:tab/>
         <w:t>Y / N</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00DF1241" w:rsidRDefault="00DF1241" w:rsidP="00517668">
-[...9 lines deleted...]
-    <w:p w:rsidR="00DF1241" w:rsidRPr="004D0085" w:rsidRDefault="00DF1241" w:rsidP="00517668">
+    <w:p w14:paraId="5BDA7DAA" w14:textId="77777777" w:rsidR="00DF1241" w:rsidRDefault="00DF1241" w:rsidP="00517668">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6813C5A9" w14:textId="77777777" w:rsidR="00DF1241" w:rsidRPr="004D0085" w:rsidRDefault="00DF1241" w:rsidP="00517668">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:tab/>
       </w:r>
@@ -4065,768 +4051,766 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00DF1241" w:rsidRDefault="00DF1241" w:rsidP="00CA14FB">
+    <w:p w14:paraId="5992DB9B" w14:textId="77777777" w:rsidR="00DF1241" w:rsidRDefault="00DF1241" w:rsidP="00CA14FB">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="00A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="9016"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00DF1241" w:rsidRPr="00AF33CB" w:rsidTr="00AF33CB">
+      <w:tr w:rsidR="00DF1241" w:rsidRPr="00AF33CB" w14:paraId="6191DFA3" w14:textId="77777777" w:rsidTr="00AF33CB">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9242" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00DF1241" w:rsidRPr="00AF33CB" w:rsidRDefault="00DF1241" w:rsidP="00AF33CB">
+          <w:p w14:paraId="71FFA2C5" w14:textId="77777777" w:rsidR="00DF1241" w:rsidRPr="00AF33CB" w:rsidRDefault="00DF1241" w:rsidP="00AF33CB">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AF33CB">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>WOUND / HEALING STATUS / SIZE &amp; DESCRIPTIONS OF WOUND (Please attach photos if available)</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00DF1241" w:rsidRPr="00AF33CB" w:rsidRDefault="00DF1241" w:rsidP="00AF33CB">
-[...19 lines deleted...]
-          <w:p w:rsidR="00DF1241" w:rsidRPr="00AF33CB" w:rsidRDefault="00DF1241" w:rsidP="00AF33CB">
+          <w:p w14:paraId="77145B1F" w14:textId="77777777" w:rsidR="00DF1241" w:rsidRPr="00AF33CB" w:rsidRDefault="00DF1241" w:rsidP="00AF33CB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="62F8A254" w14:textId="77777777" w:rsidR="00DF1241" w:rsidRPr="00AF33CB" w:rsidRDefault="00DF1241" w:rsidP="00AF33CB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="77786A45" w14:textId="77777777" w:rsidR="00DF1241" w:rsidRPr="00AF33CB" w:rsidRDefault="00DF1241" w:rsidP="00AF33CB">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00DF1241" w:rsidRDefault="00DF1241" w:rsidP="00CA14FB">
+    <w:p w14:paraId="343D52BF" w14:textId="77777777" w:rsidR="00DF1241" w:rsidRDefault="00DF1241" w:rsidP="00CA14FB">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="00A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="9016"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00DF1241" w:rsidRPr="00AF33CB" w:rsidTr="00AF33CB">
+      <w:tr w:rsidR="00DF1241" w:rsidRPr="00AF33CB" w14:paraId="71EB96A4" w14:textId="77777777" w:rsidTr="00AF33CB">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9242" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00DF1241" w:rsidRPr="00AF33CB" w:rsidRDefault="00DF1241" w:rsidP="00AF33CB">
-[...19 lines deleted...]
-          <w:p w:rsidR="00DF1241" w:rsidRPr="00AF33CB" w:rsidRDefault="00DF1241" w:rsidP="00AF33CB">
+          <w:p w14:paraId="2F9C3DC2" w14:textId="77777777" w:rsidR="00DF1241" w:rsidRPr="00AF33CB" w:rsidRDefault="00DF1241" w:rsidP="00AF33CB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="17FA0330" w14:textId="77777777" w:rsidR="00DF1241" w:rsidRPr="00AF33CB" w:rsidRDefault="00DF1241" w:rsidP="00AF33CB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="6D58F564" w14:textId="77777777" w:rsidR="00DF1241" w:rsidRPr="00AF33CB" w:rsidRDefault="00DF1241" w:rsidP="00AF33CB">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AF33CB">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>DRESSINGS USED</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00DF1241" w:rsidRPr="00AF33CB" w:rsidRDefault="00DF1241" w:rsidP="00AF33CB">
-[...29 lines deleted...]
-          <w:p w:rsidR="00DF1241" w:rsidRPr="00AF33CB" w:rsidRDefault="00DF1241" w:rsidP="00AF33CB">
+          <w:p w14:paraId="08CAFCEF" w14:textId="77777777" w:rsidR="00DF1241" w:rsidRPr="00AF33CB" w:rsidRDefault="00DF1241" w:rsidP="00AF33CB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="6E561D2F" w14:textId="77777777" w:rsidR="00DF1241" w:rsidRPr="00AF33CB" w:rsidRDefault="00DF1241" w:rsidP="00AF33CB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="78AA9566" w14:textId="77777777" w:rsidR="00DF1241" w:rsidRPr="00AF33CB" w:rsidRDefault="00DF1241" w:rsidP="00AF33CB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="433257AD" w14:textId="77777777" w:rsidR="00DF1241" w:rsidRPr="00AF33CB" w:rsidRDefault="00DF1241" w:rsidP="00AF33CB">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AF33CB">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Nurse Managing Wound (including contact details): ____________________________________________</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00DF1241" w:rsidRPr="00AF33CB" w:rsidRDefault="00DF1241" w:rsidP="00AF33CB">
-[...9 lines deleted...]
-          <w:p w:rsidR="00DF1241" w:rsidRPr="00AF33CB" w:rsidRDefault="00DF1241" w:rsidP="00AF33CB">
+          <w:p w14:paraId="7D5A57CB" w14:textId="77777777" w:rsidR="00DF1241" w:rsidRPr="00AF33CB" w:rsidRDefault="00DF1241" w:rsidP="00AF33CB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="0DE6FFAF" w14:textId="77777777" w:rsidR="00DF1241" w:rsidRPr="00AF33CB" w:rsidRDefault="00DF1241" w:rsidP="00AF33CB">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00DF1241" w:rsidRDefault="00DF1241" w:rsidP="00CA14FB">
+    <w:p w14:paraId="75FF0903" w14:textId="77777777" w:rsidR="00DF1241" w:rsidRDefault="00DF1241" w:rsidP="00CA14FB">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="00A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="9016"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00DF1241" w:rsidRPr="00AF33CB" w:rsidTr="00AF33CB">
+      <w:tr w:rsidR="00DF1241" w:rsidRPr="00AF33CB" w14:paraId="6015E71A" w14:textId="77777777" w:rsidTr="00AF33CB">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9242" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00DF1241" w:rsidRPr="00AF33CB" w:rsidRDefault="00DF1241" w:rsidP="00AF33CB">
-[...9 lines deleted...]
-          <w:p w:rsidR="00DF1241" w:rsidRPr="00AF33CB" w:rsidRDefault="008072FC" w:rsidP="00AF33CB">
+          <w:p w14:paraId="5409A69C" w14:textId="77777777" w:rsidR="00DF1241" w:rsidRPr="00AF33CB" w:rsidRDefault="00DF1241" w:rsidP="00AF33CB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="11498584" w14:textId="77777777" w:rsidR="00DF1241" w:rsidRPr="00AF33CB" w:rsidRDefault="008072FC" w:rsidP="00AF33CB">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>COMPRESSION SOCK</w:t>
             </w:r>
             <w:r w:rsidR="00DF1241" w:rsidRPr="00AF33CB">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> SIZE AND SUPPLY DATE </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00DF1241" w:rsidRPr="00AF33CB" w:rsidRDefault="00DF1241" w:rsidP="00AF33CB">
-[...9 lines deleted...]
-            <w:bookmarkEnd w:id="0"/>
+          <w:p w14:paraId="4C93E06F" w14:textId="77777777" w:rsidR="00DF1241" w:rsidRPr="00AF33CB" w:rsidRDefault="00DF1241" w:rsidP="00AF33CB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00DF1241" w:rsidRDefault="00DF1241" w:rsidP="00CA14FB">
+    <w:p w14:paraId="434FB60C" w14:textId="77777777" w:rsidR="00DF1241" w:rsidRDefault="00DF1241" w:rsidP="00CA14FB">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="00A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="9016"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00DF1241" w:rsidRPr="00AF33CB" w:rsidTr="00AF33CB">
+      <w:tr w:rsidR="00DF1241" w:rsidRPr="00AF33CB" w14:paraId="7269DB1C" w14:textId="77777777" w:rsidTr="00AF33CB">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9242" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00DF1241" w:rsidRPr="00AF33CB" w:rsidRDefault="00DF1241" w:rsidP="00AF33CB">
-[...9 lines deleted...]
-          <w:p w:rsidR="00DF1241" w:rsidRPr="00AF33CB" w:rsidRDefault="00DF1241" w:rsidP="00AF33CB">
+          <w:p w14:paraId="6407CFE3" w14:textId="77777777" w:rsidR="00DF1241" w:rsidRPr="00AF33CB" w:rsidRDefault="00DF1241" w:rsidP="00AF33CB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="1ABF1607" w14:textId="77777777" w:rsidR="00DF1241" w:rsidRPr="00AF33CB" w:rsidRDefault="00DF1241" w:rsidP="00AF33CB">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AF33CB">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>STATUS OF CONTRALATERAL FOOT</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00DF1241" w:rsidRPr="00AF33CB" w:rsidRDefault="00DF1241" w:rsidP="00AF33CB">
-[...29 lines deleted...]
-          <w:p w:rsidR="00DF1241" w:rsidRPr="00AF33CB" w:rsidRDefault="00DF1241" w:rsidP="00AF33CB">
+          <w:p w14:paraId="2FBCC6DD" w14:textId="77777777" w:rsidR="00DF1241" w:rsidRPr="00AF33CB" w:rsidRDefault="00DF1241" w:rsidP="00AF33CB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="7825C83A" w14:textId="77777777" w:rsidR="00DF1241" w:rsidRPr="00AF33CB" w:rsidRDefault="00DF1241" w:rsidP="00AF33CB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="5C7F3EE5" w14:textId="77777777" w:rsidR="00DF1241" w:rsidRPr="00AF33CB" w:rsidRDefault="00DF1241" w:rsidP="00AF33CB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="189CD1B4" w14:textId="77777777" w:rsidR="00DF1241" w:rsidRPr="00AF33CB" w:rsidRDefault="00DF1241" w:rsidP="00AF33CB">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AF33CB">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Name of DFC patient is under the care of:  _____________________________________________________</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00DF1241" w:rsidRPr="00AF33CB" w:rsidRDefault="00DF1241" w:rsidP="00AF33CB">
-[...9 lines deleted...]
-          <w:p w:rsidR="00DF1241" w:rsidRPr="00AF33CB" w:rsidRDefault="00DF1241" w:rsidP="00AF33CB">
+          <w:p w14:paraId="53259931" w14:textId="77777777" w:rsidR="00DF1241" w:rsidRPr="00AF33CB" w:rsidRDefault="00DF1241" w:rsidP="00AF33CB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="6472CC7B" w14:textId="77777777" w:rsidR="00DF1241" w:rsidRPr="00AF33CB" w:rsidRDefault="00DF1241" w:rsidP="00AF33CB">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AF33CB">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Telephone Number</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00DF1241" w:rsidRPr="00AF33CB" w:rsidRDefault="00DF1241" w:rsidP="00AF33CB">
+          <w:p w14:paraId="231B892A" w14:textId="77777777" w:rsidR="00DF1241" w:rsidRPr="00AF33CB" w:rsidRDefault="00DF1241" w:rsidP="00AF33CB">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00DF1241" w:rsidRDefault="00DF1241" w:rsidP="00CA14FB">
-[...9 lines deleted...]
-    <w:p w:rsidR="00DF1241" w:rsidRDefault="00DF1241" w:rsidP="00EA3F9A">
+    <w:p w14:paraId="6207AC9E" w14:textId="77777777" w:rsidR="00DF1241" w:rsidRDefault="00DF1241" w:rsidP="00CA14FB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5B761585" w14:textId="77777777" w:rsidR="00DF1241" w:rsidRDefault="00DF1241" w:rsidP="00EA3F9A">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>PIRPAG Exercises taught</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:tab/>
         <w:t>Y / N</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00DF1241" w:rsidRDefault="00DF1241" w:rsidP="00CA14FB">
+    <w:p w14:paraId="5C246D46" w14:textId="77777777" w:rsidR="00DF1241" w:rsidRDefault="00DF1241" w:rsidP="00CA14FB">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="00A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1500"/>
         <w:gridCol w:w="1501"/>
         <w:gridCol w:w="1504"/>
         <w:gridCol w:w="1499"/>
         <w:gridCol w:w="1514"/>
         <w:gridCol w:w="1498"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00DF1241" w:rsidRPr="00AF33CB" w:rsidTr="00AF33CB">
+      <w:tr w:rsidR="00DF1241" w:rsidRPr="00AF33CB" w14:paraId="11AC9E44" w14:textId="77777777" w:rsidTr="00AF33CB">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1540" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00DF1241" w:rsidRPr="00AF33CB" w:rsidRDefault="00DF1241" w:rsidP="00AF33CB">
+          <w:p w14:paraId="7C810E16" w14:textId="77777777" w:rsidR="00DF1241" w:rsidRPr="00AF33CB" w:rsidRDefault="00DF1241" w:rsidP="00AF33CB">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AF33CB">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>EWA used Y / N</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00DF1241" w:rsidRPr="00AF33CB" w:rsidRDefault="00DF1241" w:rsidP="00AF33CB">
-[...9 lines deleted...]
-          <w:p w:rsidR="00DF1241" w:rsidRPr="00AF33CB" w:rsidRDefault="00DF1241" w:rsidP="00AF33CB">
+          <w:p w14:paraId="7E066543" w14:textId="77777777" w:rsidR="00DF1241" w:rsidRPr="00AF33CB" w:rsidRDefault="00DF1241" w:rsidP="00AF33CB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="5667C488" w14:textId="77777777" w:rsidR="00DF1241" w:rsidRPr="00AF33CB" w:rsidRDefault="00DF1241" w:rsidP="00AF33CB">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1540" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00DF1241" w:rsidRPr="00AF33CB" w:rsidRDefault="00DF1241" w:rsidP="00AF33CB">
+          <w:p w14:paraId="65EB85B9" w14:textId="77777777" w:rsidR="00DF1241" w:rsidRPr="00AF33CB" w:rsidRDefault="00DF1241" w:rsidP="00AF33CB">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AF33CB">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Date:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1540" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00DF1241" w:rsidRPr="00AF33CB" w:rsidRDefault="00DF1241" w:rsidP="00AF33CB">
+          <w:p w14:paraId="1775EEC3" w14:textId="77777777" w:rsidR="00DF1241" w:rsidRPr="00AF33CB" w:rsidRDefault="00DF1241" w:rsidP="00AF33CB">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AF33CB">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>PPAM Aid  Y / N</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1540" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00DF1241" w:rsidRPr="00AF33CB" w:rsidRDefault="00DF1241" w:rsidP="00AF33CB">
+          <w:p w14:paraId="22557F8A" w14:textId="77777777" w:rsidR="00DF1241" w:rsidRPr="00AF33CB" w:rsidRDefault="00DF1241" w:rsidP="00AF33CB">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AF33CB">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>AMA  Y / N</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1541" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00DF1241" w:rsidRPr="00AF33CB" w:rsidRDefault="00DF1241" w:rsidP="00AF33CB">
+          <w:p w14:paraId="450A9CA9" w14:textId="77777777" w:rsidR="00DF1241" w:rsidRPr="00AF33CB" w:rsidRDefault="00DF1241" w:rsidP="00AF33CB">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00AF33CB">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Femurett</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00AF33CB">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">  Y / N</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1541" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00DF1241" w:rsidRPr="00AF33CB" w:rsidRDefault="00DF1241" w:rsidP="00AF33CB">
+          <w:p w14:paraId="4328DCD5" w14:textId="77777777" w:rsidR="00DF1241" w:rsidRPr="00AF33CB" w:rsidRDefault="00DF1241" w:rsidP="00AF33CB">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AF33CB">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Why not</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00DF1241" w:rsidRDefault="00DF1241" w:rsidP="00CA14FB">
-[...9 lines deleted...]
-    <w:p w:rsidR="00DF1241" w:rsidRDefault="00DF1241" w:rsidP="00CA14FB">
+    <w:p w14:paraId="264043BD" w14:textId="77777777" w:rsidR="00DF1241" w:rsidRDefault="00DF1241" w:rsidP="00CA14FB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0A736382" w14:textId="77777777" w:rsidR="00DF1241" w:rsidRDefault="00DF1241" w:rsidP="00CA14FB">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Has casting occurred</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:tab/>
         <w:t>Y / N</w:t>
       </w:r>
@@ -4845,658 +4829,658 @@
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">Date / </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Prosthetist  _</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>________________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00DF1241" w:rsidRDefault="00DF1241" w:rsidP="00CA14FB">
+    <w:p w14:paraId="07BD2E66" w14:textId="77777777" w:rsidR="00DF1241" w:rsidRDefault="00DF1241" w:rsidP="00CA14FB">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="00A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3001"/>
         <w:gridCol w:w="3014"/>
         <w:gridCol w:w="3001"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00DF1241" w:rsidRPr="00AF33CB" w:rsidTr="00AF33CB">
+      <w:tr w:rsidR="00DF1241" w:rsidRPr="00AF33CB" w14:paraId="7D4FF952" w14:textId="77777777" w:rsidTr="00AF33CB">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3080" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00DF1241" w:rsidRPr="00AF33CB" w:rsidRDefault="00DF1241" w:rsidP="00AF33CB">
+          <w:p w14:paraId="7FA9AD0F" w14:textId="77777777" w:rsidR="00DF1241" w:rsidRPr="00AF33CB" w:rsidRDefault="00DF1241" w:rsidP="00AF33CB">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3081" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00DF1241" w:rsidRPr="00AF33CB" w:rsidRDefault="00DF1241" w:rsidP="00AF33CB">
+          <w:p w14:paraId="2B610685" w14:textId="77777777" w:rsidR="00DF1241" w:rsidRPr="00AF33CB" w:rsidRDefault="00DF1241" w:rsidP="00AF33CB">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AF33CB">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>PRE-AMPUTATION</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3081" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00DF1241" w:rsidRPr="00AF33CB" w:rsidRDefault="00DF1241" w:rsidP="00AF33CB">
+          <w:p w14:paraId="4443EFB6" w14:textId="77777777" w:rsidR="00DF1241" w:rsidRPr="00AF33CB" w:rsidRDefault="00DF1241" w:rsidP="00AF33CB">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AF33CB">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>CURRENT</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DF1241" w:rsidRPr="00AF33CB" w:rsidTr="00AF33CB">
+      <w:tr w:rsidR="00DF1241" w:rsidRPr="00AF33CB" w14:paraId="6CA5E1AD" w14:textId="77777777" w:rsidTr="00AF33CB">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3080" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00DF1241" w:rsidRPr="00AF33CB" w:rsidRDefault="00DF1241" w:rsidP="00AF33CB">
+          <w:p w14:paraId="001CC7B0" w14:textId="77777777" w:rsidR="00DF1241" w:rsidRPr="00AF33CB" w:rsidRDefault="00DF1241" w:rsidP="00AF33CB">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AF33CB">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Transfers </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00DF1241" w:rsidRPr="00AF33CB" w:rsidRDefault="00DF1241" w:rsidP="00AF33CB">
+          <w:p w14:paraId="6B255904" w14:textId="77777777" w:rsidR="00DF1241" w:rsidRPr="00AF33CB" w:rsidRDefault="00DF1241" w:rsidP="00AF33CB">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AF33CB">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>(bed / toilet / wheelchair</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00DF1241" w:rsidRPr="00AF33CB" w:rsidRDefault="00DF1241" w:rsidP="00AF33CB">
+          <w:p w14:paraId="12D4E37F" w14:textId="77777777" w:rsidR="00DF1241" w:rsidRPr="00AF33CB" w:rsidRDefault="00DF1241" w:rsidP="00AF33CB">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3081" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00DF1241" w:rsidRPr="00AF33CB" w:rsidRDefault="00DF1241" w:rsidP="00AF33CB">
+          <w:p w14:paraId="0C28365D" w14:textId="77777777" w:rsidR="00DF1241" w:rsidRPr="00AF33CB" w:rsidRDefault="00DF1241" w:rsidP="00AF33CB">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3081" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00DF1241" w:rsidRPr="00AF33CB" w:rsidRDefault="00DF1241" w:rsidP="00AF33CB">
+          <w:p w14:paraId="7DBA3C3D" w14:textId="77777777" w:rsidR="00DF1241" w:rsidRPr="00AF33CB" w:rsidRDefault="00DF1241" w:rsidP="00AF33CB">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DF1241" w:rsidRPr="00AF33CB" w:rsidTr="00AF33CB">
+      <w:tr w:rsidR="00DF1241" w:rsidRPr="00AF33CB" w14:paraId="6757B516" w14:textId="77777777" w:rsidTr="00AF33CB">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3080" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00DF1241" w:rsidRPr="00AF33CB" w:rsidRDefault="00DF1241" w:rsidP="00AF33CB">
+          <w:p w14:paraId="32CF8AE2" w14:textId="77777777" w:rsidR="00DF1241" w:rsidRPr="00AF33CB" w:rsidRDefault="00DF1241" w:rsidP="00AF33CB">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AF33CB">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Wheelchair </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00DF1241" w:rsidRPr="00AF33CB" w:rsidRDefault="00DF1241" w:rsidP="00AF33CB">
+          <w:p w14:paraId="5F0FBC44" w14:textId="77777777" w:rsidR="00DF1241" w:rsidRPr="00AF33CB" w:rsidRDefault="00DF1241" w:rsidP="00AF33CB">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3081" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00DF1241" w:rsidRPr="00AF33CB" w:rsidRDefault="00DF1241" w:rsidP="00AF33CB">
+          <w:p w14:paraId="79B6776F" w14:textId="77777777" w:rsidR="00DF1241" w:rsidRPr="00AF33CB" w:rsidRDefault="00DF1241" w:rsidP="00AF33CB">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3081" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00DF1241" w:rsidRPr="00AF33CB" w:rsidRDefault="00DF1241" w:rsidP="00AF33CB">
+          <w:p w14:paraId="6810CB64" w14:textId="77777777" w:rsidR="00DF1241" w:rsidRPr="00AF33CB" w:rsidRDefault="00DF1241" w:rsidP="00AF33CB">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DF1241" w:rsidRPr="00AF33CB" w:rsidTr="00AF33CB">
+      <w:tr w:rsidR="00DF1241" w:rsidRPr="00AF33CB" w14:paraId="00724B3F" w14:textId="77777777" w:rsidTr="00AF33CB">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3080" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00DF1241" w:rsidRPr="00AF33CB" w:rsidRDefault="00DF1241" w:rsidP="00AF33CB">
+          <w:p w14:paraId="2ACAED34" w14:textId="77777777" w:rsidR="00DF1241" w:rsidRPr="00AF33CB" w:rsidRDefault="00DF1241" w:rsidP="00AF33CB">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AF33CB">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Gait </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00DF1241" w:rsidRPr="00AF33CB" w:rsidRDefault="00DF1241" w:rsidP="00AF33CB">
+          <w:p w14:paraId="45FAA00F" w14:textId="77777777" w:rsidR="00DF1241" w:rsidRPr="00AF33CB" w:rsidRDefault="00DF1241" w:rsidP="00AF33CB">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AF33CB">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>(distance, walking aid, limiting factors)</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00DF1241" w:rsidRPr="00AF33CB" w:rsidRDefault="00DF1241" w:rsidP="00AF33CB">
+          <w:p w14:paraId="3ADB33D2" w14:textId="77777777" w:rsidR="00DF1241" w:rsidRPr="00AF33CB" w:rsidRDefault="00DF1241" w:rsidP="00AF33CB">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3081" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00DF1241" w:rsidRPr="00AF33CB" w:rsidRDefault="00DF1241" w:rsidP="00AF33CB">
+          <w:p w14:paraId="065FC700" w14:textId="77777777" w:rsidR="00DF1241" w:rsidRPr="00AF33CB" w:rsidRDefault="00DF1241" w:rsidP="00AF33CB">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3081" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00DF1241" w:rsidRPr="00AF33CB" w:rsidRDefault="00DF1241" w:rsidP="00AF33CB">
+          <w:p w14:paraId="2361F7F6" w14:textId="77777777" w:rsidR="00DF1241" w:rsidRPr="00AF33CB" w:rsidRDefault="00DF1241" w:rsidP="00AF33CB">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00DF1241" w:rsidRDefault="00DF1241" w:rsidP="00CA14FB">
-[...9 lines deleted...]
-    <w:p w:rsidR="00DF1241" w:rsidRDefault="00DF1241" w:rsidP="00EA3F9A">
+    <w:p w14:paraId="3BBD702D" w14:textId="77777777" w:rsidR="00DF1241" w:rsidRDefault="00DF1241" w:rsidP="00CA14FB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6D854257" w14:textId="77777777" w:rsidR="00DF1241" w:rsidRDefault="00DF1241" w:rsidP="00EA3F9A">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>EXPECTATIONS &amp; GOALS</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00DF1241" w:rsidRPr="00EA3F9A" w:rsidRDefault="00DF1241" w:rsidP="00EA3F9A">
+    <w:p w14:paraId="2C4F00AA" w14:textId="77777777" w:rsidR="00DF1241" w:rsidRPr="00EA3F9A" w:rsidRDefault="00DF1241" w:rsidP="00EA3F9A">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00DF1241" w:rsidRPr="00EA3F9A" w:rsidRDefault="00DF1241" w:rsidP="00EA3F9A">
+    <w:p w14:paraId="6DD93360" w14:textId="77777777" w:rsidR="00DF1241" w:rsidRPr="00EA3F9A" w:rsidRDefault="00DF1241" w:rsidP="00EA3F9A">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EA3F9A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>1.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00DF1241" w:rsidRDefault="00DF1241" w:rsidP="00EA3F9A">
+    <w:p w14:paraId="4094DDDD" w14:textId="77777777" w:rsidR="00DF1241" w:rsidRDefault="00DF1241" w:rsidP="00EA3F9A">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00DF1241" w:rsidRPr="00EA3F9A" w:rsidRDefault="00DF1241" w:rsidP="00EA3F9A">
+    <w:p w14:paraId="2A104805" w14:textId="77777777" w:rsidR="00DF1241" w:rsidRPr="00EA3F9A" w:rsidRDefault="00DF1241" w:rsidP="00EA3F9A">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00DF1241" w:rsidRPr="00EA3F9A" w:rsidRDefault="00DF1241" w:rsidP="00EA3F9A">
+    <w:p w14:paraId="4DA7AE66" w14:textId="77777777" w:rsidR="00DF1241" w:rsidRPr="00EA3F9A" w:rsidRDefault="00DF1241" w:rsidP="00EA3F9A">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EA3F9A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>2.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00DF1241" w:rsidRDefault="00DF1241" w:rsidP="00EA3F9A">
+    <w:p w14:paraId="34DA5CF1" w14:textId="77777777" w:rsidR="00DF1241" w:rsidRDefault="00DF1241" w:rsidP="00EA3F9A">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00DF1241" w:rsidRPr="00EA3F9A" w:rsidRDefault="00DF1241" w:rsidP="00EA3F9A">
+    <w:p w14:paraId="382C53E1" w14:textId="77777777" w:rsidR="00DF1241" w:rsidRPr="00EA3F9A" w:rsidRDefault="00DF1241" w:rsidP="00EA3F9A">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00DF1241" w:rsidRPr="00EA3F9A" w:rsidRDefault="00DF1241" w:rsidP="00EA3F9A">
+    <w:p w14:paraId="179ABFC6" w14:textId="77777777" w:rsidR="00DF1241" w:rsidRPr="00EA3F9A" w:rsidRDefault="00DF1241" w:rsidP="00EA3F9A">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EA3F9A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>3.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00DF1241" w:rsidRDefault="00DF1241" w:rsidP="00EA3F9A">
+    <w:p w14:paraId="26BBCB06" w14:textId="77777777" w:rsidR="00DF1241" w:rsidRDefault="00DF1241" w:rsidP="00EA3F9A">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00DF1241" w:rsidRDefault="00DF1241" w:rsidP="00CA14FB">
-[...65 lines deleted...]
-    <w:p w:rsidR="00DF1241" w:rsidRDefault="00DF1241" w:rsidP="00CA14FB">
+    <w:p w14:paraId="0D687296" w14:textId="77777777" w:rsidR="00DF1241" w:rsidRDefault="00DF1241" w:rsidP="00CA14FB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7B0089F4" w14:textId="77777777" w:rsidR="00DF1241" w:rsidRDefault="00DF1241" w:rsidP="00CA14FB">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">Has a wheelchair referral been completed </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
@@ -5510,1197 +5494,1167 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">Who to </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:tab/>
-        <w:t>_________________</w:t>
-[...22 lines deleted...]
-    <w:p w:rsidR="00DF1241" w:rsidRDefault="00DF1241" w:rsidP="00CA14FB">
+        <w:t>__________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5EB94EF3" w14:textId="77777777" w:rsidR="00DF1241" w:rsidRDefault="00DF1241" w:rsidP="00CA14FB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="06169D1E" w14:textId="77777777" w:rsidR="00DF1241" w:rsidRDefault="00DF1241" w:rsidP="00CA14FB">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">Does the patient have an appropriate wheelchair </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:tab/>
         <w:t>Y / N</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00DF1241" w:rsidRDefault="00DF1241" w:rsidP="00CA14FB">
-[...9 lines deleted...]
-    <w:p w:rsidR="00DF1241" w:rsidRDefault="00DF1241" w:rsidP="00EF1C9A">
+    <w:p w14:paraId="2C963D66" w14:textId="77777777" w:rsidR="00DF1241" w:rsidRDefault="00DF1241" w:rsidP="00CA14FB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1ABE400F" w14:textId="77777777" w:rsidR="00DF1241" w:rsidRDefault="00DF1241" w:rsidP="00EF1C9A">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Has the patient been referred to Social Services</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:tab/>
         <w:t>Y / N</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">Who to </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:tab/>
-        <w:t>_________________</w:t>
-[...22 lines deleted...]
-    <w:p w:rsidR="00DF1241" w:rsidRDefault="00DF1241" w:rsidP="00CA14FB">
+        <w:t>__________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0FAC364D" w14:textId="77777777" w:rsidR="00DF1241" w:rsidRDefault="00DF1241" w:rsidP="00CA14FB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5CABD9F3" w14:textId="77777777" w:rsidR="00DF1241" w:rsidRDefault="00DF1241" w:rsidP="00CA14FB">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">Is the patient known to another prosthetics Centre </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">Y / N </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">Where </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:tab/>
-        <w:t>_________________</w:t>
-[...12 lines deleted...]
-    <w:p w:rsidR="00DF1241" w:rsidRDefault="00DF1241" w:rsidP="00CA14FB">
+        <w:t>__________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="47D51F09" w14:textId="77777777" w:rsidR="00DF1241" w:rsidRDefault="00DF1241" w:rsidP="00CA14FB">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="00A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="9016"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00DF1241" w:rsidRPr="00AF33CB" w:rsidTr="00AF33CB">
+      <w:tr w:rsidR="00DF1241" w:rsidRPr="00AF33CB" w14:paraId="0B4E2C00" w14:textId="77777777" w:rsidTr="00AF33CB">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9242" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00DF1241" w:rsidRPr="00AF33CB" w:rsidRDefault="00DF1241" w:rsidP="00AF33CB">
+          <w:p w14:paraId="56147B5A" w14:textId="77777777" w:rsidR="00DF1241" w:rsidRPr="00AF33CB" w:rsidRDefault="00DF1241" w:rsidP="00AF33CB">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AF33CB">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Any known risk to self or </w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="00AF33CB">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>others ?</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
           </w:p>
-          <w:p w:rsidR="00DF1241" w:rsidRPr="00AF33CB" w:rsidRDefault="00DF1241" w:rsidP="00AF33CB">
-[...39 lines deleted...]
-          <w:p w:rsidR="00DF1241" w:rsidRPr="00AF33CB" w:rsidRDefault="00DF1241" w:rsidP="00AF33CB">
+          <w:p w14:paraId="6ACD18CA" w14:textId="77777777" w:rsidR="00DF1241" w:rsidRPr="00AF33CB" w:rsidRDefault="00DF1241" w:rsidP="00AF33CB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="593CE934" w14:textId="77777777" w:rsidR="00DF1241" w:rsidRPr="00AF33CB" w:rsidRDefault="00DF1241" w:rsidP="00AF33CB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="10CB586B" w14:textId="77777777" w:rsidR="00DF1241" w:rsidRPr="00AF33CB" w:rsidRDefault="00DF1241" w:rsidP="00AF33CB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="640BC341" w14:textId="77777777" w:rsidR="00DF1241" w:rsidRPr="00AF33CB" w:rsidRDefault="00DF1241" w:rsidP="00AF33CB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="324E9245" w14:textId="77777777" w:rsidR="00DF1241" w:rsidRPr="00AF33CB" w:rsidRDefault="00DF1241" w:rsidP="00AF33CB">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DF1241" w:rsidRPr="00AF33CB" w:rsidTr="00AF33CB">
+      <w:tr w:rsidR="00DF1241" w:rsidRPr="00AF33CB" w14:paraId="2E68AE4E" w14:textId="77777777" w:rsidTr="00AF33CB">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9242" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00DF1241" w:rsidRPr="00AF33CB" w:rsidRDefault="00DF1241" w:rsidP="00AF33CB">
+          <w:p w14:paraId="50FAA1B0" w14:textId="77777777" w:rsidR="00DF1241" w:rsidRPr="00AF33CB" w:rsidRDefault="00DF1241" w:rsidP="00AF33CB">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AF33CB">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Are there any safety issues when visiting?</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00DF1241" w:rsidRPr="00AF33CB" w:rsidRDefault="00DF1241" w:rsidP="00AF33CB">
-[...49 lines deleted...]
-          <w:p w:rsidR="00DF1241" w:rsidRPr="00AF33CB" w:rsidRDefault="00DF1241" w:rsidP="00AF33CB">
+          <w:p w14:paraId="3A19C4CA" w14:textId="77777777" w:rsidR="00DF1241" w:rsidRPr="00AF33CB" w:rsidRDefault="00DF1241" w:rsidP="00AF33CB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="099F49C9" w14:textId="77777777" w:rsidR="00DF1241" w:rsidRPr="00AF33CB" w:rsidRDefault="00DF1241" w:rsidP="00AF33CB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="3EDE53AD" w14:textId="77777777" w:rsidR="00DF1241" w:rsidRPr="00AF33CB" w:rsidRDefault="00DF1241" w:rsidP="00AF33CB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="723CDB67" w14:textId="77777777" w:rsidR="00DF1241" w:rsidRPr="00AF33CB" w:rsidRDefault="00DF1241" w:rsidP="00AF33CB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="23B9EA2B" w14:textId="77777777" w:rsidR="00DF1241" w:rsidRPr="00AF33CB" w:rsidRDefault="00DF1241" w:rsidP="00AF33CB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2E592EE4" w14:textId="77777777" w:rsidR="00DF1241" w:rsidRPr="00AF33CB" w:rsidRDefault="00DF1241" w:rsidP="00AF33CB">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00DF1241" w:rsidRDefault="00DF1241" w:rsidP="00CA14FB">
-[...9 lines deleted...]
-    <w:p w:rsidR="00DF1241" w:rsidRPr="00953848" w:rsidRDefault="00DF1241" w:rsidP="00CA14FB">
+    <w:p w14:paraId="00F3B923" w14:textId="77777777" w:rsidR="00DF1241" w:rsidRDefault="00DF1241" w:rsidP="00CA14FB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="21121C2E" w14:textId="77777777" w:rsidR="00DF1241" w:rsidRPr="00953848" w:rsidRDefault="00DF1241" w:rsidP="00CA14FB">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00953848">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:highlight w:val="lightGray"/>
         </w:rPr>
         <w:t>RELEVANT PROFESSIONALS / KEY CONTACTS</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00DF1241" w:rsidRDefault="00DF1241" w:rsidP="00CA14FB">
+    <w:p w14:paraId="4ECFC77C" w14:textId="77777777" w:rsidR="00DF1241" w:rsidRDefault="00DF1241" w:rsidP="00CA14FB">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="00A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2279"/>
         <w:gridCol w:w="2238"/>
         <w:gridCol w:w="2260"/>
         <w:gridCol w:w="2239"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00DF1241" w:rsidRPr="00AF33CB" w:rsidTr="00AF33CB">
+      <w:tr w:rsidR="00DF1241" w:rsidRPr="00AF33CB" w14:paraId="0540F557" w14:textId="77777777" w:rsidTr="00AF33CB">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2310" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00DF1241" w:rsidRPr="00AF33CB" w:rsidRDefault="00DF1241" w:rsidP="00AF33CB">
-[...9 lines deleted...]
-          <w:p w:rsidR="00DF1241" w:rsidRPr="00AF33CB" w:rsidRDefault="00DF1241" w:rsidP="00AF33CB">
+          <w:p w14:paraId="1424BCEC" w14:textId="77777777" w:rsidR="00DF1241" w:rsidRPr="00AF33CB" w:rsidRDefault="00DF1241" w:rsidP="00AF33CB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="607075DC" w14:textId="77777777" w:rsidR="00DF1241" w:rsidRPr="00AF33CB" w:rsidRDefault="00DF1241" w:rsidP="00AF33CB">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AF33CB">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Consultant</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00DF1241" w:rsidRPr="00AF33CB" w:rsidRDefault="00DF1241" w:rsidP="00AF33CB">
+          <w:p w14:paraId="556667BD" w14:textId="77777777" w:rsidR="00DF1241" w:rsidRPr="00AF33CB" w:rsidRDefault="00DF1241" w:rsidP="00AF33CB">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2310" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00DF1241" w:rsidRPr="00AF33CB" w:rsidRDefault="00DF1241" w:rsidP="00AF33CB">
+          <w:p w14:paraId="54A6B04D" w14:textId="77777777" w:rsidR="00DF1241" w:rsidRPr="00AF33CB" w:rsidRDefault="00DF1241" w:rsidP="00AF33CB">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2311" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00DF1241" w:rsidRPr="00AF33CB" w:rsidRDefault="00DF1241" w:rsidP="00AF33CB">
-[...9 lines deleted...]
-          <w:p w:rsidR="00DF1241" w:rsidRPr="00AF33CB" w:rsidRDefault="00DF1241" w:rsidP="00AF33CB">
+          <w:p w14:paraId="19C6505E" w14:textId="77777777" w:rsidR="00DF1241" w:rsidRPr="00AF33CB" w:rsidRDefault="00DF1241" w:rsidP="00AF33CB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="6805EA2E" w14:textId="77777777" w:rsidR="00DF1241" w:rsidRPr="00AF33CB" w:rsidRDefault="00DF1241" w:rsidP="00AF33CB">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AF33CB">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Contact No / Bleep</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2311" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00DF1241" w:rsidRPr="00AF33CB" w:rsidRDefault="00DF1241" w:rsidP="00AF33CB">
+          <w:p w14:paraId="45F5E437" w14:textId="77777777" w:rsidR="00DF1241" w:rsidRPr="00AF33CB" w:rsidRDefault="00DF1241" w:rsidP="00AF33CB">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DF1241" w:rsidRPr="00AF33CB" w:rsidTr="00AF33CB">
+      <w:tr w:rsidR="00DF1241" w:rsidRPr="00AF33CB" w14:paraId="6B086CF5" w14:textId="77777777" w:rsidTr="00AF33CB">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2310" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00DF1241" w:rsidRPr="00AF33CB" w:rsidRDefault="00DF1241" w:rsidP="00AF33CB">
-[...9 lines deleted...]
-          <w:p w:rsidR="00DF1241" w:rsidRPr="00AF33CB" w:rsidRDefault="00DF1241" w:rsidP="00AF33CB">
+          <w:p w14:paraId="2810B88A" w14:textId="77777777" w:rsidR="00DF1241" w:rsidRPr="00AF33CB" w:rsidRDefault="00DF1241" w:rsidP="00AF33CB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="248446DF" w14:textId="77777777" w:rsidR="00DF1241" w:rsidRPr="00AF33CB" w:rsidRDefault="00DF1241" w:rsidP="00AF33CB">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AF33CB">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Physiotherapist </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00DF1241" w:rsidRPr="00AF33CB" w:rsidRDefault="00DF1241" w:rsidP="00AF33CB">
+          <w:p w14:paraId="019FB075" w14:textId="77777777" w:rsidR="00DF1241" w:rsidRPr="00AF33CB" w:rsidRDefault="00DF1241" w:rsidP="00AF33CB">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2310" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00DF1241" w:rsidRPr="00AF33CB" w:rsidRDefault="00DF1241" w:rsidP="00AF33CB">
+          <w:p w14:paraId="66412B01" w14:textId="77777777" w:rsidR="00DF1241" w:rsidRPr="00AF33CB" w:rsidRDefault="00DF1241" w:rsidP="00AF33CB">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2311" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00DF1241" w:rsidRPr="00AF33CB" w:rsidRDefault="00DF1241" w:rsidP="00AF33CB">
-[...9 lines deleted...]
-          <w:p w:rsidR="00DF1241" w:rsidRPr="00AF33CB" w:rsidRDefault="00DF1241" w:rsidP="00AF33CB">
+          <w:p w14:paraId="6D1BAF89" w14:textId="77777777" w:rsidR="00DF1241" w:rsidRPr="00AF33CB" w:rsidRDefault="00DF1241" w:rsidP="00AF33CB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="5A2A0ED5" w14:textId="77777777" w:rsidR="00DF1241" w:rsidRPr="00AF33CB" w:rsidRDefault="00DF1241" w:rsidP="00AF33CB">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AF33CB">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Contact No / Bleep</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2311" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00DF1241" w:rsidRPr="00AF33CB" w:rsidRDefault="00DF1241" w:rsidP="00AF33CB">
+          <w:p w14:paraId="1A87E928" w14:textId="77777777" w:rsidR="00DF1241" w:rsidRPr="00AF33CB" w:rsidRDefault="00DF1241" w:rsidP="00AF33CB">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DF1241" w:rsidRPr="00AF33CB" w:rsidTr="00AF33CB">
+      <w:tr w:rsidR="00DF1241" w:rsidRPr="00AF33CB" w14:paraId="22CCEF9A" w14:textId="77777777" w:rsidTr="00AF33CB">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2310" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00DF1241" w:rsidRPr="00AF33CB" w:rsidRDefault="00DF1241" w:rsidP="00AF33CB">
-[...9 lines deleted...]
-          <w:p w:rsidR="00DF1241" w:rsidRPr="00AF33CB" w:rsidRDefault="00DF1241" w:rsidP="00AF33CB">
+          <w:p w14:paraId="3D48F382" w14:textId="77777777" w:rsidR="00DF1241" w:rsidRPr="00AF33CB" w:rsidRDefault="00DF1241" w:rsidP="00AF33CB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="32B2897C" w14:textId="77777777" w:rsidR="00DF1241" w:rsidRPr="00AF33CB" w:rsidRDefault="00DF1241" w:rsidP="00AF33CB">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AF33CB">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Occupational Therapist </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00DF1241" w:rsidRPr="00AF33CB" w:rsidRDefault="00DF1241" w:rsidP="00AF33CB">
+          <w:p w14:paraId="065129ED" w14:textId="77777777" w:rsidR="00DF1241" w:rsidRPr="00AF33CB" w:rsidRDefault="00DF1241" w:rsidP="00AF33CB">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2310" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00DF1241" w:rsidRPr="00AF33CB" w:rsidRDefault="00DF1241" w:rsidP="00AF33CB">
+          <w:p w14:paraId="72C20E56" w14:textId="77777777" w:rsidR="00DF1241" w:rsidRPr="00AF33CB" w:rsidRDefault="00DF1241" w:rsidP="00AF33CB">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2311" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00DF1241" w:rsidRPr="00AF33CB" w:rsidRDefault="00DF1241" w:rsidP="00AF33CB">
-[...9 lines deleted...]
-          <w:p w:rsidR="00DF1241" w:rsidRPr="00AF33CB" w:rsidRDefault="00DF1241" w:rsidP="00AF33CB">
+          <w:p w14:paraId="19ACDDA6" w14:textId="77777777" w:rsidR="00DF1241" w:rsidRPr="00AF33CB" w:rsidRDefault="00DF1241" w:rsidP="00AF33CB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="17BFEC12" w14:textId="77777777" w:rsidR="00DF1241" w:rsidRPr="00AF33CB" w:rsidRDefault="00DF1241" w:rsidP="00AF33CB">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AF33CB">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Contact No / Bleep</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2311" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00DF1241" w:rsidRPr="00AF33CB" w:rsidRDefault="00DF1241" w:rsidP="00AF33CB">
+          <w:p w14:paraId="38D01BF2" w14:textId="77777777" w:rsidR="00DF1241" w:rsidRPr="00AF33CB" w:rsidRDefault="00DF1241" w:rsidP="00AF33CB">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DF1241" w:rsidRPr="00AF33CB" w:rsidTr="00AF33CB">
+      <w:tr w:rsidR="00DF1241" w:rsidRPr="00AF33CB" w14:paraId="04919E20" w14:textId="77777777" w:rsidTr="00AF33CB">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2310" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00DF1241" w:rsidRPr="00AF33CB" w:rsidRDefault="00DF1241" w:rsidP="00AF33CB">
-[...9 lines deleted...]
-          <w:p w:rsidR="00DF1241" w:rsidRPr="00AF33CB" w:rsidRDefault="00DF1241" w:rsidP="00AF33CB">
+          <w:p w14:paraId="2B10B4DF" w14:textId="77777777" w:rsidR="00DF1241" w:rsidRPr="00AF33CB" w:rsidRDefault="00DF1241" w:rsidP="00AF33CB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="3AF7A541" w14:textId="77777777" w:rsidR="00DF1241" w:rsidRPr="00AF33CB" w:rsidRDefault="00DF1241" w:rsidP="00AF33CB">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AF33CB">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Counsellor</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00DF1241" w:rsidRPr="00AF33CB" w:rsidRDefault="00DF1241" w:rsidP="00AF33CB">
+          <w:p w14:paraId="498B8B13" w14:textId="77777777" w:rsidR="00DF1241" w:rsidRPr="00AF33CB" w:rsidRDefault="00DF1241" w:rsidP="00AF33CB">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2310" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00DF1241" w:rsidRPr="00AF33CB" w:rsidRDefault="00DF1241" w:rsidP="00AF33CB">
+          <w:p w14:paraId="0963374A" w14:textId="77777777" w:rsidR="00DF1241" w:rsidRPr="00AF33CB" w:rsidRDefault="00DF1241" w:rsidP="00AF33CB">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2311" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00DF1241" w:rsidRPr="00AF33CB" w:rsidRDefault="00DF1241" w:rsidP="00AF33CB">
-[...9 lines deleted...]
-          <w:p w:rsidR="00DF1241" w:rsidRPr="00AF33CB" w:rsidRDefault="00DF1241" w:rsidP="00AF33CB">
+          <w:p w14:paraId="3E4CCE20" w14:textId="77777777" w:rsidR="00DF1241" w:rsidRPr="00AF33CB" w:rsidRDefault="00DF1241" w:rsidP="00AF33CB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="238C7CF7" w14:textId="77777777" w:rsidR="00DF1241" w:rsidRPr="00AF33CB" w:rsidRDefault="00DF1241" w:rsidP="00AF33CB">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AF33CB">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Contact No / Bleep</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2311" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00DF1241" w:rsidRPr="00AF33CB" w:rsidRDefault="00DF1241" w:rsidP="00AF33CB">
+          <w:p w14:paraId="5FA2D350" w14:textId="77777777" w:rsidR="00DF1241" w:rsidRPr="00AF33CB" w:rsidRDefault="00DF1241" w:rsidP="00AF33CB">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DF1241" w:rsidRPr="00AF33CB" w:rsidTr="00AF33CB">
+      <w:tr w:rsidR="00DF1241" w:rsidRPr="00AF33CB" w14:paraId="2EA30605" w14:textId="77777777" w:rsidTr="00AF33CB">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2310" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00DF1241" w:rsidRPr="00AF33CB" w:rsidRDefault="00DF1241" w:rsidP="00AF33CB">
-[...9 lines deleted...]
-          <w:p w:rsidR="00DF1241" w:rsidRPr="00AF33CB" w:rsidRDefault="00DF1241" w:rsidP="00AF33CB">
+          <w:p w14:paraId="616BE0FA" w14:textId="77777777" w:rsidR="00DF1241" w:rsidRPr="00AF33CB" w:rsidRDefault="00DF1241" w:rsidP="00AF33CB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="02A2CF3C" w14:textId="77777777" w:rsidR="00DF1241" w:rsidRPr="00AF33CB" w:rsidRDefault="00DF1241" w:rsidP="00AF33CB">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AF33CB">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Social Worker</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00DF1241" w:rsidRPr="00AF33CB" w:rsidRDefault="00DF1241" w:rsidP="00AF33CB">
+          <w:p w14:paraId="3AF4E04D" w14:textId="77777777" w:rsidR="00DF1241" w:rsidRPr="00AF33CB" w:rsidRDefault="00DF1241" w:rsidP="00AF33CB">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2310" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00DF1241" w:rsidRPr="00AF33CB" w:rsidRDefault="00DF1241" w:rsidP="00AF33CB">
+          <w:p w14:paraId="5F4DC9F5" w14:textId="77777777" w:rsidR="00DF1241" w:rsidRPr="00AF33CB" w:rsidRDefault="00DF1241" w:rsidP="00AF33CB">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2311" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00DF1241" w:rsidRPr="00AF33CB" w:rsidRDefault="00DF1241" w:rsidP="00AF33CB">
-[...9 lines deleted...]
-          <w:p w:rsidR="00DF1241" w:rsidRPr="00AF33CB" w:rsidRDefault="00DF1241" w:rsidP="00AF33CB">
+          <w:p w14:paraId="4649A0A2" w14:textId="77777777" w:rsidR="00DF1241" w:rsidRPr="00AF33CB" w:rsidRDefault="00DF1241" w:rsidP="00AF33CB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="11A43E85" w14:textId="77777777" w:rsidR="00DF1241" w:rsidRPr="00AF33CB" w:rsidRDefault="00DF1241" w:rsidP="00AF33CB">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AF33CB">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Contact No / Bleep</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2311" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00DF1241" w:rsidRPr="00AF33CB" w:rsidRDefault="00DF1241" w:rsidP="00AF33CB">
+          <w:p w14:paraId="64FF3BB9" w14:textId="77777777" w:rsidR="00DF1241" w:rsidRPr="00AF33CB" w:rsidRDefault="00DF1241" w:rsidP="00AF33CB">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00DF1241" w:rsidRPr="006B4DD2" w:rsidRDefault="00DF1241" w:rsidP="00CA14FB">
+    <w:p w14:paraId="3F2AB12D" w14:textId="77777777" w:rsidR="00DF1241" w:rsidRPr="006B4DD2" w:rsidRDefault="00DF1241" w:rsidP="00CA14FB">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9180" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="00A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="6912"/>
         <w:gridCol w:w="2268"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00DF1241" w:rsidRPr="00AF33CB" w:rsidTr="00AF33CB">
+      <w:tr w:rsidR="00DF1241" w:rsidRPr="00AF33CB" w14:paraId="74F2C9BB" w14:textId="77777777" w:rsidTr="00AF33CB">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6912" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00DF1241" w:rsidRPr="00AF33CB" w:rsidRDefault="00DF1241" w:rsidP="00AF33CB">
+          <w:p w14:paraId="63DBF080" w14:textId="77777777" w:rsidR="00DF1241" w:rsidRPr="00AF33CB" w:rsidRDefault="00DF1241" w:rsidP="00AF33CB">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AF33CB">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>NEXT of KIN</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00DF1241" w:rsidRPr="00AF33CB" w:rsidRDefault="00DF1241" w:rsidP="00AF33CB">
+          <w:p w14:paraId="07A64096" w14:textId="77777777" w:rsidR="00DF1241" w:rsidRPr="00AF33CB" w:rsidRDefault="00DF1241" w:rsidP="00AF33CB">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AF33CB">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>(name &amp; relation)</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00DF1241" w:rsidRPr="00AF33CB" w:rsidRDefault="00DF1241" w:rsidP="00AF33CB">
-[...19 lines deleted...]
-          <w:p w:rsidR="00DF1241" w:rsidRPr="00AF33CB" w:rsidRDefault="00DF1241" w:rsidP="00AF33CB">
+          <w:p w14:paraId="1008650E" w14:textId="77777777" w:rsidR="00DF1241" w:rsidRPr="00AF33CB" w:rsidRDefault="00DF1241" w:rsidP="00AF33CB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2D198428" w14:textId="77777777" w:rsidR="00DF1241" w:rsidRPr="00AF33CB" w:rsidRDefault="00DF1241" w:rsidP="00AF33CB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="46EFC39B" w14:textId="77777777" w:rsidR="00DF1241" w:rsidRPr="00AF33CB" w:rsidRDefault="00DF1241" w:rsidP="00AF33CB">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00DF1241" w:rsidRPr="00AF33CB" w:rsidRDefault="00DF1241" w:rsidP="00AF33CB">
+          <w:p w14:paraId="772FD950" w14:textId="77777777" w:rsidR="00DF1241" w:rsidRPr="00AF33CB" w:rsidRDefault="00DF1241" w:rsidP="00AF33CB">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-250" w:firstLine="250"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AF33CB">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Contact No / Bleep</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00DF1241" w:rsidRPr="00AF33CB" w:rsidRDefault="00DF1241" w:rsidP="00AF33CB">
+          <w:p w14:paraId="01B0C143" w14:textId="77777777" w:rsidR="00DF1241" w:rsidRPr="00AF33CB" w:rsidRDefault="00DF1241" w:rsidP="00AF33CB">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00DF1241" w:rsidRDefault="00DF1241" w:rsidP="00CA14FB">
+    <w:p w14:paraId="2131F317" w14:textId="77777777" w:rsidR="00DF1241" w:rsidRDefault="00DF1241" w:rsidP="00CA14FB">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00DF1241" w:rsidRPr="00FF5A7E" w:rsidRDefault="00DF1241" w:rsidP="00CA14FB">
+    <w:p w14:paraId="14476FFB" w14:textId="77777777" w:rsidR="00DF1241" w:rsidRPr="00FF5A7E" w:rsidRDefault="00DF1241" w:rsidP="00CA14FB">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Referrer N</w:t>
       </w:r>
       <w:r w:rsidRPr="00FF5A7E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
@@ -6713,471 +6667,471 @@
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:tab/>
         <w:t>__________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00DF1241" w:rsidRDefault="00DF1241" w:rsidP="00CA14FB">
-[...9 lines deleted...]
-    <w:p w:rsidR="00DF1241" w:rsidRPr="00094B05" w:rsidRDefault="00DF1241" w:rsidP="00CA14FB">
+    <w:p w14:paraId="139FB39F" w14:textId="77777777" w:rsidR="00DF1241" w:rsidRDefault="00DF1241" w:rsidP="00CA14FB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="70BAA084" w14:textId="77777777" w:rsidR="00DF1241" w:rsidRPr="00094B05" w:rsidRDefault="00DF1241" w:rsidP="00CA14FB">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00094B05">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Signature</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:tab/>
         <w:t>__________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00DF1241" w:rsidRDefault="00DF1241" w:rsidP="00CA14FB">
-[...9 lines deleted...]
-    <w:p w:rsidR="00DF1241" w:rsidRPr="00094B05" w:rsidRDefault="00DF1241" w:rsidP="00CA14FB">
+    <w:p w14:paraId="42ACEC47" w14:textId="77777777" w:rsidR="00DF1241" w:rsidRDefault="00DF1241" w:rsidP="00CA14FB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7EF1313D" w14:textId="77777777" w:rsidR="00DF1241" w:rsidRPr="00094B05" w:rsidRDefault="00DF1241" w:rsidP="00CA14FB">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Date</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:tab/>
         <w:t>__________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00DF1241" w:rsidRDefault="00DF1241" w:rsidP="00CA14FB">
-[...9 lines deleted...]
-    <w:p w:rsidR="00DF1241" w:rsidRDefault="00DF1241" w:rsidP="00094B05">
+    <w:p w14:paraId="05FADC03" w14:textId="77777777" w:rsidR="00DF1241" w:rsidRDefault="00DF1241" w:rsidP="00CA14FB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="03D71378" w14:textId="77777777" w:rsidR="00DF1241" w:rsidRDefault="00DF1241" w:rsidP="00094B05">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Please return to:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00DF1241" w:rsidRDefault="006609A3" w:rsidP="00094B05">
+    <w:p w14:paraId="6D1294CB" w14:textId="77777777" w:rsidR="00DF1241" w:rsidRDefault="006609A3" w:rsidP="00094B05">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">Medical </w:t>
       </w:r>
       <w:r w:rsidR="00DF1241">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Secretary</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006609A3" w:rsidRDefault="00DF1241" w:rsidP="00E01630">
+    <w:p w14:paraId="7CE32468" w14:textId="77777777" w:rsidR="006609A3" w:rsidRDefault="00DF1241" w:rsidP="00E01630">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">Amputee Rehabilitation Service </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00DF1241" w:rsidRDefault="00DF1241" w:rsidP="00094B05">
+    <w:p w14:paraId="30F8A2F1" w14:textId="77777777" w:rsidR="00DF1241" w:rsidRDefault="00DF1241" w:rsidP="00094B05">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Bowley Close Rehabilitation Centre</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00DF1241" w:rsidRDefault="00DF1241" w:rsidP="00094B05">
+    <w:p w14:paraId="4D8FC673" w14:textId="77777777" w:rsidR="00DF1241" w:rsidRDefault="00DF1241" w:rsidP="00094B05">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Farquhar Road</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00DF1241" w:rsidRDefault="00DF1241" w:rsidP="00094B05">
+    <w:p w14:paraId="1FBD0DE2" w14:textId="77777777" w:rsidR="00DF1241" w:rsidRDefault="00DF1241" w:rsidP="00094B05">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">London </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00DF1241" w:rsidRDefault="00DF1241" w:rsidP="00094B05">
+    <w:p w14:paraId="32CA645B" w14:textId="77777777" w:rsidR="00DF1241" w:rsidRDefault="00DF1241" w:rsidP="00094B05">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>SE19 1SZ</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00DF1241" w:rsidRDefault="00DF1241" w:rsidP="00094B05">
+    <w:p w14:paraId="1978B4F4" w14:textId="77777777" w:rsidR="00DF1241" w:rsidRDefault="00DF1241" w:rsidP="00094B05">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Phone:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:tab/>
         <w:t>020 3049 7700</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00DF1241" w:rsidRPr="00D35EE4" w:rsidRDefault="00DF1241" w:rsidP="00094B05">
+    <w:p w14:paraId="46C2A977" w14:textId="4CBCD053" w:rsidR="00DF1241" w:rsidRPr="00D35EE4" w:rsidRDefault="00DF1241" w:rsidP="00094B05">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D35EE4">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t xml:space="preserve">E-mail </w:t>
       </w:r>
       <w:hyperlink r:id="rId9" w:history="1">
-        <w:r w:rsidR="004037AF" w:rsidRPr="00D35EE4">
+        <w:r w:rsidR="00E0307D" w:rsidRPr="00237E27">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:b/>
             <w:sz w:val="32"/>
             <w:szCs w:val="32"/>
           </w:rPr>
-          <w:t>gst-tr.amputeeprosreferrals@nhs.net</w:t>
+          <w:t>gstt.amputeeprosreferrals@nhs.net</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00D35EE4">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00DF1241" w:rsidRDefault="00DF1241" w:rsidP="00094B05">
+    <w:p w14:paraId="34EC163E" w14:textId="77777777" w:rsidR="00DF1241" w:rsidRDefault="00DF1241" w:rsidP="00094B05">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00DF1241" w:rsidRDefault="00DF1241" w:rsidP="00B67139">
+    <w:p w14:paraId="601E2475" w14:textId="77777777" w:rsidR="00DF1241" w:rsidRDefault="00DF1241" w:rsidP="00B67139">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Confirmation receipt will be sent once referral is processed</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00DF1241" w:rsidRPr="00C0782E" w:rsidRDefault="00DF1241" w:rsidP="00C0782E">
+    <w:p w14:paraId="7F6997D5" w14:textId="77777777" w:rsidR="00DF1241" w:rsidRPr="00C0782E" w:rsidRDefault="00DF1241" w:rsidP="00C0782E">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:tab/>
@@ -7245,145 +7199,145 @@
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="00DF1241" w:rsidRPr="00C0782E" w:rsidSect="003A0F77">
       <w:type w:val="continuous"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="993" w:right="1440" w:bottom="1440" w:left="1440" w:header="142" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="006C2EDF" w:rsidRDefault="006C2EDF" w:rsidP="00CA14FB">
+    <w:p w14:paraId="58DB7340" w14:textId="77777777" w:rsidR="006C2EDF" w:rsidRDefault="006C2EDF" w:rsidP="00CA14FB">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="006C2EDF" w:rsidRDefault="006C2EDF" w:rsidP="00CA14FB">
+    <w:p w14:paraId="5D1D516C" w14:textId="77777777" w:rsidR="006C2EDF" w:rsidRDefault="006C2EDF" w:rsidP="00CA14FB">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Garamond">
     <w:panose1 w:val="02020404030301010803"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
-  <w:p w:rsidR="003A0F77" w:rsidRDefault="003A0F77" w:rsidP="00B359FA">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="3984ADE1" w14:textId="77777777" w:rsidR="003A0F77" w:rsidRDefault="003A0F77" w:rsidP="00B359FA">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:b/>
         <w:noProof/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:b/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t xml:space="preserve">Page </w:t>
     </w:r>
     <w:r w:rsidRPr="003A0F77">
       <w:rPr>
         <w:b/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
@@ -7410,182 +7364,182 @@
         <w:noProof/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t>4</w:t>
     </w:r>
     <w:r w:rsidRPr="003A0F77">
       <w:rPr>
         <w:b/>
         <w:noProof/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:b/>
         <w:noProof/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t>/4</w:t>
     </w:r>
   </w:p>
-  <w:p w:rsidR="00DF1241" w:rsidRPr="00B359FA" w:rsidRDefault="00DF1241" w:rsidP="00B359FA">
+  <w:p w14:paraId="320F5E84" w14:textId="77777777" w:rsidR="00DF1241" w:rsidRPr="00B359FA" w:rsidRDefault="00DF1241" w:rsidP="00B359FA">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:b/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00B359FA">
       <w:rPr>
         <w:b/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t>Bow</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:b/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t>ley Close Rehabilitation Centre</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="006C2EDF" w:rsidRDefault="006C2EDF" w:rsidP="00CA14FB">
+    <w:p w14:paraId="4C9C552B" w14:textId="77777777" w:rsidR="006C2EDF" w:rsidRDefault="006C2EDF" w:rsidP="00CA14FB">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="006C2EDF" w:rsidRDefault="006C2EDF" w:rsidP="00CA14FB">
+    <w:p w14:paraId="4C29CC5F" w14:textId="77777777" w:rsidR="006C2EDF" w:rsidRDefault="006C2EDF" w:rsidP="00CA14FB">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
-  <w:p w:rsidR="00DF1241" w:rsidRDefault="003A0F77" w:rsidP="003A0F77">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="74CBFCAC" w14:textId="77777777" w:rsidR="00DF1241" w:rsidRDefault="003A0F77" w:rsidP="003A0F77">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:ind w:right="-188"/>
       <w:jc w:val="right"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:lang w:eastAsia="en-GB"/>
       </w:rPr>
       <w:drawing>
-        <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="078E09F9" wp14:editId="6F215272">
+        <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="10BB7FD9" wp14:editId="04246B1F">
           <wp:extent cx="2225040" cy="762000"/>
           <wp:effectExtent l="0" t="0" r="3810" b="0"/>
           <wp:docPr id="8" name="Picture 8" descr="A4 Guy's and St Thomas' RGB BLUE"/>
           <wp:cNvGraphicFramePr/>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
                   <pic:cNvPr id="26" name="Picture 26" descr="A4 Guy's and St Thomas' RGB BLUE"/>
                   <pic:cNvPicPr/>
                 </pic:nvPicPr>
                 <pic:blipFill rotWithShape="1">
                   <a:blip r:embed="rId1">
                     <a:extLst>
                       <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                         <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                       </a:ext>
                     </a:extLst>
                   </a:blip>
                   <a:srcRect l="10417" t="18447" r="11198" b="20389"/>
                   <a:stretch/>
                 </pic:blipFill>
                 <pic:spPr bwMode="auto">
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="2225040" cy="762000"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                   <a:noFill/>
                   <a:ln>
                     <a:noFill/>
                   </a:ln>
                   <a:extLst>
                     <a:ext uri="{53640926-AAD7-44D8-BBD7-CCE9431645EC}">
                       <a14:shadowObscured xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
                     </a:ext>
                   </a:extLst>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
         </wp:inline>
       </w:drawing>
     </w:r>
   </w:p>
-  <w:p w:rsidR="00DF1241" w:rsidRDefault="00DF1241">
+  <w:p w14:paraId="50A956BB" w14:textId="77777777" w:rsidR="00DF1241" w:rsidRDefault="00DF1241">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
-  <w:p w:rsidR="00DF1241" w:rsidRDefault="00DF1241">
+  <w:p w14:paraId="0B7134B4" w14:textId="77777777" w:rsidR="00DF1241" w:rsidRDefault="00DF1241">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="4ADC0D57"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="5678971E"/>
     <w:lvl w:ilvl="0" w:tplc="08090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2520" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
@@ -7655,79 +7609,80 @@
     <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7560" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="8280" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1">
+  <w:num w:numId="1" w16cid:durableId="842546147">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="14337"/>
+    <o:shapedefaults v:ext="edit" spidmax="16385"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00CA14FB"/>
     <w:rsid w:val="00056054"/>
     <w:rsid w:val="0006259C"/>
     <w:rsid w:val="00067110"/>
     <w:rsid w:val="0008089D"/>
     <w:rsid w:val="00094B05"/>
     <w:rsid w:val="0009726B"/>
     <w:rsid w:val="000A48F1"/>
     <w:rsid w:val="000B59B8"/>
     <w:rsid w:val="000E577E"/>
     <w:rsid w:val="00142C7A"/>
     <w:rsid w:val="00172AD9"/>
     <w:rsid w:val="00180969"/>
     <w:rsid w:val="00190A27"/>
     <w:rsid w:val="001B34FA"/>
     <w:rsid w:val="001B59B2"/>
     <w:rsid w:val="001B70E4"/>
     <w:rsid w:val="001C19B6"/>
     <w:rsid w:val="001C3AD5"/>
     <w:rsid w:val="001F37FF"/>
     <w:rsid w:val="001F3AD3"/>
     <w:rsid w:val="00240B4E"/>
     <w:rsid w:val="0026144C"/>
@@ -7823,150 +7778,155 @@
     <w:rsid w:val="009E7665"/>
     <w:rsid w:val="009F50AC"/>
     <w:rsid w:val="00A04C97"/>
     <w:rsid w:val="00A2064D"/>
     <w:rsid w:val="00A37417"/>
     <w:rsid w:val="00A56084"/>
     <w:rsid w:val="00A639C4"/>
     <w:rsid w:val="00A64AC0"/>
     <w:rsid w:val="00A90950"/>
     <w:rsid w:val="00A91671"/>
     <w:rsid w:val="00A935B5"/>
     <w:rsid w:val="00AA26C4"/>
     <w:rsid w:val="00AB6F93"/>
     <w:rsid w:val="00AD21DB"/>
     <w:rsid w:val="00AF33CB"/>
     <w:rsid w:val="00AF6470"/>
     <w:rsid w:val="00B16ECC"/>
     <w:rsid w:val="00B30F05"/>
     <w:rsid w:val="00B35432"/>
     <w:rsid w:val="00B359FA"/>
     <w:rsid w:val="00B45BDD"/>
     <w:rsid w:val="00B61B93"/>
     <w:rsid w:val="00B67139"/>
     <w:rsid w:val="00B76AEF"/>
     <w:rsid w:val="00B82C3D"/>
+    <w:rsid w:val="00B84BC8"/>
     <w:rsid w:val="00B854C7"/>
     <w:rsid w:val="00BB777A"/>
+    <w:rsid w:val="00BC26B2"/>
     <w:rsid w:val="00BF0087"/>
     <w:rsid w:val="00C05064"/>
     <w:rsid w:val="00C0782E"/>
     <w:rsid w:val="00C215FA"/>
     <w:rsid w:val="00C7034C"/>
     <w:rsid w:val="00C95683"/>
     <w:rsid w:val="00CA14FB"/>
     <w:rsid w:val="00CB198D"/>
     <w:rsid w:val="00CD59F0"/>
     <w:rsid w:val="00CD6859"/>
     <w:rsid w:val="00D03C5C"/>
     <w:rsid w:val="00D052A0"/>
+    <w:rsid w:val="00D15456"/>
     <w:rsid w:val="00D24F7E"/>
     <w:rsid w:val="00D35EE4"/>
     <w:rsid w:val="00D41AF3"/>
     <w:rsid w:val="00D5002F"/>
     <w:rsid w:val="00D71F73"/>
     <w:rsid w:val="00D94A93"/>
     <w:rsid w:val="00DA2579"/>
     <w:rsid w:val="00DA3B96"/>
     <w:rsid w:val="00DD620E"/>
     <w:rsid w:val="00DE1462"/>
     <w:rsid w:val="00DE6CC5"/>
     <w:rsid w:val="00DE7319"/>
     <w:rsid w:val="00DF1241"/>
     <w:rsid w:val="00E01630"/>
+    <w:rsid w:val="00E0307D"/>
     <w:rsid w:val="00E05107"/>
     <w:rsid w:val="00E31C54"/>
     <w:rsid w:val="00E47EBA"/>
     <w:rsid w:val="00E51D32"/>
     <w:rsid w:val="00E52824"/>
     <w:rsid w:val="00E54D1B"/>
     <w:rsid w:val="00E66482"/>
     <w:rsid w:val="00E844E5"/>
     <w:rsid w:val="00EA3F9A"/>
     <w:rsid w:val="00EC2777"/>
     <w:rsid w:val="00EE3406"/>
     <w:rsid w:val="00EF1C9A"/>
     <w:rsid w:val="00F0038B"/>
     <w:rsid w:val="00F17A3C"/>
     <w:rsid w:val="00F17DAD"/>
     <w:rsid w:val="00F226EF"/>
     <w:rsid w:val="00F366E7"/>
     <w:rsid w:val="00F405B1"/>
     <w:rsid w:val="00F42F83"/>
     <w:rsid w:val="00F7028B"/>
     <w:rsid w:val="00F70355"/>
     <w:rsid w:val="00F837D0"/>
     <w:rsid w:val="00FC08A3"/>
     <w:rsid w:val="00FC3B59"/>
     <w:rsid w:val="00FE103B"/>
     <w:rsid w:val="00FE2FD2"/>
     <w:rsid w:val="00FF1BF7"/>
     <w:rsid w:val="00FF5A7E"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-GB"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:doNotAutoCompressPictures/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="14337"/>
+    <o:shapedefaults v:ext="edit" spidmax="16385"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
+  <w14:docId w14:val="7CC3D7D4"/>
   <w15:docId w15:val="{E963DC61-D978-40B8-A857-5B71B82A0980}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-GB" w:eastAsia="en-GB" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:locked="1" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:locked="1" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:locked="1" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:locked="1" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:locked="1" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:locked="1" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:locked="1" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:locked="1" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:locked="1" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:locked="1" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:locked="1" w:uiPriority="0"/>
     <w:lsdException w:name="toc 2" w:locked="1" w:uiPriority="0"/>
     <w:lsdException w:name="toc 3" w:locked="1" w:uiPriority="0"/>
     <w:lsdException w:name="toc 4" w:locked="1" w:uiPriority="0"/>
     <w:lsdException w:name="toc 5" w:locked="1" w:uiPriority="0"/>
     <w:lsdException w:name="toc 6" w:locked="1" w:uiPriority="0"/>
@@ -8294,50 +8254,55 @@
     <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="00180969"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
@@ -8462,55 +8427,67 @@
       </w:tblBorders>
     </w:tblPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ListParagraph">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="99"/>
     <w:qFormat/>
     <w:rsid w:val="00E51D32"/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:styleId="Hyperlink">
     <w:name w:val="Hyperlink"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00B16ECC"/>
     <w:rPr>
       <w:rFonts w:cs="Times New Roman"/>
       <w:color w:val="0000FF"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="character" w:styleId="UnresolvedMention">
+    <w:name w:val="Unresolved Mention"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00E0307D"/>
+    <w:rPr>
+      <w:color w:val="605E5C"/>
+      <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
+    </w:rPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="67849743">
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
       <w:divsChild>
         <w:div w:id="67849753">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
           <w:divsChild>
@@ -8838,51 +8815,51 @@
                                         </w:div>
                                       </w:divsChild>
                                     </w:div>
                                   </w:divsChild>
                                 </w:div>
                               </w:divsChild>
                             </w:div>
                           </w:divsChild>
                         </w:div>
                       </w:divsChild>
                     </w:div>
                   </w:divsChild>
                 </w:div>
               </w:divsChild>
             </w:div>
           </w:divsChild>
         </w:div>
       </w:divsChild>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:gst-tr.amputeeprosreferrals@nhs.net" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:gstt.amputeeprosreferrals@nhs.net" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
@@ -9133,67 +9110,67 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>4</Pages>
-  <Words>619</Words>
-  <Characters>3989</Characters>
+  <Words>690</Words>
+  <Characters>3910</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>33</Lines>
-  <Paragraphs>9</Paragraphs>
+  <Lines>434</Lines>
+  <Paragraphs>183</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>PRIMARY AMPUTEE REFERRAL FORM</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>SECSU</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>4599</CharactersWithSpaces>
+  <CharactersWithSpaces>4417</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>PRIMARY AMPUTEE REFERRAL FORM</dc:title>
   <dc:creator>Coffey Berni</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>