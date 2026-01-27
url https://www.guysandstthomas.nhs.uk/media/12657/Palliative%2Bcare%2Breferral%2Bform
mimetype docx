--- v0 (2025-12-05)
+++ v1 (2026-01-27)
@@ -14,51 +14,51 @@
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer4.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId5" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="6B56FF06" w14:textId="20032267" w:rsidR="00805FA7" w:rsidRDefault="002C4EE7">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:noProof/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251660288" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="334B8A75" wp14:editId="3C59AE6A">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>-299134</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>-1374775</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="7306407" cy="896815"/>
                 <wp:effectExtent l="0" t="0" r="27940" b="17780"/>
@@ -286,140 +286,148 @@
     <w:p w14:paraId="523B85EC" w14:textId="77777777" w:rsidR="0057531E" w:rsidRPr="003C0AB4" w:rsidRDefault="0057531E" w:rsidP="0057531E">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="2660"/>
         </w:tabs>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="508D9F0D" w14:textId="77777777" w:rsidR="0057531E" w:rsidRPr="003C0AB4" w:rsidRDefault="0057531E" w:rsidP="0057531E">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="2660"/>
         </w:tabs>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="4F81BD" w:themeColor="accent1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="641B9A46" w14:textId="16C85861" w:rsidR="0057531E" w:rsidRPr="00A2269F" w:rsidRDefault="0057531E" w:rsidP="0057531E">
+    <w:p w14:paraId="641B9A46" w14:textId="30A12BA9" w:rsidR="0057531E" w:rsidRPr="00A2269F" w:rsidRDefault="0057531E" w:rsidP="0057531E">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="2660"/>
         </w:tabs>
         <w:rPr>
           <w:color w:val="4F81BD" w:themeColor="accent1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A2269F">
         <w:rPr>
           <w:color w:val="4F81BD" w:themeColor="accent1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">Version </w:t>
       </w:r>
       <w:r w:rsidR="00904BA7" w:rsidRPr="00A2269F">
         <w:rPr>
           <w:color w:val="4F81BD" w:themeColor="accent1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>4</w:t>
       </w:r>
       <w:r w:rsidR="000E2274">
         <w:rPr>
           <w:color w:val="4F81BD" w:themeColor="accent1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>.1</w:t>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="0044059B">
+        <w:rPr>
+          <w:color w:val="4F81BD" w:themeColor="accent1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>2</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4E3ABB4D" w14:textId="3C7019DF" w:rsidR="0057531E" w:rsidRPr="00A2269F" w:rsidRDefault="0057531E" w:rsidP="0057531E">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="2660"/>
         </w:tabs>
         <w:rPr>
           <w:color w:val="4F81BD" w:themeColor="accent1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A2269F">
         <w:rPr>
           <w:color w:val="4F81BD" w:themeColor="accent1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">Agreed Date: </w:t>
       </w:r>
       <w:r w:rsidR="00A2269F" w:rsidRPr="00A2269F">
         <w:rPr>
           <w:color w:val="4F81BD" w:themeColor="accent1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>10/04/24</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6EB8ABCC" w14:textId="0C80D3BB" w:rsidR="003C0AB4" w:rsidRPr="00A2269F" w:rsidRDefault="003C0AB4" w:rsidP="0057531E">
+    <w:p w14:paraId="6EB8ABCC" w14:textId="068C5A85" w:rsidR="003C0AB4" w:rsidRPr="00A2269F" w:rsidRDefault="003C0AB4" w:rsidP="0057531E">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="2660"/>
         </w:tabs>
         <w:rPr>
           <w:color w:val="4F81BD" w:themeColor="accent1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A2269F">
         <w:rPr>
           <w:color w:val="4F81BD" w:themeColor="accent1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">Circulated Date: </w:t>
       </w:r>
-      <w:r w:rsidR="000E2274">
+      <w:r w:rsidR="0044059B">
         <w:rPr>
           <w:color w:val="4F81BD" w:themeColor="accent1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>December 2024</w:t>
+        <w:t>January 2026</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5F6FC106" w14:textId="5FB1C467" w:rsidR="0057531E" w:rsidRPr="00A2269F" w:rsidRDefault="003277EE" w:rsidP="003277EE">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="2660"/>
         </w:tabs>
         <w:rPr>
           <w:color w:val="4F81BD" w:themeColor="accent1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A2269F">
         <w:rPr>
           <w:color w:val="4F81BD" w:themeColor="accent1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">Review Date: </w:t>
       </w:r>
       <w:r w:rsidR="00A2269F" w:rsidRPr="00A2269F">
         <w:rPr>
           <w:color w:val="4F81BD" w:themeColor="accent1"/>
           <w:sz w:val="28"/>
@@ -6733,51 +6741,73 @@
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">  </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="02A2B7F1" w14:textId="5BB6CC49" w:rsidR="003B2331" w:rsidRPr="003C0AB4" w:rsidRDefault="003B2331" w:rsidP="003B2331">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003C0AB4">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve">PAEDIATRICS ONLY: Has parent consented to referral? Yes </w:t>
+              <w:t xml:space="preserve">PAEDIATRICS ONLY: Has </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="003C0AB4">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>parent</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="003C0AB4">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> consented to referral? Yes </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:cstheme="minorHAnsi"/>
                   <w:b/>
                   <w:bCs/>
                   <w:sz w:val="18"/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:id w:val="756953448"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtContent>
                 <w:r w:rsidRPr="003C0AB4">
                   <w:rPr>
                     <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                     <w:b/>
                     <w:bCs/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
@@ -8917,51 +8947,73 @@
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="1A4F4828" w14:textId="5B8ABA43" w:rsidR="00BC62A1" w:rsidRPr="003C0AB4" w:rsidRDefault="00BC62A1" w:rsidP="006B1FAA">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003C0AB4">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve">Relationship to </w:t>
+              <w:t xml:space="preserve">Relationship </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="003C0AB4">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>to</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="003C0AB4">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="008B3934" w:rsidRPr="003C0AB4">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>p</w:t>
             </w:r>
             <w:r w:rsidRPr="003C0AB4">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">atient: </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:cstheme="minorHAnsi"/>
@@ -10198,51 +10250,73 @@
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="116F0F24" w14:textId="69947337" w:rsidR="00BC62A1" w:rsidRPr="003C0AB4" w:rsidRDefault="00BC62A1" w:rsidP="006B1FAA">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003C0AB4">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve">Relationship to </w:t>
+              <w:t xml:space="preserve">Relationship </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="003C0AB4">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>to</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="003C0AB4">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="008B3934" w:rsidRPr="003C0AB4">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>p</w:t>
             </w:r>
             <w:r w:rsidRPr="003C0AB4">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">atient: </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:cstheme="minorHAnsi"/>
@@ -13507,51 +13581,77 @@
               </w:sdtContent>
             </w:sdt>
           </w:p>
           <w:p w14:paraId="56958F24" w14:textId="148788F7" w:rsidR="000848DB" w:rsidRPr="003C0AB4" w:rsidRDefault="000848DB" w:rsidP="000848DB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003C0AB4">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve">Is the child’s family known to social services?  Yes </w:t>
+              <w:t xml:space="preserve">Is the child’s family known </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="003C0AB4">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>to</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="003C0AB4">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> social services?  Yes </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:cstheme="minorHAnsi"/>
                   <w:b/>
                   <w:bCs/>
                   <w:i/>
                   <w:iCs/>
                   <w:sz w:val="18"/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:id w:val="353008538"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtContent>
                 <w:r w:rsidRPr="003C0AB4">
                   <w:rPr>
                     <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                     <w:b/>
                     <w:bCs/>
@@ -15404,51 +15504,73 @@
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">  </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="7105AC58" w14:textId="77777777" w:rsidR="00D325DD" w:rsidRPr="003C0AB4" w:rsidRDefault="00D325DD" w:rsidP="00D325DD">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003C0AB4">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>Other reason (please give details)</w:t>
+              <w:t xml:space="preserve">Other </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="003C0AB4">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>reason</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="003C0AB4">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (please give details)</w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:cstheme="minorHAnsi"/>
                   <w:b/>
                   <w:bCs/>
                   <w:sz w:val="18"/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:id w:val="-1492777668"/>
               </w:sdtPr>
               <w:sdtContent>
                 <w:r w:rsidRPr="003C0AB4">
                   <w:rPr>
                     <w:rFonts w:cstheme="minorHAnsi"/>
                     <w:b/>
                     <w:bCs/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                   <w:t>:</w:t>
                 </w:r>
                 <w:r w:rsidRPr="003C0AB4">
                   <w:rPr>
@@ -16452,51 +16574,73 @@
           <w:trHeight w:val="838"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="11199" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="0DDF7237" w14:textId="77777777" w:rsidR="00A622F2" w:rsidRPr="003C0AB4" w:rsidRDefault="00A622F2" w:rsidP="00A622F2">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003C0AB4">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">Services patient is already known to </w:t>
+              <w:t xml:space="preserve">Services </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="003C0AB4">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>patient is</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="003C0AB4">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> already known to </w:t>
             </w:r>
             <w:r w:rsidRPr="003C0AB4">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>or</w:t>
             </w:r>
             <w:r w:rsidRPr="003C0AB4">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> referred to:</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="502D6858" w14:textId="7BDAFB70" w:rsidR="00A622F2" w:rsidRPr="003C0AB4" w:rsidRDefault="00A622F2" w:rsidP="00A622F2">
@@ -17282,51 +17426,91 @@
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:tab/>
             </w:r>
           </w:p>
           <w:p w14:paraId="02921216" w14:textId="38CC8C04" w:rsidR="00A622F2" w:rsidRPr="003C0AB4" w:rsidRDefault="00A622F2" w:rsidP="006E5A27">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003C0AB4">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>If no universal care plan, please consider creating if appropriate.</w:t>
+              <w:t xml:space="preserve">If </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="003C0AB4">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>no</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="003C0AB4">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> universal care plan, please consider </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="003C0AB4">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>creating</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="003C0AB4">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> if appropriate.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="7DCC3B60" w14:textId="77777777" w:rsidR="00A622F2" w:rsidRPr="003C0AB4" w:rsidRDefault="00A622F2" w:rsidP="006E5A27">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="0B041B3E" w14:textId="79D63242" w:rsidR="00055A3E" w:rsidRPr="003C0AB4" w:rsidRDefault="00A622F2" w:rsidP="00A622F2">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003C0AB4">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
@@ -17438,51 +17622,71 @@
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">  </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="21574A0A" w14:textId="24A30D92" w:rsidR="00A622F2" w:rsidRPr="003C0AB4" w:rsidRDefault="00055A3E" w:rsidP="00A622F2">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003C0AB4">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve">If yes, please give details: </w:t>
+              <w:t xml:space="preserve">If yes, please </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="003C0AB4">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>give</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="003C0AB4">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> details: </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                   <w:b/>
                   <w:sz w:val="18"/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:id w:val="2044392365"/>
               </w:sdtPr>
               <w:sdtContent>
                 <w:r w:rsidRPr="003C0AB4">
                   <w:rPr>
                     <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                     <w:b/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                   <w:fldChar w:fldCharType="begin">
                     <w:ffData>
                       <w:name w:val=""/>
                       <w:enabled/>
                       <w:calcOnExit w:val="0"/>
                       <w:textInput>
@@ -22039,69 +22243,81 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2733" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="42CDE223" w14:textId="3AE519B3" w:rsidR="00B869EF" w:rsidRPr="003C0AB4" w:rsidRDefault="00B869EF" w:rsidP="002D30F0">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003C0AB4">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Direct </w:t>
             </w:r>
+            <w:proofErr w:type="gramStart"/>
             <w:r w:rsidR="00A26348" w:rsidRPr="003C0AB4">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>w</w:t>
             </w:r>
             <w:r w:rsidRPr="003C0AB4">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve">ard </w:t>
+              <w:t>ard</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="003C0AB4">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00A26348" w:rsidRPr="003C0AB4">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>e</w:t>
             </w:r>
             <w:r w:rsidRPr="003C0AB4">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>xt</w:t>
             </w:r>
             <w:r w:rsidR="00A26348" w:rsidRPr="003C0AB4">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b/>
@@ -23119,51 +23335,65 @@
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>adult</w:t>
       </w:r>
       <w:r w:rsidRPr="00CF16C7">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve"> Specialist Palliative Care team: if your patient is a </w:t>
       </w:r>
       <w:r w:rsidRPr="00CF16C7">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>hospital inpatient</w:t>
       </w:r>
       <w:r w:rsidRPr="00CF16C7">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
-        <w:t>, please contact the team, via the relevant hospital switchboard.</w:t>
+        <w:t xml:space="preserve">, please contact the </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00CF16C7">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>team,</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00CF16C7">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> via the relevant hospital switchboard.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="08A0DB39" w14:textId="421F0A02" w:rsidR="00A317F6" w:rsidRPr="003A3A5D" w:rsidRDefault="00A317F6" w:rsidP="00A317F6">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002472EC">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Contact </w:t>
       </w:r>
       <w:r w:rsidR="00BC465D">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
@@ -23705,269 +23935,395 @@
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00A317F6" w:rsidRPr="009E7A17">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">  </w:t>
             </w:r>
             <w:r w:rsidR="00A317F6" w:rsidRPr="009E7A17">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">The Margaret Centre, Whipps Cross Hospital, E11 1NR </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="5C2BF144" w14:textId="77777777" w:rsidR="00A317F6" w:rsidRPr="009E7A17" w:rsidRDefault="00A317F6" w:rsidP="002A2DDB">
+          <w:p w14:paraId="1CD3A33C" w14:textId="2371C76E" w:rsidR="00A317F6" w:rsidRPr="009E7A17" w:rsidRDefault="00A317F6" w:rsidP="002A2DDB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E7A17">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Inpatient services: </w:t>
             </w:r>
             <w:r w:rsidRPr="009E7A17">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>Waltham Forest, Redbridge</w:t>
-[...27 lines deleted...]
-              <w:t>: Waltham Forest</w:t>
+              <w:t>Waltham Forest, Redbridg</w:t>
+            </w:r>
+            <w:r w:rsidR="00405195">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>e</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1417" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7E29ECFD" w14:textId="77777777" w:rsidR="00A317F6" w:rsidRPr="009E7A17" w:rsidRDefault="00A317F6" w:rsidP="002A2DDB">
-[...11 lines deleted...]
-                <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:p w14:paraId="227CB96D" w14:textId="5EFC91BD" w:rsidR="00A317F6" w:rsidRPr="0044059B" w:rsidRDefault="00A317F6" w:rsidP="002A2DDB">
+            <w:pPr>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0044059B">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>020 8535 6604</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0044059B">
+              <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="009E7A17">
-[...65 lines deleted...]
-              <w:t>8535 6714</w:t>
+          </w:p>
+          <w:p w14:paraId="22C5A906" w14:textId="79D0FF8D" w:rsidR="0044059B" w:rsidRPr="0044059B" w:rsidRDefault="00405195" w:rsidP="002A2DDB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00405195">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>020 8535 6714</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3544" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="13F2119E" w14:textId="77777777" w:rsidR="00A317F6" w:rsidRPr="009E7A17" w:rsidRDefault="00A317F6" w:rsidP="002A2DDB">
-[...4 lines deleted...]
-                <w:color w:val="auto"/>
+          <w:p w14:paraId="3406C1A6" w14:textId="77777777" w:rsidR="00A317F6" w:rsidRPr="0044059B" w:rsidRDefault="00A317F6" w:rsidP="002A2DDB">
+            <w:pPr>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId18" w:history="1">
-              <w:r w:rsidRPr="009E7A17">
+              <w:r w:rsidRPr="0044059B">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:cs="Arial"/>
+                  <w:bCs/>
                   <w:color w:val="auto"/>
                   <w:sz w:val="18"/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:t>BHNT.margaretcentrereferrals@nhs.net</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p w14:paraId="13F2119E" w14:textId="77777777" w:rsidR="0044059B" w:rsidRPr="0044059B" w:rsidRDefault="0044059B" w:rsidP="00405195">
+            <w:pPr>
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00405195" w:rsidRPr="00740EBE" w14:paraId="5B221989" w14:textId="77777777" w:rsidTr="002A2DDB">
+        <w:trPr>
+          <w:trHeight w:val="246"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="568" w:type="dxa"/>
+            <w:vMerge/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7F28128A" w14:textId="77777777" w:rsidR="00405195" w:rsidRPr="00740EBE" w:rsidRDefault="00405195" w:rsidP="002A2DDB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5812" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3CF25244" w14:textId="4B120B5F" w:rsidR="00405195" w:rsidRDefault="00000000" w:rsidP="002A2DDB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:cstheme="minorHAnsi"/>
+                  <w:b/>
+                  <w:bCs/>
+                  <w:color w:val="0000FF" w:themeColor="hyperlink"/>
+                  <w:sz w:val="18"/>
+                  <w:szCs w:val="18"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:id w:val="1359699804"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtContent>
+                <w:r w:rsidR="00405195" w:rsidRPr="00405195">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
+                    <w:b/>
+                    <w:bCs/>
+                    <w:sz w:val="18"/>
+                    <w:szCs w:val="18"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidR="00405195">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="0000FF" w:themeColor="hyperlink"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00405195" w:rsidRPr="0044059B">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>COMPASS (Community Palliative Advice and Support Service)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3F5C39E9" w14:textId="59097F89" w:rsidR="00405195" w:rsidRDefault="00405195" w:rsidP="002A2DDB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E7A17">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Community service</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009E7A17">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>: Waltham Forest</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1417" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="50266A33" w14:textId="4C084613" w:rsidR="00405195" w:rsidRPr="0044059B" w:rsidRDefault="00405195" w:rsidP="002A2DDB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0044059B">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>0300 300 1710</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3544" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6CC4F619" w14:textId="262150F9" w:rsidR="00405195" w:rsidRPr="00405195" w:rsidRDefault="00405195" w:rsidP="002A2DDB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:u w:val="single"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r w:rsidRPr="0044059B">
+                <w:rPr>
+                  <w:rStyle w:val="Hyperlink"/>
+                  <w:rFonts w:cs="Arial"/>
+                  <w:bCs/>
+                  <w:color w:val="auto"/>
+                  <w:sz w:val="18"/>
+                  <w:szCs w:val="18"/>
+                  <w:lang w:val="en-GB"/>
+                </w:rPr>
+                <w:t>wfadultchsreferrals@nelft.nhs.uk</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00A317F6" w:rsidRPr="00740EBE" w14:paraId="22F19E74" w14:textId="77777777" w:rsidTr="002A2DDB">
         <w:trPr>
           <w:trHeight w:val="728"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="568" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6AC62D1E" w14:textId="77777777" w:rsidR="00A317F6" w:rsidRPr="00740EBE" w:rsidRDefault="00A317F6" w:rsidP="002A2DDB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5812" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="4FBDB82E" w14:textId="77777777" w:rsidR="00A317F6" w:rsidRPr="009E7A17" w:rsidRDefault="00000000" w:rsidP="002A2DDB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:cstheme="minorHAnsi"/>
                   <w:b/>
                   <w:bCs/>
+                  <w:color w:val="0000FF" w:themeColor="hyperlink"/>
                   <w:sz w:val="18"/>
                   <w:szCs w:val="18"/>
+                  <w:u w:val="single"/>
                 </w:rPr>
                 <w:id w:val="1607384476"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtContent>
                 <w:r w:rsidR="00A317F6" w:rsidRPr="009E7A17">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
                     <w:b/>
                     <w:bCs/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00A317F6" w:rsidRPr="009E7A17">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b/>
@@ -24078,51 +24434,51 @@
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E7A17">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>0300 30 30 400</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3544" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="182A1EF0" w14:textId="77777777" w:rsidR="00A317F6" w:rsidRPr="009E7A17" w:rsidRDefault="00A317F6" w:rsidP="002A2DDB">
             <w:pPr>
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:rFonts w:cs="Arial"/>
                 <w:color w:val="auto"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r w:rsidRPr="009E7A17">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:cs="Arial"/>
                   <w:color w:val="auto"/>
                   <w:sz w:val="18"/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:t>stjosephs.firstcontact@nhs.net</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00A317F6" w:rsidRPr="00740EBE" w14:paraId="45AF8AF2" w14:textId="77777777" w:rsidTr="002A2DDB">
         <w:trPr>
           <w:trHeight w:val="246"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="568" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2A5883A3" w14:textId="77777777" w:rsidR="00A317F6" w:rsidRPr="00740EBE" w:rsidRDefault="00A317F6" w:rsidP="002A2DDB">
@@ -24251,51 +24607,51 @@
           <w:p w14:paraId="2447D12D" w14:textId="77777777" w:rsidR="00A317F6" w:rsidRPr="009E7A17" w:rsidRDefault="00A317F6" w:rsidP="002A2DDB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3544" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="7230656A" w14:textId="77777777" w:rsidR="00A317F6" w:rsidRPr="009530E7" w:rsidRDefault="00A317F6" w:rsidP="002A2DDB">
             <w:pPr>
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:rFonts w:cs="Arial"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r w:rsidRPr="009530E7">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:cs="Arial"/>
                   <w:color w:val="auto"/>
                   <w:sz w:val="18"/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:t>RedbridgeSPCT@nelft.nhs.uk</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00A317F6" w:rsidRPr="00740EBE" w14:paraId="3E7968E8" w14:textId="77777777" w:rsidTr="002A2DDB">
         <w:trPr>
           <w:trHeight w:val="246"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="568" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7A722E11" w14:textId="77777777" w:rsidR="00A317F6" w:rsidRPr="00740EBE" w:rsidRDefault="00A317F6" w:rsidP="002A2DDB">
@@ -24440,51 +24796,51 @@
             </w:pPr>
             <w:r w:rsidRPr="00933869">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>0800 343 8841</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3544" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="40274B1D" w14:textId="53A93C02" w:rsidR="00A317F6" w:rsidRPr="00933869" w:rsidRDefault="00933869" w:rsidP="002A2DDB">
             <w:pPr>
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r w:rsidRPr="00933869">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:cstheme="minorHAnsi"/>
                   <w:color w:val="auto"/>
                   <w:sz w:val="18"/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:t>nlondonhospice.fc@nhs.net</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00A317F6" w:rsidRPr="00740EBE" w14:paraId="048A08FD" w14:textId="77777777" w:rsidTr="002A2DDB">
         <w:trPr>
           <w:trHeight w:val="246"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="568" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="52BA7029" w14:textId="77777777" w:rsidR="00A317F6" w:rsidRPr="00740EBE" w:rsidRDefault="00A317F6" w:rsidP="002A2DDB">
@@ -24603,51 +24959,51 @@
             <w:r w:rsidRPr="009E7A17">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>020 3317 5777</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3544" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="5D28E29A" w14:textId="77777777" w:rsidR="00A317F6" w:rsidRPr="009E7A17" w:rsidRDefault="00A317F6" w:rsidP="002A2DDB">
             <w:pPr>
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:rFonts w:cs="Arial"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r w:rsidRPr="009E7A17">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:cs="Arial"/>
                   <w:color w:val="auto"/>
                   <w:sz w:val="18"/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:t>palliative.southcamden@nhs.net</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00A317F6" w:rsidRPr="00740EBE" w14:paraId="2C5A1D7F" w14:textId="77777777" w:rsidTr="002A2DDB">
         <w:trPr>
           <w:trHeight w:val="246"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="568" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3E87799F" w14:textId="77777777" w:rsidR="00A317F6" w:rsidRPr="00740EBE" w:rsidRDefault="00A317F6" w:rsidP="002A2DDB">
@@ -24764,51 +25120,51 @@
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E7A17">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>020 3317 5777</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3544" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="48DEF497" w14:textId="77777777" w:rsidR="00A317F6" w:rsidRPr="009E7A17" w:rsidRDefault="00A317F6" w:rsidP="002A2DDB">
             <w:pPr>
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:rFonts w:cs="Arial"/>
                 <w:color w:val="auto"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r w:rsidRPr="009E7A17">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:cs="Arial"/>
                   <w:color w:val="auto"/>
                   <w:sz w:val="18"/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:t>palliative.islington@nhs.net</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00A317F6" w:rsidRPr="00740EBE" w14:paraId="13C23A10" w14:textId="77777777" w:rsidTr="002A2DDB">
         <w:trPr>
           <w:trHeight w:val="257"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="568" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="182A6668" w14:textId="77777777" w:rsidR="00A317F6" w:rsidRPr="00740EBE" w:rsidRDefault="00A317F6" w:rsidP="002A2DDB">
@@ -25218,51 +25574,51 @@
             <w:r w:rsidRPr="009E7A17">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>0500 (weekends &amp; bank holidays)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3544" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="7EB99218" w14:textId="0ADE22A7" w:rsidR="00A317F6" w:rsidRPr="005D6BD6" w:rsidRDefault="005D6BD6" w:rsidP="002A2DDB">
             <w:pPr>
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:rFonts w:cs="Arial"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r w:rsidRPr="005D6BD6">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:cs="Arial"/>
                   <w:color w:val="auto"/>
                   <w:sz w:val="18"/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:t>rf-tr.palliativecare@nhs.net</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00A317F6" w:rsidRPr="00740EBE" w14:paraId="1BD517FF" w14:textId="77777777" w:rsidTr="002A2DDB">
         <w:trPr>
           <w:trHeight w:val="447"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="568" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5411773E" w14:textId="77777777" w:rsidR="00A317F6" w:rsidRPr="00740EBE" w:rsidRDefault="00A317F6" w:rsidP="002A2DDB">
@@ -25602,51 +25958,51 @@
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E7A17">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>020 8967 5179</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3544" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="7AEA8F7F" w14:textId="77777777" w:rsidR="00A317F6" w:rsidRPr="009E7A17" w:rsidRDefault="00A317F6" w:rsidP="002A2DDB">
             <w:pPr>
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:rFonts w:cs="Arial"/>
                 <w:color w:val="auto"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r w:rsidRPr="009E7A17">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:cs="Arial"/>
                   <w:color w:val="auto"/>
                   <w:sz w:val="18"/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:t>referralsmeadowhouse@nhs.net</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00A317F6" w:rsidRPr="00740EBE" w14:paraId="72B24A85" w14:textId="77777777" w:rsidTr="002A2DDB">
         <w:trPr>
           <w:trHeight w:val="234"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="568" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="12CA2B76" w14:textId="77777777" w:rsidR="00A317F6" w:rsidRPr="00740EBE" w:rsidRDefault="00A317F6" w:rsidP="002A2DDB">
@@ -25910,51 +26266,51 @@
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E7A17">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>(out of hours)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3544" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="66876172" w14:textId="77777777" w:rsidR="00A317F6" w:rsidRPr="009E7A17" w:rsidRDefault="00A317F6" w:rsidP="002A2DDB">
             <w:pPr>
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:rFonts w:cs="Arial"/>
                 <w:color w:val="auto"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r w:rsidRPr="009E7A17">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:cs="Arial"/>
                   <w:color w:val="auto"/>
                   <w:sz w:val="18"/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:t>LNWH-tr.referralsstlukes@nhs.net</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00A317F6" w:rsidRPr="00740EBE" w14:paraId="4F66A5B6" w14:textId="77777777" w:rsidTr="002A2DDB">
         <w:trPr>
           <w:trHeight w:val="234"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="568" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3CE1D70A" w14:textId="77777777" w:rsidR="00A317F6" w:rsidRPr="00740EBE" w:rsidRDefault="00A317F6" w:rsidP="002A2DDB">
@@ -26291,51 +26647,51 @@
                 <w:rFonts w:cs="Arial"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E7A17">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:rFonts w:cs="Arial"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Clcht.pembridgeunit@nhs.net</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="6E698066" w14:textId="77777777" w:rsidR="00A317F6" w:rsidRPr="009E7A17" w:rsidRDefault="00A317F6" w:rsidP="002A2DDB">
             <w:pPr>
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:rFonts w:cs="Arial"/>
                 <w:color w:val="auto"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r w:rsidRPr="009E7A17">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:cs="Arial"/>
                   <w:color w:val="auto"/>
                   <w:sz w:val="18"/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:t>clcht.spa.referral@nhs.net</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00A317F6" w:rsidRPr="00740EBE" w14:paraId="7755AD81" w14:textId="77777777" w:rsidTr="002A2DDB">
         <w:trPr>
           <w:trHeight w:val="246"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="568" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="39247658" w14:textId="77777777" w:rsidR="00A317F6" w:rsidRPr="00740EBE" w:rsidRDefault="00A317F6" w:rsidP="002A2DDB">
@@ -26464,51 +26820,51 @@
           <w:p w14:paraId="19ADC2C6" w14:textId="77777777" w:rsidR="00A317F6" w:rsidRPr="009E7A17" w:rsidRDefault="00A317F6" w:rsidP="002A2DDB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3544" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="3A15F49B" w14:textId="77777777" w:rsidR="00A317F6" w:rsidRPr="009E7A17" w:rsidRDefault="00A317F6" w:rsidP="002A2DDB">
             <w:pPr>
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:rFonts w:cs="Arial"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r w:rsidRPr="009E7A17">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:cs="Arial"/>
                   <w:color w:val="auto"/>
                   <w:sz w:val="18"/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:t>cnw-tr.hchcontactcentrerefs@nhs.net</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00A317F6" w:rsidRPr="00740EBE" w14:paraId="270C4E07" w14:textId="77777777" w:rsidTr="002A2DDB">
         <w:trPr>
           <w:trHeight w:val="246"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="568" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
@@ -26849,51 +27205,51 @@
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E7A17">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>020 87684582</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3544" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="587E21C4" w14:textId="77777777" w:rsidR="003B2331" w:rsidRPr="009E7A17" w:rsidRDefault="003B2331" w:rsidP="002A2DDB">
             <w:pPr>
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:rFonts w:cs="Arial"/>
                 <w:color w:val="auto"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r w:rsidRPr="009E7A17">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:cs="Arial"/>
                   <w:color w:val="auto"/>
                   <w:sz w:val="18"/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:t>st.christophers@nhs.net</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="003B2331" w:rsidRPr="00740EBE" w14:paraId="66986AB7" w14:textId="77777777" w:rsidTr="002A2DDB">
         <w:trPr>
           <w:trHeight w:val="246"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="568" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0F1C7003" w14:textId="77777777" w:rsidR="003B2331" w:rsidRPr="00740EBE" w:rsidRDefault="003B2331" w:rsidP="002A2DDB">
@@ -27010,51 +27366,51 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E7A17">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>020 8320 5837</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3544" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="1164E456" w14:textId="0CD86A2D" w:rsidR="003B2331" w:rsidRPr="00762BAC" w:rsidRDefault="00762BAC" w:rsidP="002A2DDB">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r w:rsidRPr="00762BAC">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:color w:val="auto"/>
                   <w:sz w:val="18"/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:t>community.hospice@nhs.net</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="003B2331" w:rsidRPr="00740EBE" w14:paraId="23BE057D" w14:textId="77777777" w:rsidTr="002A2DDB">
         <w:trPr>
           <w:trHeight w:val="246"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="568" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0A0DC886" w14:textId="77777777" w:rsidR="003B2331" w:rsidRPr="00740EBE" w:rsidRDefault="003B2331" w:rsidP="002A2DDB">
             <w:pPr>
@@ -27218,81 +27574,80 @@
           <w:p w14:paraId="1CC3C49A" w14:textId="2C9DCEA0" w:rsidR="003B2331" w:rsidRPr="009E7A17" w:rsidRDefault="003B2331" w:rsidP="002A2DDB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E7A17">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>020 7188 4754</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3544" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="1D5A1400" w14:textId="60F04B07" w:rsidR="003B2331" w:rsidRDefault="003B2331" w:rsidP="002A2DDB">
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r w:rsidRPr="009E7A17">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:cs="Arial"/>
                   <w:color w:val="auto"/>
                   <w:sz w:val="18"/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:t>gst-tr.gstt-palliativecare@nhs.net</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:bookmarkEnd w:id="1"/>
       <w:tr w:rsidR="00A317F6" w:rsidRPr="00740EBE" w14:paraId="7D42003A" w14:textId="77777777" w:rsidTr="002A2DDB">
         <w:trPr>
           <w:trHeight w:val="246"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="11341" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="65ADFBA8" w14:textId="77777777" w:rsidR="003B2331" w:rsidRDefault="003B2331" w:rsidP="003B2331"/>
           <w:p w14:paraId="763D7A29" w14:textId="77777777" w:rsidR="003B2331" w:rsidRDefault="003B2331" w:rsidP="003B2331"/>
           <w:p w14:paraId="47FE2E46" w14:textId="5456A969" w:rsidR="007D73A3" w:rsidRDefault="007D73A3" w:rsidP="007D73A3">
             <w:pPr>
               <w:ind w:left="462"/>
             </w:pPr>
             <w:r w:rsidRPr="002472EC">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">Contact </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>d</w:t>
             </w:r>
             <w:r w:rsidRPr="002472EC">
               <w:rPr>
@@ -27490,51 +27845,51 @@
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>020 8099 7777</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3544" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="63E97562" w14:textId="77777777" w:rsidR="00A317F6" w:rsidRPr="009E7A17" w:rsidRDefault="00A317F6" w:rsidP="002A2DDB">
             <w:pPr>
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:rFonts w:cs="Arial"/>
                 <w:color w:val="auto"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r w:rsidRPr="009E7A17">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:cs="Arial"/>
                   <w:color w:val="auto"/>
                   <w:sz w:val="18"/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:t>srh.referrals@nhs.net</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00A317F6" w:rsidRPr="00740EBE" w14:paraId="271EDF23" w14:textId="77777777" w:rsidTr="002A2DDB">
         <w:trPr>
           <w:trHeight w:val="246"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="568" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
           <w:p w14:paraId="2344E12C" w14:textId="77777777" w:rsidR="00A317F6" w:rsidRPr="00740EBE" w:rsidRDefault="00A317F6" w:rsidP="002A2DDB">
             <w:pPr>
@@ -27931,51 +28286,51 @@
             <w:r w:rsidRPr="009E7A17">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>7787 1000</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3544" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="0D6E4665" w14:textId="77777777" w:rsidR="00A317F6" w:rsidRPr="009E7A17" w:rsidRDefault="00A317F6" w:rsidP="002A2DDB">
             <w:pPr>
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:rFonts w:cs="Arial"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r w:rsidRPr="009E7A17">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:cs="Arial"/>
                   <w:color w:val="auto"/>
                   <w:sz w:val="18"/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:t>rth.referrals@nhs.net</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p w14:paraId="5A8F5B3E" w14:textId="77777777" w:rsidR="00A317F6" w:rsidRPr="009E7A17" w:rsidRDefault="00A317F6" w:rsidP="002A2DDB">
             <w:pPr>
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:rFonts w:cs="Arial"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="48AC4F76" w14:textId="77777777" w:rsidR="00A317F6" w:rsidRPr="009E7A17" w:rsidRDefault="00A317F6" w:rsidP="002A2DDB">
             <w:pPr>
@@ -28418,329 +28773,129 @@
           </w:p>
           <w:p w14:paraId="71B7D20D" w14:textId="77777777" w:rsidR="00A317F6" w:rsidRPr="009E7A17" w:rsidRDefault="00A317F6" w:rsidP="002A2DDB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3544" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="34022BD8" w14:textId="77777777" w:rsidR="00A317F6" w:rsidRPr="009E7A17" w:rsidRDefault="00A317F6" w:rsidP="002A2DDB">
             <w:pPr>
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r w:rsidRPr="009E7A17">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:cstheme="minorHAnsi"/>
                   <w:color w:val="auto"/>
                   <w:sz w:val="18"/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:t>elft.dianateamnewham@nhs.net</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidRPr="009E7A17">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="5258BF54" w14:textId="77777777" w:rsidR="00A317F6" w:rsidRPr="009E7A17" w:rsidRDefault="00A317F6" w:rsidP="002A2DDB">
             <w:pPr>
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A317F6" w:rsidRPr="0071316B" w14:paraId="0C897565" w14:textId="77777777" w:rsidTr="003B2331">
+      <w:tr w:rsidR="00A317F6" w:rsidRPr="0071316B" w14:paraId="5A3453D5" w14:textId="77777777" w:rsidTr="003B2331">
         <w:trPr>
           <w:trHeight w:val="240"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="568" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="6B778FE3" w14:textId="77777777" w:rsidR="00A317F6" w:rsidRPr="00794184" w:rsidRDefault="00A317F6" w:rsidP="002A2DDB">
+          <w:p w14:paraId="10695D3D" w14:textId="77777777" w:rsidR="00A317F6" w:rsidRPr="00794184" w:rsidRDefault="00A317F6" w:rsidP="002A2DDB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:color w:val="212529"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5812" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="64D7E742" w14:textId="77777777" w:rsidR="00A317F6" w:rsidRPr="009E7A17" w:rsidRDefault="00000000" w:rsidP="002A2DDB">
-[...5 lines deleted...]
-                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:p w14:paraId="352AB3D2" w14:textId="77777777" w:rsidR="00A317F6" w:rsidRPr="009E7A17" w:rsidRDefault="00000000" w:rsidP="002A2DDB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:cstheme="minorHAnsi"/>
                   <w:b/>
                   <w:bCs/>
                   <w:color w:val="0000FF" w:themeColor="hyperlink"/>
                   <w:sz w:val="18"/>
                   <w:szCs w:val="18"/>
                   <w:u w:val="single"/>
-                </w:rPr>
-[...197 lines deleted...]
-                  <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:id w:val="1262026378"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtContent>
                 <w:r w:rsidR="00A317F6" w:rsidRPr="009E7A17">
                   <w:rPr>
                     <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                     <w:b/>
                     <w:bCs/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00A317F6" w:rsidRPr="009E7A17">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
@@ -31438,70 +31593,70 @@
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:cstheme="minorHAnsi"/>
             <w:szCs w:val="20"/>
             <w:lang w:eastAsia="en-GB"/>
           </w:rPr>
           <w:t>https://chal.org.uk/about-us/#hospices_list</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:sectPr w:rsidR="00A317F6" w:rsidRPr="003B2331" w:rsidSect="00C3300F">
       <w:headerReference w:type="default" r:id="rId50"/>
       <w:footerReference w:type="first" r:id="rId51"/>
       <w:pgSz w:w="11907" w:h="16840" w:code="9"/>
       <w:pgMar w:top="284" w:right="680" w:bottom="284" w:left="680" w:header="113" w:footer="284" w:gutter="0"/>
       <w:paperSrc w:first="15" w:other="15"/>
       <w:cols w:space="720"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="5F12DFE3" w14:textId="77777777" w:rsidR="00133129" w:rsidRDefault="00133129">
+    <w:p w14:paraId="2A426B0F" w14:textId="77777777" w:rsidR="0071490C" w:rsidRDefault="0071490C">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="68FC972C" w14:textId="77777777" w:rsidR="00133129" w:rsidRDefault="00133129">
+    <w:p w14:paraId="38948A62" w14:textId="77777777" w:rsidR="0071490C" w:rsidRDefault="0071490C">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
@@ -31548,51 +31703,51 @@
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="800001E3" w:usb1="1200FFEF" w:usb2="00040000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Mincho">
     <w:altName w:val="ＭＳ 明朝"/>
     <w:panose1 w:val="02020609040205080304"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:sdt>
     <w:sdtPr>
       <w:id w:val="798417337"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtEndPr>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
     </w:sdtEndPr>
     <w:sdtContent>
       <w:p w14:paraId="1F67D8DF" w14:textId="4F51FFB3" w:rsidR="00010008" w:rsidRDefault="00010008">
         <w:pPr>
           <w:pStyle w:val="Footer"/>
           <w:jc w:val="center"/>
         </w:pPr>
         <w:r>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:instrText xml:space="preserve"> PAGE   \* MERGEFORMAT </w:instrText>
         </w:r>
@@ -31601,112 +31756,112 @@
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:t>2</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
   <w:p w14:paraId="2B7B31C6" w14:textId="77777777" w:rsidR="00010008" w:rsidRDefault="00010008">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="6B4C8564" w14:textId="595FB3EE" w:rsidR="00010008" w:rsidRPr="00010008" w:rsidRDefault="00010008" w:rsidP="00010008">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:r>
       <w:t>2</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="0C84AFFA" w14:textId="26CF043B" w:rsidR="00010008" w:rsidRPr="00010008" w:rsidRDefault="00010008" w:rsidP="00010008">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:r>
       <w:t>3</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer4.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="3B17C2D5" w14:textId="49E60D9B" w:rsidR="00010008" w:rsidRPr="00010008" w:rsidRDefault="00010008" w:rsidP="00010008">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:r>
       <w:t>4</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="2573ABDE" w14:textId="77777777" w:rsidR="00133129" w:rsidRDefault="00133129">
+    <w:p w14:paraId="2157BE65" w14:textId="77777777" w:rsidR="0071490C" w:rsidRDefault="0071490C">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="3256D943" w14:textId="77777777" w:rsidR="00133129" w:rsidRDefault="00133129">
+    <w:p w14:paraId="513FFFB3" w14:textId="77777777" w:rsidR="0071490C" w:rsidRDefault="0071490C">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="0559569C" w14:textId="6794F558" w:rsidR="00204554" w:rsidRDefault="00204554" w:rsidP="00204554">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:rFonts w:cs="Arial"/>
         <w:b/>
         <w:bCs/>
         <w:sz w:val="32"/>
         <w:szCs w:val="28"/>
         <w:lang w:eastAsia="en-GB"/>
       </w:rPr>
     </w:pPr>
   </w:p>
   <w:p w14:paraId="6A4DA78A" w14:textId="74B85B01" w:rsidR="00204554" w:rsidRDefault="00204554" w:rsidP="00204554">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:rFonts w:cs="Arial"/>
         <w:b/>
         <w:bCs/>
         <w:sz w:val="32"/>
         <w:szCs w:val="28"/>
         <w:lang w:eastAsia="en-GB"/>
@@ -31823,80 +31978,80 @@
         <w:sz w:val="32"/>
         <w:szCs w:val="28"/>
         <w:lang w:eastAsia="en-GB"/>
       </w:rPr>
     </w:pPr>
   </w:p>
   <w:p w14:paraId="5CF084B6" w14:textId="43638CFD" w:rsidR="004F31C3" w:rsidRPr="007D67BF" w:rsidRDefault="004F31C3" w:rsidP="00AF5DD5">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:spacing w:before="240"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:rFonts w:cs="Arial"/>
         <w:b/>
         <w:bCs/>
         <w:sz w:val="32"/>
         <w:szCs w:val="28"/>
         <w:lang w:eastAsia="en-GB"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="5DE07ABF" w14:textId="77777777" w:rsidR="004F31C3" w:rsidRDefault="004F31C3" w:rsidP="004F31C3">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:rFonts w:cs="Arial"/>
         <w:b/>
         <w:bCs/>
         <w:sz w:val="32"/>
         <w:szCs w:val="28"/>
         <w:lang w:eastAsia="en-GB"/>
       </w:rPr>
     </w:pPr>
   </w:p>
   <w:p w14:paraId="1B4809E0" w14:textId="77777777" w:rsidR="004F31C3" w:rsidRDefault="004F31C3" w:rsidP="004F31C3">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:rFonts w:cs="Arial"/>
         <w:b/>
         <w:bCs/>
         <w:sz w:val="32"/>
         <w:szCs w:val="28"/>
         <w:lang w:eastAsia="en-GB"/>
       </w:rPr>
     </w:pPr>
   </w:p>
-  <w:p w14:paraId="37FE88F1" w14:textId="4FE70EEE" w:rsidR="004F31C3" w:rsidRDefault="004F31C3" w:rsidP="004F31C3">
+  <w:p w14:paraId="37FE88F1" w14:textId="62A6C989" w:rsidR="004F31C3" w:rsidRDefault="004F31C3" w:rsidP="004F31C3">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:rFonts w:cs="Arial"/>
         <w:b/>
         <w:bCs/>
         <w:sz w:val="32"/>
         <w:szCs w:val="28"/>
         <w:lang w:eastAsia="en-GB"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00515E31">
       <w:rPr>
         <w:rFonts w:cs="Arial"/>
         <w:b/>
         <w:bCs/>
         <w:sz w:val="32"/>
         <w:szCs w:val="28"/>
         <w:lang w:eastAsia="en-GB"/>
       </w:rPr>
       <w:t xml:space="preserve">Pan-London </w:t>
     </w:r>
     <w:r>
       <w:rPr>
@@ -31930,50 +32085,61 @@
         <w:lang w:eastAsia="en-GB"/>
       </w:rPr>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
     <w:r w:rsidRPr="00A317F6">
       <w:rPr>
         <w:rFonts w:cs="Arial"/>
         <w:b/>
         <w:bCs/>
         <w:sz w:val="32"/>
         <w:szCs w:val="28"/>
         <w:lang w:eastAsia="en-GB"/>
       </w:rPr>
       <w:t>V</w:t>
     </w:r>
     <w:r w:rsidR="00904BA7">
       <w:rPr>
         <w:rFonts w:cs="Arial"/>
         <w:b/>
         <w:bCs/>
         <w:sz w:val="32"/>
         <w:szCs w:val="28"/>
         <w:lang w:eastAsia="en-GB"/>
       </w:rPr>
       <w:t>4</w:t>
+    </w:r>
+    <w:r w:rsidR="00046636">
+      <w:rPr>
+        <w:rFonts w:cs="Arial"/>
+        <w:b/>
+        <w:bCs/>
+        <w:sz w:val="32"/>
+        <w:szCs w:val="28"/>
+        <w:lang w:eastAsia="en-GB"/>
+      </w:rPr>
+      <w:t>.2</w:t>
     </w:r>
     <w:r w:rsidRPr="00A317F6">
       <w:rPr>
         <w:rFonts w:cs="Arial"/>
         <w:b/>
         <w:bCs/>
         <w:sz w:val="32"/>
         <w:szCs w:val="28"/>
         <w:lang w:eastAsia="en-GB"/>
       </w:rPr>
       <w:t xml:space="preserve"> –</w:t>
     </w:r>
     <w:r w:rsidRPr="00515E31">
       <w:rPr>
         <w:rFonts w:cs="Arial"/>
         <w:b/>
         <w:bCs/>
         <w:sz w:val="32"/>
         <w:szCs w:val="28"/>
         <w:lang w:eastAsia="en-GB"/>
       </w:rPr>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
     <w:r>
       <w:rPr>
@@ -32009,51 +32175,51 @@
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
         <w:lang w:eastAsia="en-GB"/>
       </w:rPr>
     </w:pPr>
   </w:p>
   <w:p w14:paraId="52B25F14" w14:textId="19A2CA2A" w:rsidR="004F31C3" w:rsidRPr="004F31C3" w:rsidRDefault="004F31C3" w:rsidP="004F31C3">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:color w:val="000000" w:themeColor="text1"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="004F31C3">
       <w:rPr>
         <w:color w:val="000000" w:themeColor="text1"/>
       </w:rPr>
       <w:t>See service contact details at end of form</w:t>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="6DEEC3DD" w14:textId="77777777" w:rsidR="003B2331" w:rsidRDefault="003B2331" w:rsidP="00204554">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:rFonts w:cs="Arial"/>
         <w:b/>
         <w:bCs/>
         <w:sz w:val="32"/>
         <w:szCs w:val="28"/>
         <w:lang w:eastAsia="en-GB"/>
       </w:rPr>
     </w:pPr>
   </w:p>
   <w:p w14:paraId="7BDCE1A1" w14:textId="77777777" w:rsidR="003B2331" w:rsidRDefault="003B2331" w:rsidP="00204554">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:rFonts w:cs="Arial"/>
         <w:b/>
         <w:bCs/>
         <w:sz w:val="32"/>
         <w:szCs w:val="28"/>
         <w:lang w:eastAsia="en-GB"/>
@@ -32141,51 +32307,51 @@
         <w:rFonts w:cs="Arial"/>
         <w:b/>
         <w:bCs/>
         <w:sz w:val="32"/>
         <w:szCs w:val="28"/>
         <w:lang w:eastAsia="en-GB"/>
       </w:rPr>
       <w:t xml:space="preserve">Outpatient, </w:t>
     </w:r>
     <w:r w:rsidRPr="00515E31">
       <w:rPr>
         <w:rFonts w:cs="Arial"/>
         <w:b/>
         <w:bCs/>
         <w:sz w:val="32"/>
         <w:szCs w:val="28"/>
         <w:lang w:eastAsia="en-GB"/>
       </w:rPr>
       <w:t>Community and Hospice Services</w:t>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF1D"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="F9D61258"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="0"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="0"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -32762,51 +32928,51 @@
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="3">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="4">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:embedSystemFonts/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:drawingGridHorizontalSpacing w:val="120"/>
   <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:displayVerticalDrawingGridEvery w:val="2"/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
@@ -32815,50 +32981,51 @@
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00B95D50"/>
     <w:rsid w:val="000040A4"/>
     <w:rsid w:val="00004391"/>
     <w:rsid w:val="0000457B"/>
     <w:rsid w:val="0000643F"/>
     <w:rsid w:val="00010008"/>
     <w:rsid w:val="00011371"/>
     <w:rsid w:val="00012CB8"/>
     <w:rsid w:val="00014173"/>
     <w:rsid w:val="00015660"/>
     <w:rsid w:val="00015F47"/>
     <w:rsid w:val="000167BD"/>
     <w:rsid w:val="00017DE2"/>
     <w:rsid w:val="0002147C"/>
     <w:rsid w:val="00021E04"/>
     <w:rsid w:val="00022C58"/>
     <w:rsid w:val="00024ECC"/>
     <w:rsid w:val="00031B3A"/>
     <w:rsid w:val="000321C8"/>
     <w:rsid w:val="000321F8"/>
     <w:rsid w:val="00032FFF"/>
     <w:rsid w:val="0003643F"/>
     <w:rsid w:val="00042E6E"/>
+    <w:rsid w:val="00046636"/>
     <w:rsid w:val="000504F7"/>
     <w:rsid w:val="00050DCB"/>
     <w:rsid w:val="00052F1C"/>
     <w:rsid w:val="00053D95"/>
     <w:rsid w:val="0005454E"/>
     <w:rsid w:val="00054C67"/>
     <w:rsid w:val="00055A3E"/>
     <w:rsid w:val="00056B4D"/>
     <w:rsid w:val="00061287"/>
     <w:rsid w:val="000658D5"/>
     <w:rsid w:val="00065EC6"/>
     <w:rsid w:val="0006647C"/>
     <w:rsid w:val="00066ABA"/>
     <w:rsid w:val="00070749"/>
     <w:rsid w:val="000727A9"/>
     <w:rsid w:val="00072DFE"/>
     <w:rsid w:val="00076C41"/>
     <w:rsid w:val="00080634"/>
     <w:rsid w:val="0008161A"/>
     <w:rsid w:val="000848DB"/>
     <w:rsid w:val="00084C0D"/>
     <w:rsid w:val="00084E2D"/>
     <w:rsid w:val="00085840"/>
     <w:rsid w:val="00085BBA"/>
     <w:rsid w:val="00085D8F"/>
@@ -32979,50 +33146,51 @@
     <w:rsid w:val="001C503D"/>
     <w:rsid w:val="001D105E"/>
     <w:rsid w:val="001D45EB"/>
     <w:rsid w:val="001D5CA0"/>
     <w:rsid w:val="001D6EAA"/>
     <w:rsid w:val="001D7169"/>
     <w:rsid w:val="001E0E12"/>
     <w:rsid w:val="001E2A27"/>
     <w:rsid w:val="001E3A9B"/>
     <w:rsid w:val="001F140E"/>
     <w:rsid w:val="001F1F93"/>
     <w:rsid w:val="001F22C2"/>
     <w:rsid w:val="001F2E99"/>
     <w:rsid w:val="001F452F"/>
     <w:rsid w:val="001F5C51"/>
     <w:rsid w:val="00201109"/>
     <w:rsid w:val="00202B81"/>
     <w:rsid w:val="00204554"/>
     <w:rsid w:val="00206DAF"/>
     <w:rsid w:val="002108D8"/>
     <w:rsid w:val="00210BD3"/>
     <w:rsid w:val="00210ED5"/>
     <w:rsid w:val="00211EF3"/>
     <w:rsid w:val="002128D0"/>
     <w:rsid w:val="0021406D"/>
+    <w:rsid w:val="00217E80"/>
     <w:rsid w:val="00220FAC"/>
     <w:rsid w:val="00221FDD"/>
     <w:rsid w:val="00224B70"/>
     <w:rsid w:val="0022624B"/>
     <w:rsid w:val="00226282"/>
     <w:rsid w:val="00226860"/>
     <w:rsid w:val="00226A99"/>
     <w:rsid w:val="00230B17"/>
     <w:rsid w:val="00231EC3"/>
     <w:rsid w:val="00235334"/>
     <w:rsid w:val="002355FF"/>
     <w:rsid w:val="00236045"/>
     <w:rsid w:val="00237B51"/>
     <w:rsid w:val="00242101"/>
     <w:rsid w:val="00242B3A"/>
     <w:rsid w:val="002472EC"/>
     <w:rsid w:val="00253424"/>
     <w:rsid w:val="0025393A"/>
     <w:rsid w:val="00253DAD"/>
     <w:rsid w:val="00254F11"/>
     <w:rsid w:val="0025543E"/>
     <w:rsid w:val="00260F8C"/>
     <w:rsid w:val="0026237F"/>
     <w:rsid w:val="0026341E"/>
     <w:rsid w:val="00263850"/>
@@ -33047,50 +33215,51 @@
     <w:rsid w:val="002A45E9"/>
     <w:rsid w:val="002A4689"/>
     <w:rsid w:val="002A7C57"/>
     <w:rsid w:val="002B2A37"/>
     <w:rsid w:val="002B3541"/>
     <w:rsid w:val="002B5447"/>
     <w:rsid w:val="002B6418"/>
     <w:rsid w:val="002B6B6C"/>
     <w:rsid w:val="002B6EB2"/>
     <w:rsid w:val="002B7CCB"/>
     <w:rsid w:val="002C06D1"/>
     <w:rsid w:val="002C11C9"/>
     <w:rsid w:val="002C2DE1"/>
     <w:rsid w:val="002C2E3C"/>
     <w:rsid w:val="002C4EE7"/>
     <w:rsid w:val="002C541E"/>
     <w:rsid w:val="002C570B"/>
     <w:rsid w:val="002C62C1"/>
     <w:rsid w:val="002C6D7F"/>
     <w:rsid w:val="002C7FD3"/>
     <w:rsid w:val="002D0559"/>
     <w:rsid w:val="002D1DBE"/>
     <w:rsid w:val="002D30F0"/>
     <w:rsid w:val="002D357A"/>
     <w:rsid w:val="002D3C37"/>
+    <w:rsid w:val="002D457D"/>
     <w:rsid w:val="002D4ED3"/>
     <w:rsid w:val="002D5974"/>
     <w:rsid w:val="002D5FC3"/>
     <w:rsid w:val="002D63BD"/>
     <w:rsid w:val="002E0249"/>
     <w:rsid w:val="002E09C3"/>
     <w:rsid w:val="002E0B37"/>
     <w:rsid w:val="002E15E2"/>
     <w:rsid w:val="002E25B6"/>
     <w:rsid w:val="002E7D73"/>
     <w:rsid w:val="002F0F74"/>
     <w:rsid w:val="002F10EB"/>
     <w:rsid w:val="002F2069"/>
     <w:rsid w:val="002F4D17"/>
     <w:rsid w:val="002F7A6C"/>
     <w:rsid w:val="00300FA9"/>
     <w:rsid w:val="00301FA0"/>
     <w:rsid w:val="00304ED0"/>
     <w:rsid w:val="00304FE9"/>
     <w:rsid w:val="00311998"/>
     <w:rsid w:val="0031218C"/>
     <w:rsid w:val="00312AE1"/>
     <w:rsid w:val="00313CC3"/>
     <w:rsid w:val="00313E23"/>
     <w:rsid w:val="00320FCC"/>
@@ -33145,72 +33314,74 @@
     <w:rsid w:val="003C5259"/>
     <w:rsid w:val="003C58BB"/>
     <w:rsid w:val="003C5CB5"/>
     <w:rsid w:val="003C79E8"/>
     <w:rsid w:val="003D0360"/>
     <w:rsid w:val="003D17FF"/>
     <w:rsid w:val="003D3B2A"/>
     <w:rsid w:val="003D3FCA"/>
     <w:rsid w:val="003D5ADA"/>
     <w:rsid w:val="003D5C8E"/>
     <w:rsid w:val="003D70CA"/>
     <w:rsid w:val="003E07DA"/>
     <w:rsid w:val="003E2020"/>
     <w:rsid w:val="003E306F"/>
     <w:rsid w:val="003E562A"/>
     <w:rsid w:val="003E7E59"/>
     <w:rsid w:val="003F1917"/>
     <w:rsid w:val="003F1A47"/>
     <w:rsid w:val="003F1ACB"/>
     <w:rsid w:val="003F5976"/>
     <w:rsid w:val="003F5AC6"/>
     <w:rsid w:val="004014FF"/>
     <w:rsid w:val="00401655"/>
     <w:rsid w:val="00401A58"/>
     <w:rsid w:val="004029A0"/>
+    <w:rsid w:val="00405195"/>
     <w:rsid w:val="0040545D"/>
     <w:rsid w:val="004054E6"/>
     <w:rsid w:val="00411ADF"/>
     <w:rsid w:val="00412215"/>
     <w:rsid w:val="00413324"/>
     <w:rsid w:val="004137A6"/>
     <w:rsid w:val="00413A8A"/>
     <w:rsid w:val="0041409B"/>
     <w:rsid w:val="004176DE"/>
     <w:rsid w:val="00417B36"/>
     <w:rsid w:val="00420A1B"/>
     <w:rsid w:val="0042125B"/>
     <w:rsid w:val="00421291"/>
     <w:rsid w:val="00421D1B"/>
     <w:rsid w:val="00421F5E"/>
     <w:rsid w:val="00424887"/>
     <w:rsid w:val="0042491B"/>
     <w:rsid w:val="004325BE"/>
     <w:rsid w:val="00432694"/>
     <w:rsid w:val="00433562"/>
     <w:rsid w:val="00434BBA"/>
     <w:rsid w:val="004403B3"/>
+    <w:rsid w:val="0044059B"/>
     <w:rsid w:val="00443648"/>
     <w:rsid w:val="00443A2B"/>
     <w:rsid w:val="00445F27"/>
     <w:rsid w:val="004464E2"/>
     <w:rsid w:val="004477A1"/>
     <w:rsid w:val="004503E8"/>
     <w:rsid w:val="004516EE"/>
     <w:rsid w:val="0045632B"/>
     <w:rsid w:val="004567CF"/>
     <w:rsid w:val="00456A1E"/>
     <w:rsid w:val="00456A8B"/>
     <w:rsid w:val="00456D6B"/>
     <w:rsid w:val="004613AC"/>
     <w:rsid w:val="004622BE"/>
     <w:rsid w:val="004623F9"/>
     <w:rsid w:val="00462AF0"/>
     <w:rsid w:val="00463D3E"/>
     <w:rsid w:val="00466115"/>
     <w:rsid w:val="00466C20"/>
     <w:rsid w:val="0046700A"/>
     <w:rsid w:val="00467891"/>
     <w:rsid w:val="00472E0C"/>
     <w:rsid w:val="00475961"/>
     <w:rsid w:val="00477620"/>
     <w:rsid w:val="00481838"/>
@@ -33222,50 +33393,51 @@
     <w:rsid w:val="00493337"/>
     <w:rsid w:val="00494BE0"/>
     <w:rsid w:val="00495BC6"/>
     <w:rsid w:val="00497775"/>
     <w:rsid w:val="004977B4"/>
     <w:rsid w:val="004A1332"/>
     <w:rsid w:val="004A2EAE"/>
     <w:rsid w:val="004A3B94"/>
     <w:rsid w:val="004A5201"/>
     <w:rsid w:val="004B0752"/>
     <w:rsid w:val="004B1B74"/>
     <w:rsid w:val="004B52EE"/>
     <w:rsid w:val="004B5CB8"/>
     <w:rsid w:val="004B6BAA"/>
     <w:rsid w:val="004C0754"/>
     <w:rsid w:val="004C161B"/>
     <w:rsid w:val="004C3AEC"/>
     <w:rsid w:val="004C404B"/>
     <w:rsid w:val="004C424B"/>
     <w:rsid w:val="004C59E7"/>
     <w:rsid w:val="004D04B5"/>
     <w:rsid w:val="004D2DA9"/>
     <w:rsid w:val="004D34D7"/>
     <w:rsid w:val="004D5106"/>
     <w:rsid w:val="004D684C"/>
+    <w:rsid w:val="004D6C37"/>
     <w:rsid w:val="004E506C"/>
     <w:rsid w:val="004E62F4"/>
     <w:rsid w:val="004E744F"/>
     <w:rsid w:val="004F14C4"/>
     <w:rsid w:val="004F31C3"/>
     <w:rsid w:val="004F36A8"/>
     <w:rsid w:val="004F5E45"/>
     <w:rsid w:val="004F6D91"/>
     <w:rsid w:val="004F6E60"/>
     <w:rsid w:val="004F72DE"/>
     <w:rsid w:val="0050172A"/>
     <w:rsid w:val="005029B7"/>
     <w:rsid w:val="00502C76"/>
     <w:rsid w:val="00503BFE"/>
     <w:rsid w:val="005072BA"/>
     <w:rsid w:val="0051258C"/>
     <w:rsid w:val="00512718"/>
     <w:rsid w:val="00512E87"/>
     <w:rsid w:val="00513A87"/>
     <w:rsid w:val="00513B3D"/>
     <w:rsid w:val="00514644"/>
     <w:rsid w:val="0051469A"/>
     <w:rsid w:val="00514D55"/>
     <w:rsid w:val="00515E31"/>
     <w:rsid w:val="00516E21"/>
@@ -33410,50 +33582,51 @@
     <w:rsid w:val="006C7A7F"/>
     <w:rsid w:val="006D0B49"/>
     <w:rsid w:val="006D15AF"/>
     <w:rsid w:val="006D3ACC"/>
     <w:rsid w:val="006D594A"/>
     <w:rsid w:val="006D5972"/>
     <w:rsid w:val="006D6C16"/>
     <w:rsid w:val="006E3C7F"/>
     <w:rsid w:val="006E5A27"/>
     <w:rsid w:val="006E6540"/>
     <w:rsid w:val="006E76BE"/>
     <w:rsid w:val="006F2905"/>
     <w:rsid w:val="006F31EF"/>
     <w:rsid w:val="006F43C6"/>
     <w:rsid w:val="006F5284"/>
     <w:rsid w:val="006F52A9"/>
     <w:rsid w:val="007013B4"/>
     <w:rsid w:val="00702060"/>
     <w:rsid w:val="007065E2"/>
     <w:rsid w:val="007066FD"/>
     <w:rsid w:val="007067F6"/>
     <w:rsid w:val="007070C1"/>
     <w:rsid w:val="0071155E"/>
     <w:rsid w:val="00713316"/>
     <w:rsid w:val="00713652"/>
+    <w:rsid w:val="0071490C"/>
     <w:rsid w:val="0071527A"/>
     <w:rsid w:val="007159F0"/>
     <w:rsid w:val="00715D37"/>
     <w:rsid w:val="00716AD9"/>
     <w:rsid w:val="00720C7B"/>
     <w:rsid w:val="00720E8C"/>
     <w:rsid w:val="00722563"/>
     <w:rsid w:val="007231D1"/>
     <w:rsid w:val="00723980"/>
     <w:rsid w:val="00726A37"/>
     <w:rsid w:val="00730928"/>
     <w:rsid w:val="00731E44"/>
     <w:rsid w:val="00732916"/>
     <w:rsid w:val="0073349D"/>
     <w:rsid w:val="00734CAA"/>
     <w:rsid w:val="0073541D"/>
     <w:rsid w:val="007363F4"/>
     <w:rsid w:val="00736460"/>
     <w:rsid w:val="00737353"/>
     <w:rsid w:val="00740EBE"/>
     <w:rsid w:val="007440D3"/>
     <w:rsid w:val="007442B6"/>
     <w:rsid w:val="00744A4C"/>
     <w:rsid w:val="00745374"/>
     <w:rsid w:val="00745587"/>
@@ -33646,73 +33819,75 @@
     <w:rsid w:val="009523F3"/>
     <w:rsid w:val="00953039"/>
     <w:rsid w:val="00953A79"/>
     <w:rsid w:val="00954C18"/>
     <w:rsid w:val="00955D59"/>
     <w:rsid w:val="00956154"/>
     <w:rsid w:val="00956478"/>
     <w:rsid w:val="00960B9F"/>
     <w:rsid w:val="00960EAC"/>
     <w:rsid w:val="009624D3"/>
     <w:rsid w:val="009626AE"/>
     <w:rsid w:val="009626F1"/>
     <w:rsid w:val="00964D18"/>
     <w:rsid w:val="00964D48"/>
     <w:rsid w:val="00967C01"/>
     <w:rsid w:val="009732CF"/>
     <w:rsid w:val="0097405A"/>
     <w:rsid w:val="0097610B"/>
     <w:rsid w:val="00976F95"/>
     <w:rsid w:val="0098073F"/>
     <w:rsid w:val="00980C8F"/>
     <w:rsid w:val="009819F4"/>
     <w:rsid w:val="00982B16"/>
     <w:rsid w:val="00984C14"/>
     <w:rsid w:val="00984E2E"/>
+    <w:rsid w:val="00985FF3"/>
     <w:rsid w:val="00986C16"/>
     <w:rsid w:val="00993429"/>
     <w:rsid w:val="00994B31"/>
     <w:rsid w:val="009A228E"/>
     <w:rsid w:val="009A2C36"/>
     <w:rsid w:val="009A31E9"/>
     <w:rsid w:val="009A3381"/>
     <w:rsid w:val="009A4B90"/>
     <w:rsid w:val="009A4F2A"/>
     <w:rsid w:val="009A5704"/>
     <w:rsid w:val="009A6140"/>
     <w:rsid w:val="009B0606"/>
     <w:rsid w:val="009B073B"/>
     <w:rsid w:val="009B160C"/>
     <w:rsid w:val="009B17E0"/>
     <w:rsid w:val="009B17FA"/>
     <w:rsid w:val="009B3C91"/>
     <w:rsid w:val="009B4C21"/>
     <w:rsid w:val="009B5208"/>
     <w:rsid w:val="009B66F8"/>
     <w:rsid w:val="009B77A4"/>
     <w:rsid w:val="009C282C"/>
     <w:rsid w:val="009C3366"/>
+    <w:rsid w:val="009C339F"/>
     <w:rsid w:val="009C679A"/>
     <w:rsid w:val="009D0767"/>
     <w:rsid w:val="009D1015"/>
     <w:rsid w:val="009D435F"/>
     <w:rsid w:val="009D4997"/>
     <w:rsid w:val="009D6A18"/>
     <w:rsid w:val="009E0B7E"/>
     <w:rsid w:val="009E18DF"/>
     <w:rsid w:val="009E4D64"/>
     <w:rsid w:val="009E5021"/>
     <w:rsid w:val="009E6E1C"/>
     <w:rsid w:val="009F0826"/>
     <w:rsid w:val="009F1176"/>
     <w:rsid w:val="009F241F"/>
     <w:rsid w:val="009F25C5"/>
     <w:rsid w:val="009F2993"/>
     <w:rsid w:val="00A00AE1"/>
     <w:rsid w:val="00A00DCE"/>
     <w:rsid w:val="00A01A1B"/>
     <w:rsid w:val="00A04092"/>
     <w:rsid w:val="00A0443F"/>
     <w:rsid w:val="00A046B4"/>
     <w:rsid w:val="00A07A40"/>
     <w:rsid w:val="00A11B13"/>
     <w:rsid w:val="00A11D8F"/>
@@ -34259,51 +34434,51 @@
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-GB" w:eastAsia="ja-JP"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:doNotAutoCompressPictures/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="4EB86F31"/>
   <w15:docId w15:val="{558CE173-F8B3-4F52-AE61-F781AC92A8C9}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="en-GB" w:eastAsia="en-GB" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -34794,50 +34969,51 @@
       <w:bCs/>
       <w:sz w:val="15"/>
       <w:szCs w:val="15"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading8">
     <w:name w:val="heading 8"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:qFormat/>
     <w:pPr>
       <w:keepNext/>
       <w:outlineLvl w:val="7"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma"/>
       <w:b/>
       <w:color w:val="808080"/>
       <w:sz w:val="15"/>
       <w:szCs w:val="15"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
+    <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Header">
     <w:name w:val="header"/>
@@ -35193,51 +35369,51 @@
     <w:basedOn w:val="CommentTextChar"/>
     <w:link w:val="CommentSubject"/>
     <w:semiHidden/>
     <w:rsid w:val="0032169D"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
       <w:b/>
       <w:bCs/>
       <w:lang w:val="en-US" w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="cf01">
     <w:name w:val="cf01"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:rsid w:val="00D034BF"/>
     <w:rPr>
       <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI" w:hint="default"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="94789811">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="210003199">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -35703,51 +35879,51 @@
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1805075270">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:BHNT.margaretcentrereferrals@nhs.net" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:LNWH-tr.referralsstlukes@nhs.net" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:noahs.referrals@nhs.net" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:nlondonhospice.fc@nhs.net" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:elft.dianateamnewham@nhs.net" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ssch.referrals@nhs.net" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Demelza.referrals@demelza.org.uk" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:st.christophers@nhs.net" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:rf-tr.palliativecare@nhs.net" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:srh.referrals@nhs.net" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:beh-tr.specialistnursingbereavementandplayteam@nhs.net" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:noahs.nurses@nhs.net" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:gst-tr.elchpaedpalliativereferrals@nhs.net" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:stjosephs.firstcontact@nhs.net" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:gst-tr.gstt-palliativecare@nhs.net" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:patch.team@nhs.net" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:palliative.southcamden@nhs.net" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:clcht.spa.referral@nhs.net" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:community.hospice@nhs.net" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gbr01.safelinks.protection.outlook.com/?url=https%3A%2F%2Frichardhouse.org.uk%2Freferral%2F&amp;data=05%7C02%7Cengland.londonpeolcscn%40nhs.net%7C729b8c9e9b4348f20e0d08dc0199e945%7C37c354b285b047f5b22207b48d774ee3%7C0%7C1%7C638387008044066570%7CUnknown%7CTWFpbGZsb3d8eyJWIjoiMC4wLjAwMDAiLCJQIjoiV2luMzIiLCJBTiI6Ik1haWwiLCJXVCI6Mn0%3D%7C20000%7C%7C%7C&amp;sdata=naOf5wkbPq7N%2BdYG5A5Dogiq1w3lJfzfFPqf2arPNu8%3D&amp;reserved=0" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:SSCH.spaceteam@nhs.net" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.hospiceuk.org/about-hospice-care/find-a-hospice" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer4.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:nelondonicb.saintfrancishospicereferrals@nhs.net" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:referralsmeadowhouse@nhs.net" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:rth.referrals@nhs.net" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Louisdundas.centre@nhs.net" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:patch.team@nhs.net" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:RedbridgeSPCT@nelft.nhs.uk" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Clcht.chirp@nhs.net" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:palliative.islington@nhs.net" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:cnw-tr.hchcontactcentrerefs@nhs.net" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:haven.house@nhs.net" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://chal.org.uk/about-us/" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:BHNT.margaretcentrereferrals@nhs.net" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:referralsmeadowhouse@nhs.net" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:noahs.referrals@nhs.net" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:RedbridgeSPCT@nelft.nhs.uk" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:rth.referrals@nhs.net" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ssch.referrals@nhs.net" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Demelza.referrals@demelza.org.uk" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:cnw-tr.hchcontactcentrerefs@nhs.net" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:palliative.islington@nhs.net" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:gst-tr.gstt-palliativecare@nhs.net" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:beh-tr.specialistnursingbereavementandplayteam@nhs.net" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:noahs.nurses@nhs.net" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:gst-tr.elchpaedpalliativereferrals@nhs.net" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:wfadultchsreferrals@nelft.nhs.uk" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:community.hospice@nhs.net" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:patch.team@nhs.net" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:nlondonhospice.fc@nhs.net" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:LNWH-tr.referralsstlukes@nhs.net" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:st.christophers@nhs.net" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:elft.dianateamnewham@nhs.net" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:SSCH.spaceteam@nhs.net" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.hospiceuk.org/about-hospice-care/find-a-hospice" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer4.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:nelondonicb.saintfrancishospicereferrals@nhs.net" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:rf-tr.palliativecare@nhs.net" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:srh.referrals@nhs.net" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Louisdundas.centre@nhs.net" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:patch.team@nhs.net" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:stjosephs.firstcontact@nhs.net" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Clcht.chirp@nhs.net" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:palliative.southcamden@nhs.net" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:clcht.spa.referral@nhs.net" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:haven.house@nhs.net" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://chal.org.uk/about-us/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -36008,78 +36184,54 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
-[...10 lines deleted...]
-</p:properties>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
-[...11 lines deleted...]
-<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100384DF00D7FB2E547AB08F20077605CBB" ma:contentTypeVersion="34" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="b6fc11c3b707b45e5a07dbc1a03e1a02">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns1="http://schemas.microsoft.com/sharepoint/v3" xmlns:ns2="af3b5e9b-e691-4070-a9d2-e728428db70f" xmlns:ns3="cccaf3ac-2de9-44d4-aa31-54302fceb5f7" xmlns:ns4="d83174ee-98ec-4b9f-8269-db6d0c386c00" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="bdd30c1771f1bb69a187ecfb2de6ad5b" ns1:_="" ns2:_="" ns3:_="" ns4:_="">
     <xsd:import namespace="http://schemas.microsoft.com/sharepoint/v3"/>
     <xsd:import namespace="af3b5e9b-e691-4070-a9d2-e728428db70f"/>
     <xsd:import namespace="cccaf3ac-2de9-44d4-aa31-54302fceb5f7"/>
     <xsd:import namespace="d83174ee-98ec-4b9f-8269-db6d0c386c00"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns1:_ip_UnifiedCompliancePolicyProperties" minOccurs="0"/>
                 <xsd:element ref="ns1:_ip_UnifiedCompliancePolicyUIAction" minOccurs="0"/>
                 <xsd:element ref="ns2:Review_x0020_Date" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns4:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns4:SharedWithDetails" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
@@ -36256,135 +36408,159 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-[...8 lines deleted...]
-</ds:datastoreItem>
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <_ip_UnifiedCompliancePolicyUIAction xmlns="http://schemas.microsoft.com/sharepoint/v3" xsi:nil="true"/>
+    <_ip_UnifiedCompliancePolicyProperties xmlns="http://schemas.microsoft.com/sharepoint/v3" xsi:nil="true"/>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="af3b5e9b-e691-4070-a9d2-e728428db70f">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+    <TaxCatchAll xmlns="cccaf3ac-2de9-44d4-aa31-54302fceb5f7" xsi:nil="true"/>
+    <Review_x0020_Date xmlns="af3b5e9b-e691-4070-a9d2-e728428db70f" xsi:nil="true"/>
+    <MediaLengthInSeconds xmlns="af3b5e9b-e691-4070-a9d2-e728428db70f" xsi:nil="true"/>
+  </documentManagement>
+</p:properties>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{26E8D054-51F0-4D8C-9DBE-F4F51CA71820}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-[...7 lines deleted...]
-<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{653D1125-6253-49EB-8D7B-302681C3CB95}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3"/>
     <ds:schemaRef ds:uri="af3b5e9b-e691-4070-a9d2-e728428db70f"/>
     <ds:schemaRef ds:uri="cccaf3ac-2de9-44d4-aa31-54302fceb5f7"/>
     <ds:schemaRef ds:uri="d83174ee-98ec-4b9f-8269-db6d0c386c00"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{1D9A1929-101A-4744-919B-00653052B4D8}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3"/>
+    <ds:schemaRef ds:uri="af3b5e9b-e691-4070-a9d2-e728428db70f"/>
+    <ds:schemaRef ds:uri="cccaf3ac-2de9-44d4-aa31-54302fceb5f7"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{60B84B89-D134-44BD-8D16-A0C5291EE858}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{37c354b2-85b0-47f5-b222-07b48d774ee3}" enabled="0" method="" siteId="{37c354b2-85b0-47f5-b222-07b48d774ee3}" removed="1"/>
 </clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>2895</Words>
-  <Characters>16502</Characters>
+  <Words>2818</Words>
+  <Characters>16066</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>137</Lines>
-  <Paragraphs>38</Paragraphs>
+  <Lines>133</Lines>
+  <Paragraphs>37</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Specialist Palliative Care (SPC)</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>RM Partners</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>19359</CharactersWithSpaces>
+  <CharactersWithSpaces>18847</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>Specialist Palliative Care (SPC)</dc:title>
   <dc:creator>RM Partners</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x010100384DF00D7FB2E547AB08F20077605CBB</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="xd_ProgID">