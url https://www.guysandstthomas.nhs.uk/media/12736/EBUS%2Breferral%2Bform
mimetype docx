--- v0 (2025-12-14)
+++ v1 (2026-01-27)
@@ -1,8586 +1,7857 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
-  <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Default Extension="png" ContentType="image/png"/>
-  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
+  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
+  <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
+  <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
+  <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
-  <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
-[...2 lines deleted...]
-  <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
+  <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
-  <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
-  <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
+  <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w:rsidR="00873F50" w:rsidRDefault="00DB0DF6" w:rsidP="0050512E">
+    <w:p w14:paraId="34617019" w14:textId="77777777" w:rsidR="006E77D5" w:rsidRDefault="006E77D5" w:rsidP="0050512E">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:pBdr>
         <w:shd w:val="clear" w:color="auto" w:fill="002060"/>
         <w:contextualSpacing/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
+      <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>South East London</w:t>
+        <w:t>South East</w:t>
       </w:r>
-      <w:r w:rsidR="00EB27CB">
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> A</w:t>
+        <w:t xml:space="preserve"> London Accountable Cancer Network – GSTT </w:t>
       </w:r>
-      <w:r w:rsidR="00CC615E">
-[...62 lines deleted...]
-      <w:r w:rsidR="00786090" w:rsidRPr="00130A11">
+      <w:r w:rsidRPr="00130A11">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>EBUS Referral Form</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F66777" w:rsidRPr="00267189" w:rsidRDefault="00F66777" w:rsidP="00F66777">
+    <w:p w14:paraId="191632AC" w14:textId="77777777" w:rsidR="006E77D5" w:rsidRPr="00267189" w:rsidRDefault="006E77D5" w:rsidP="00F66777">
       <w:pPr>
         <w:contextualSpacing/>
         <w:rPr>
           <w:sz w:val="4"/>
           <w:szCs w:val="8"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="10505" w:type="dxa"/>
         <w:tblInd w:w="93" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="FF0000"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="FF0000"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="FF0000"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="FF0000"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="FF0000"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="FF0000"/>
         </w:tblBorders>
-        <w:tblLook w:val="04A0"/>
+        <w:tblLook w:val="00A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="10505"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00130A11" w:rsidRPr="00130A11" w:rsidTr="00130A11">
+      <w:tr w:rsidR="006E77D5" w:rsidRPr="002C4A23" w14:paraId="108D30A6" w14:textId="77777777" w:rsidTr="00130A11">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10505" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
             <w:noWrap/>
-            <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00130A11" w:rsidRPr="00130A11" w:rsidRDefault="00130A11" w:rsidP="00F66777">
+          <w:p w14:paraId="03A29DD2" w14:textId="77777777" w:rsidR="006E77D5" w:rsidRPr="002C4A23" w:rsidRDefault="006E77D5" w:rsidP="00F66777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00130A11">
-[...1 lines deleted...]
-                <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+            <w:r w:rsidRPr="002C4A23">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve">PLEASE NOTE </w:t>
             </w:r>
-            <w:r w:rsidRPr="00345505">
-[...1 lines deleted...]
-                <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+            <w:r w:rsidRPr="002C4A23">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:u w:val="single"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t>ALL FIELDS ARE MANDATORY</w:t>
             </w:r>
-            <w:r w:rsidRPr="00130A11">
-[...1 lines deleted...]
-                <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+            <w:r w:rsidRPr="002C4A23">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
-              <w:t xml:space="preserve">.  REFERRAL FORMS </w:t>
-[...21 lines deleted...]
-                <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+              <w:t xml:space="preserve">.  REFERRAL FORMS WILL ONLY BE ACCEPTED IF </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002C4A23">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:u w:val="single"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
-              <w:t>FULLY COMPLETE</w:t>
-[...19 lines deleted...]
-              <w:t>.</w:t>
+              <w:t>FULLY COMPLETED.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00130A11" w:rsidRPr="00267189" w:rsidRDefault="00130A11">
+    <w:p w14:paraId="138FFBFE" w14:textId="77777777" w:rsidR="006E77D5" w:rsidRPr="00267189" w:rsidRDefault="006E77D5">
       <w:pPr>
         <w:contextualSpacing/>
         <w:rPr>
           <w:sz w:val="4"/>
           <w:szCs w:val="8"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="10505" w:type="dxa"/>
         <w:tblInd w:w="93" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
-        <w:tblLook w:val="04A0"/>
+        <w:tblLook w:val="00A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="5260"/>
         <w:gridCol w:w="5245"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00F25C57" w:rsidRPr="00130A11" w:rsidTr="009D5169">
+      <w:tr w:rsidR="006E77D5" w:rsidRPr="002C4A23" w14:paraId="724F2846" w14:textId="77777777" w:rsidTr="009D5169">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10505" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
             <w:noWrap/>
-            <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00F25C57" w:rsidRPr="00130A11" w:rsidRDefault="00DB0DF6" w:rsidP="00DB0DF6">
+          <w:p w14:paraId="15C2EEC8" w14:textId="77777777" w:rsidR="006E77D5" w:rsidRPr="002C4A23" w:rsidRDefault="006E77D5" w:rsidP="00DB0DF6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00EB27CB">
-[...1 lines deleted...]
-                <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+            <w:r w:rsidRPr="002C4A23">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t>REFERRING ORGANISATION DETAILS</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F25C57" w:rsidRPr="00130A11" w:rsidTr="00D32169">
+      <w:tr w:rsidR="006E77D5" w:rsidRPr="002C4A23" w14:paraId="5392B48D" w14:textId="77777777" w:rsidTr="00D32169">
         <w:trPr>
           <w:trHeight w:val="446"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5260" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
-            <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00DB0DF6" w:rsidRDefault="00F25C57" w:rsidP="00F25C57">
-[...43 lines deleted...]
-                <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:p w14:paraId="61C8F96B" w14:textId="77777777" w:rsidR="006E77D5" w:rsidRPr="002C4A23" w:rsidRDefault="006E77D5" w:rsidP="00F25C57">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:b/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002C4A23">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:b/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t>Referring Clinician:</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkStart w:id="0" w:name="Text1"/>
+          <w:p w14:paraId="76155E9A" w14:textId="711DC1A5" w:rsidR="006E77D5" w:rsidRPr="002C4A23" w:rsidRDefault="006E77D5" w:rsidP="00F25C57">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002C4A23">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="0" w:name="Text1"/>
-[...2 lines deleted...]
-                <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+            <w:r w:rsidRPr="002C4A23">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r>
-[...7 lines deleted...]
-                <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+            <w:r w:rsidRPr="002C4A23">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="002C4A23">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00555E44">
-[...41 lines deleted...]
-                <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+            <w:r w:rsidR="00D32B15">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00D32B15">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00D32B15">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00D32B15">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00D32B15">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002C4A23">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="0"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5245" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
-            <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00DB0DF6" w:rsidRDefault="00D32169" w:rsidP="00D32169">
-[...68 lines deleted...]
-                <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:p w14:paraId="2CDB26E4" w14:textId="77777777" w:rsidR="006E77D5" w:rsidRPr="002C4A23" w:rsidRDefault="006E77D5" w:rsidP="00D32169">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:b/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002C4A23">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:b/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t>Referring Clinician email address (required for results):</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkStart w:id="1" w:name="Text3"/>
+          <w:p w14:paraId="6E6FD6DC" w14:textId="77777777" w:rsidR="006E77D5" w:rsidRPr="002C4A23" w:rsidRDefault="006E77D5" w:rsidP="00D32169">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:b/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002C4A23">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text3"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="1" w:name="Text3"/>
-[...2 lines deleted...]
-                <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+            <w:r w:rsidRPr="002C4A23">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r>
-[...8 lines deleted...]
-                <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+            <w:r w:rsidRPr="002C4A23">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:b/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="002C4A23">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00555E44">
-[...46 lines deleted...]
-                <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+            <w:r w:rsidRPr="002C4A23">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:b/>
+                <w:noProof/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002C4A23">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:b/>
+                <w:noProof/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002C4A23">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:b/>
+                <w:noProof/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002C4A23">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:b/>
+                <w:noProof/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002C4A23">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:b/>
+                <w:noProof/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002C4A23">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="1"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F25C57" w:rsidRPr="00130A11" w:rsidTr="00D32169">
+      <w:tr w:rsidR="006E77D5" w:rsidRPr="002C4A23" w14:paraId="008C4256" w14:textId="77777777" w:rsidTr="00D32169">
         <w:trPr>
           <w:trHeight w:val="482"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5260" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-            <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00F66777" w:rsidRDefault="00D32169" w:rsidP="00D32169">
-[...9 lines deleted...]
-                <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:p w14:paraId="3E255E2A" w14:textId="77777777" w:rsidR="006E77D5" w:rsidRPr="002C4A23" w:rsidRDefault="006E77D5" w:rsidP="00D32169">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002C4A23">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t>Referring organisation name:</w:t>
             </w:r>
-            <w:r w:rsidR="00F66777">
-[...1 lines deleted...]
-                <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+            <w:r w:rsidRPr="002C4A23">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00EB27CB" w:rsidRPr="00130A11" w:rsidRDefault="00363F9D" w:rsidP="00D32169">
-[...44 lines deleted...]
-                <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:p w14:paraId="3A9A3C09" w14:textId="77777777" w:rsidR="006E77D5" w:rsidRPr="002C4A23" w:rsidRDefault="006E77D5" w:rsidP="00D32169">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002C4A23">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve">KCH (DH)  </w:t>
+            </w:r>
+            <w:bookmarkStart w:id="2" w:name="Check6"/>
+            <w:r w:rsidRPr="002C4A23">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check6"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="2" w:name="Check6"/>
-[...2 lines deleted...]
-                <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+            <w:r w:rsidRPr="002C4A23">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="004E3CE6">
-[...7 lines deleted...]
-                <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+            <w:r w:rsidRPr="002C4A23">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="002C4A23">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="002C4A23">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="2"/>
-            <w:r w:rsidR="00F66777">
-[...36 lines deleted...]
-                <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+            <w:r w:rsidRPr="002C4A23">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  /   PRUH  </w:t>
+            </w:r>
+            <w:bookmarkStart w:id="3" w:name="Check7"/>
+            <w:r w:rsidRPr="002C4A23">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check7"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="3" w:name="Check7"/>
-[...2 lines deleted...]
-                <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+            <w:r w:rsidRPr="002C4A23">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="004E3CE6">
-[...7 lines deleted...]
-                <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+            <w:r w:rsidRPr="002C4A23">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="002C4A23">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="002C4A23">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="3"/>
-            <w:r w:rsidR="00F66777">
-[...36 lines deleted...]
-                <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+            <w:r w:rsidRPr="002C4A23">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  /   UHL  </w:t>
+            </w:r>
+            <w:bookmarkStart w:id="4" w:name="Check8"/>
+            <w:r w:rsidRPr="002C4A23">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check8"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="4" w:name="Check8"/>
-[...2 lines deleted...]
-                <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+            <w:r w:rsidRPr="002C4A23">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="004E3CE6">
-[...7 lines deleted...]
-                <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+            <w:r w:rsidRPr="002C4A23">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="002C4A23">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="002C4A23">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="4"/>
-            <w:r w:rsidR="00F66777">
-[...36 lines deleted...]
-                <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+            <w:r w:rsidRPr="002C4A23">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  /   QEH  </w:t>
+            </w:r>
+            <w:bookmarkStart w:id="5" w:name="Check9"/>
+            <w:r w:rsidRPr="002C4A23">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check9"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="5" w:name="Check9"/>
-[...2 lines deleted...]
-                <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+            <w:r w:rsidRPr="002C4A23">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="004E3CE6">
-[...7 lines deleted...]
-                <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+            <w:r w:rsidRPr="002C4A23">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="002C4A23">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="002C4A23">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="5"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5245" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
-            <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00F25C57" w:rsidRPr="00EB27CB" w:rsidRDefault="00D32169" w:rsidP="00D32169">
-[...9 lines deleted...]
-                <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:p w14:paraId="49FE09C0" w14:textId="77777777" w:rsidR="006E77D5" w:rsidRPr="002C4A23" w:rsidRDefault="006E77D5" w:rsidP="00D32169">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002C4A23">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t>Date of referral:</w:t>
             </w:r>
-            <w:r w:rsidR="00EB27CB">
-[...1 lines deleted...]
-                <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+            <w:r w:rsidRPr="002C4A23">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve">          </w:t>
             </w:r>
-            <w:r w:rsidR="00EB27CB" w:rsidRPr="00616B81">
-[...2 lines deleted...]
-                <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+            <w:r w:rsidRPr="002C4A23">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:color w:val="BFBFBF"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t>/          /</w:t>
             </w:r>
-            <w:r w:rsidR="00EB27CB">
-[...1 lines deleted...]
-                <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+            <w:r w:rsidRPr="002C4A23">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve">       </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00D32169" w:rsidRPr="00D32169" w:rsidRDefault="004E3CE6" w:rsidP="00D32169">
-[...10 lines deleted...]
-                <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:bookmarkStart w:id="6" w:name="Text4"/>
+          <w:p w14:paraId="31C8D47B" w14:textId="77777777" w:rsidR="006E77D5" w:rsidRPr="002C4A23" w:rsidRDefault="006E77D5" w:rsidP="00D32169">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:b/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002C4A23">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text4"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="6" w:name="Text4"/>
-[...2 lines deleted...]
-                <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+            <w:r w:rsidRPr="002C4A23">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r>
-[...8 lines deleted...]
-                <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+            <w:r w:rsidRPr="002C4A23">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:b/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="002C4A23">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00555E44">
-[...46 lines deleted...]
-                <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+            <w:r w:rsidRPr="002C4A23">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:b/>
+                <w:noProof/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002C4A23">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:b/>
+                <w:noProof/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002C4A23">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:b/>
+                <w:noProof/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002C4A23">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:b/>
+                <w:noProof/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002C4A23">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:b/>
+                <w:noProof/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002C4A23">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="6"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F25C57" w:rsidRPr="00130A11" w:rsidTr="00DB0DF6">
+      <w:tr w:rsidR="006E77D5" w:rsidRPr="002C4A23" w14:paraId="196B97F0" w14:textId="77777777" w:rsidTr="00DB0DF6">
         <w:trPr>
           <w:trHeight w:val="463"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5260" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
-            <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00E21C45" w:rsidRDefault="00D32169" w:rsidP="00D32169">
-[...10 lines deleted...]
-                <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:p w14:paraId="1FD993F1" w14:textId="77777777" w:rsidR="006E77D5" w:rsidRPr="002C4A23" w:rsidRDefault="006E77D5" w:rsidP="00D32169">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:b/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002C4A23">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t>Name of person completing form:</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00D32169" w:rsidRPr="00D32169" w:rsidRDefault="004E3CE6" w:rsidP="00D32169">
-[...10 lines deleted...]
-                <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:bookmarkStart w:id="7" w:name="Text2"/>
+          <w:p w14:paraId="790D4EF4" w14:textId="77777777" w:rsidR="006E77D5" w:rsidRPr="002C4A23" w:rsidRDefault="006E77D5" w:rsidP="00D32169">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:b/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002C4A23">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text2"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="7" w:name="Text2"/>
-[...2 lines deleted...]
-                <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+            <w:r w:rsidRPr="002C4A23">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r>
-[...8 lines deleted...]
-                <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+            <w:r w:rsidRPr="002C4A23">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:b/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="002C4A23">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00555E44">
-[...46 lines deleted...]
-                <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+            <w:r w:rsidRPr="002C4A23">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:b/>
+                <w:noProof/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002C4A23">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:b/>
+                <w:noProof/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002C4A23">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:b/>
+                <w:noProof/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002C4A23">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:b/>
+                <w:noProof/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002C4A23">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:b/>
+                <w:noProof/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002C4A23">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="7"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5245" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
-            <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00F25C57" w:rsidRDefault="00F25C57" w:rsidP="00D32169">
-[...10 lines deleted...]
-                <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:p w14:paraId="0E9ADA25" w14:textId="77777777" w:rsidR="006E77D5" w:rsidRPr="002C4A23" w:rsidRDefault="006E77D5" w:rsidP="00D32169">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:b/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002C4A23">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="00D32169" w:rsidRPr="00D32169">
-[...51 lines deleted...]
-                <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+            <w:r w:rsidRPr="002C4A23">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:b/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t>Referrer contact telephone:</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkStart w:id="8" w:name="Text5"/>
+          <w:p w14:paraId="65AF8419" w14:textId="77777777" w:rsidR="006E77D5" w:rsidRPr="002C4A23" w:rsidRDefault="006E77D5" w:rsidP="00D32169">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:b/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002C4A23">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text5"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="8" w:name="Text5"/>
-[...2 lines deleted...]
-                <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+            <w:r w:rsidRPr="002C4A23">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r>
-[...8 lines deleted...]
-                <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+            <w:r w:rsidRPr="002C4A23">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:b/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="002C4A23">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00EB27CB">
-[...46 lines deleted...]
-                <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+            <w:r w:rsidRPr="002C4A23">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:b/>
+                <w:noProof/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002C4A23">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:b/>
+                <w:noProof/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002C4A23">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:b/>
+                <w:noProof/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002C4A23">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:b/>
+                <w:noProof/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002C4A23">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:b/>
+                <w:noProof/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002C4A23">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="8"/>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00A62254" w:rsidRPr="00A62254" w:rsidRDefault="00A62254" w:rsidP="00A62254">
+    <w:p w14:paraId="4FB09865" w14:textId="77777777" w:rsidR="006E77D5" w:rsidRPr="00A62254" w:rsidRDefault="006E77D5" w:rsidP="00A62254">
       <w:pPr>
         <w:spacing w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:sz w:val="8"/>
           <w:szCs w:val="2"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="10505" w:type="dxa"/>
         <w:tblInd w:w="93" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
-        <w:tblLook w:val="04A0"/>
+        <w:tblLook w:val="00A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2850"/>
         <w:gridCol w:w="426"/>
         <w:gridCol w:w="1984"/>
         <w:gridCol w:w="1559"/>
         <w:gridCol w:w="1134"/>
         <w:gridCol w:w="426"/>
         <w:gridCol w:w="1417"/>
         <w:gridCol w:w="709"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00F25C57" w:rsidRPr="00130A11" w:rsidTr="009D5169">
+      <w:tr w:rsidR="006E77D5" w:rsidRPr="002C4A23" w14:paraId="76B56A03" w14:textId="77777777" w:rsidTr="009D5169">
         <w:trPr>
           <w:trHeight w:val="315"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10505" w:type="dxa"/>
             <w:gridSpan w:val="8"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
             <w:noWrap/>
-            <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00F25C57" w:rsidRPr="00130A11" w:rsidRDefault="00DB0DF6" w:rsidP="00DB0DF6">
+          <w:p w14:paraId="44D33C19" w14:textId="77777777" w:rsidR="006E77D5" w:rsidRPr="002C4A23" w:rsidRDefault="006E77D5" w:rsidP="00DB0DF6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00EB27CB">
-[...1 lines deleted...]
-                <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+            <w:r w:rsidRPr="002C4A23">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t>PATIENT DETAILS</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DB0DF6" w:rsidRPr="00130A11" w:rsidTr="00D32169">
+      <w:tr w:rsidR="006E77D5" w:rsidRPr="002C4A23" w14:paraId="4233273D" w14:textId="77777777" w:rsidTr="00D32169">
         <w:trPr>
           <w:trHeight w:val="478"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5260" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
-            <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00DB0DF6" w:rsidRDefault="00DB0DF6" w:rsidP="00F6415A">
-[...9 lines deleted...]
-                <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:p w14:paraId="28B0FA9D" w14:textId="77777777" w:rsidR="006E77D5" w:rsidRPr="002C4A23" w:rsidRDefault="006E77D5" w:rsidP="00F6415A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002C4A23">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t>Patient Name</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-                <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+            <w:r w:rsidRPr="002C4A23">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00D32169" w:rsidRPr="00130A11" w:rsidRDefault="004E3CE6" w:rsidP="00F6415A">
-[...9 lines deleted...]
-                <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:bookmarkStart w:id="9" w:name="Text6"/>
+          <w:p w14:paraId="288B26E3" w14:textId="77777777" w:rsidR="006E77D5" w:rsidRPr="002C4A23" w:rsidRDefault="006E77D5" w:rsidP="00F6415A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002C4A23">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text6"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="9" w:name="Text6"/>
-[...2 lines deleted...]
-                <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+            <w:r w:rsidRPr="002C4A23">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r>
-[...7 lines deleted...]
-                <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+            <w:r w:rsidRPr="002C4A23">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="002C4A23">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00EB27CB">
-[...41 lines deleted...]
-                <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+            <w:r w:rsidRPr="002C4A23">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:noProof/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002C4A23">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:noProof/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002C4A23">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:noProof/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002C4A23">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:noProof/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002C4A23">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:noProof/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002C4A23">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="9"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
-            <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00DB0DF6" w:rsidRDefault="00DB0DF6" w:rsidP="00F25C57">
-[...9 lines deleted...]
-                <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:p w14:paraId="7D5FA1BC" w14:textId="77777777" w:rsidR="006E77D5" w:rsidRPr="002C4A23" w:rsidRDefault="006E77D5" w:rsidP="00F25C57">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002C4A23">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t>Date of Birth</w:t>
             </w:r>
-            <w:r w:rsidR="00F6415A" w:rsidRPr="00130A11">
-[...16 lines deleted...]
-                <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+            <w:r w:rsidRPr="002C4A23">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve">:          </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002C4A23">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:color w:val="BFBFBF"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t>/          /</w:t>
             </w:r>
-            <w:r w:rsidR="00F6415A">
-[...1 lines deleted...]
-                <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+            <w:r w:rsidRPr="002C4A23">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve">       </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00EB27CB" w:rsidRPr="00130A11" w:rsidRDefault="004E3CE6" w:rsidP="00F25C57">
-[...9 lines deleted...]
-                <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:bookmarkStart w:id="10" w:name="Text7"/>
+          <w:p w14:paraId="58CCB03E" w14:textId="77777777" w:rsidR="006E77D5" w:rsidRPr="002C4A23" w:rsidRDefault="006E77D5" w:rsidP="00F25C57">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002C4A23">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text7"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="10" w:name="Text7"/>
-[...2 lines deleted...]
-                <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+            <w:r w:rsidRPr="002C4A23">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r>
-[...7 lines deleted...]
-                <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+            <w:r w:rsidRPr="002C4A23">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="002C4A23">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00EB27CB">
-[...41 lines deleted...]
-                <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+            <w:r w:rsidRPr="002C4A23">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:noProof/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002C4A23">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:noProof/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002C4A23">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:noProof/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002C4A23">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:noProof/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002C4A23">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:noProof/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002C4A23">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="10"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2126" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00F66777" w:rsidRDefault="00F6415A" w:rsidP="00EB27CB">
-[...9 lines deleted...]
-                <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:p w14:paraId="3F92199C" w14:textId="77777777" w:rsidR="006E77D5" w:rsidRPr="002C4A23" w:rsidRDefault="006E77D5" w:rsidP="00EB27CB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002C4A23">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t>Sex</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-                <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+            <w:r w:rsidRPr="002C4A23">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00EB27CB" w:rsidRPr="00130A11" w:rsidRDefault="00DB0DF6" w:rsidP="00F66777">
-[...9 lines deleted...]
-                <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:p w14:paraId="62ED3C67" w14:textId="77777777" w:rsidR="006E77D5" w:rsidRPr="002C4A23" w:rsidRDefault="006E77D5" w:rsidP="00F66777">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002C4A23">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve">Male </w:t>
             </w:r>
-            <w:r w:rsidR="004E3CE6">
-[...1 lines deleted...]
-                <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+            <w:bookmarkStart w:id="11" w:name="Check10"/>
+            <w:r w:rsidRPr="002C4A23">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check10"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="11" w:name="Check10"/>
-[...2 lines deleted...]
-                <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+            <w:r w:rsidRPr="002C4A23">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="004E3CE6">
-[...7 lines deleted...]
-                <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+            <w:r w:rsidRPr="002C4A23">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="002C4A23">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="002C4A23">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="11"/>
-            <w:r w:rsidR="00F66777">
-[...22 lines deleted...]
-                <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+            <w:r w:rsidRPr="002C4A23">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve">   Female </w:t>
+            </w:r>
+            <w:bookmarkStart w:id="12" w:name="Check11"/>
+            <w:r w:rsidRPr="002C4A23">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check11"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="12" w:name="Check11"/>
-[...2 lines deleted...]
-                <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+            <w:r w:rsidRPr="002C4A23">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="004E3CE6">
-[...7 lines deleted...]
-                <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+            <w:r w:rsidRPr="002C4A23">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="002C4A23">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="002C4A23">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="12"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F25C57" w:rsidRPr="00130A11" w:rsidTr="00CB5384">
+      <w:tr w:rsidR="006E77D5" w:rsidRPr="002C4A23" w14:paraId="3EFDD4A7" w14:textId="77777777" w:rsidTr="00CB5384">
         <w:trPr>
           <w:trHeight w:val="520"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5260" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
-            <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00F25C57" w:rsidRDefault="00F6415A" w:rsidP="00F25C57">
-[...25 lines deleted...]
-                <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:p w14:paraId="3F75379C" w14:textId="77777777" w:rsidR="006E77D5" w:rsidRPr="002C4A23" w:rsidRDefault="006E77D5" w:rsidP="00F25C57">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002C4A23">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:b/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t>NHS Number</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002C4A23">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00D32169" w:rsidRPr="00130A11" w:rsidRDefault="004E3CE6" w:rsidP="00F25C57">
-[...9 lines deleted...]
-                <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:bookmarkStart w:id="13" w:name="Text9"/>
+          <w:p w14:paraId="0EE33D75" w14:textId="77777777" w:rsidR="006E77D5" w:rsidRPr="002C4A23" w:rsidRDefault="006E77D5" w:rsidP="00F25C57">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002C4A23">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text9"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="13" w:name="Text9"/>
-[...2 lines deleted...]
-                <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+            <w:r w:rsidRPr="002C4A23">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r>
-[...7 lines deleted...]
-                <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+            <w:r w:rsidRPr="002C4A23">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="002C4A23">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00EB27CB">
-[...41 lines deleted...]
-                <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+            <w:r w:rsidRPr="002C4A23">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:noProof/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002C4A23">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:noProof/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002C4A23">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:noProof/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002C4A23">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:noProof/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002C4A23">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:noProof/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002C4A23">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="13"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5245" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
-            <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00F25C57" w:rsidRDefault="00F25C57" w:rsidP="00F25C57">
-[...9 lines deleted...]
-                <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:p w14:paraId="3EB9668E" w14:textId="77777777" w:rsidR="006E77D5" w:rsidRPr="002C4A23" w:rsidRDefault="006E77D5" w:rsidP="00F25C57">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002C4A23">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t>Local Patient Identifier</w:t>
             </w:r>
-            <w:r w:rsidRPr="00130A11">
-[...1 lines deleted...]
-                <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+            <w:r w:rsidRPr="002C4A23">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00D32169" w:rsidRPr="00130A11" w:rsidRDefault="004E3CE6" w:rsidP="00F25C57">
-[...9 lines deleted...]
-                <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:bookmarkStart w:id="14" w:name="Text10"/>
+          <w:p w14:paraId="69A02023" w14:textId="77777777" w:rsidR="006E77D5" w:rsidRPr="002C4A23" w:rsidRDefault="006E77D5" w:rsidP="00F25C57">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002C4A23">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text10"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="14" w:name="Text10"/>
-[...2 lines deleted...]
-                <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+            <w:r w:rsidRPr="002C4A23">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r>
-[...7 lines deleted...]
-                <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+            <w:r w:rsidRPr="002C4A23">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="002C4A23">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00EB27CB">
-[...41 lines deleted...]
-                <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+            <w:r w:rsidRPr="002C4A23">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:noProof/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002C4A23">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:noProof/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002C4A23">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:noProof/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002C4A23">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:noProof/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002C4A23">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:noProof/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002C4A23">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="14"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F25C57" w:rsidRPr="00130A11" w:rsidTr="00173BAB">
+      <w:tr w:rsidR="006E77D5" w:rsidRPr="002C4A23" w14:paraId="4DB8E809" w14:textId="77777777" w:rsidTr="00173BAB">
         <w:trPr>
           <w:trHeight w:val="649"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5260" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
-            <w:tcBorders>
-[...2 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
-            <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00A62254" w:rsidRDefault="00A62254" w:rsidP="00F25C57">
-[...49 lines deleted...]
-                <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:p w14:paraId="2AD3E0C3" w14:textId="77777777" w:rsidR="006E77D5" w:rsidRPr="002C4A23" w:rsidRDefault="006E77D5" w:rsidP="00F25C57">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002C4A23">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:b/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t>Patient Contact Telephone Numbers</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002C4A23">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve"> (give all available):</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00A62254" w:rsidRPr="00D32169" w:rsidRDefault="00A62254" w:rsidP="00D32169">
+          <w:p w14:paraId="1D62675E" w14:textId="77777777" w:rsidR="006E77D5" w:rsidRPr="002C4A23" w:rsidRDefault="006E77D5" w:rsidP="00D32169">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="2"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
-[...19 lines deleted...]
-                <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:rFonts w:cs="Arial"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002C4A23">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Home/Work:  </w:t>
+            </w:r>
+            <w:bookmarkStart w:id="15" w:name="Text11"/>
+            <w:r w:rsidRPr="002C4A23">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text11"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="15" w:name="Text11"/>
-[...2 lines deleted...]
-                <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+            <w:r w:rsidRPr="002C4A23">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r w:rsidR="004E3CE6">
-[...7 lines deleted...]
-                <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+            <w:r w:rsidRPr="002C4A23">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="002C4A23">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00EB27CB">
-[...41 lines deleted...]
-                <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+            <w:r w:rsidRPr="002C4A23">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:noProof/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002C4A23">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:noProof/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002C4A23">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:noProof/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002C4A23">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:noProof/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002C4A23">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:noProof/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002C4A23">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="15"/>
           </w:p>
-          <w:p w:rsidR="002F693C" w:rsidRPr="00D32169" w:rsidRDefault="00A62254" w:rsidP="00D32169">
+          <w:p w14:paraId="63244269" w14:textId="77777777" w:rsidR="006E77D5" w:rsidRPr="002C4A23" w:rsidRDefault="006E77D5" w:rsidP="00D32169">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="2"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
-[...19 lines deleted...]
-                <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:rFonts w:cs="Arial"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002C4A23">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Mobile:  </w:t>
+            </w:r>
+            <w:bookmarkStart w:id="16" w:name="Text12"/>
+            <w:r w:rsidRPr="002C4A23">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text12"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="16" w:name="Text12"/>
-[...2 lines deleted...]
-                <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+            <w:r w:rsidRPr="002C4A23">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r w:rsidR="004E3CE6">
-[...7 lines deleted...]
-                <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+            <w:r w:rsidRPr="002C4A23">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="002C4A23">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00EB27CB">
-[...41 lines deleted...]
-                <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+            <w:r w:rsidRPr="002C4A23">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:noProof/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002C4A23">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:noProof/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002C4A23">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:noProof/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002C4A23">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:noProof/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002C4A23">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:noProof/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002C4A23">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="16"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5245" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
-            <w:tcBorders>
-[...3 lines deleted...]
-            <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00F25C57" w:rsidRDefault="00A62254" w:rsidP="00173BAB">
-[...9 lines deleted...]
-                <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:p w14:paraId="01149801" w14:textId="77777777" w:rsidR="006E77D5" w:rsidRPr="002C4A23" w:rsidRDefault="006E77D5" w:rsidP="00173BAB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002C4A23">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t>Correspondence address</w:t>
             </w:r>
-            <w:r w:rsidRPr="00130A11">
-[...1 lines deleted...]
-                <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+            <w:r w:rsidRPr="002C4A23">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00EB27CB" w:rsidRPr="00130A11" w:rsidRDefault="004E3CE6" w:rsidP="00173BAB">
-[...9 lines deleted...]
-                <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:bookmarkStart w:id="17" w:name="Text13"/>
+          <w:p w14:paraId="0E181A62" w14:textId="77777777" w:rsidR="006E77D5" w:rsidRPr="002C4A23" w:rsidRDefault="006E77D5" w:rsidP="00173BAB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002C4A23">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text13"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="17" w:name="Text13"/>
-[...2 lines deleted...]
-                <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+            <w:r w:rsidRPr="002C4A23">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r>
-[...7 lines deleted...]
-                <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+            <w:r w:rsidRPr="002C4A23">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="002C4A23">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00EB27CB">
-[...41 lines deleted...]
-                <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+            <w:r w:rsidRPr="002C4A23">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:noProof/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002C4A23">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:noProof/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002C4A23">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:noProof/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002C4A23">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:noProof/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002C4A23">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:noProof/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002C4A23">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="17"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DB0DF6" w:rsidRPr="00130A11" w:rsidTr="00EB27CB">
+      <w:tr w:rsidR="006E77D5" w:rsidRPr="002C4A23" w14:paraId="3DB35318" w14:textId="77777777" w:rsidTr="00EB27CB">
         <w:trPr>
           <w:trHeight w:val="843"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5260" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
-            <w:tcBorders>
-[...2 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
-            <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00DB0DF6" w:rsidRDefault="00DB0DF6" w:rsidP="00F6415A">
-[...33 lines deleted...]
-                <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:p w14:paraId="49AA7CB8" w14:textId="77777777" w:rsidR="006E77D5" w:rsidRPr="002C4A23" w:rsidRDefault="006E77D5" w:rsidP="00F6415A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002C4A23">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:b/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t>Patient E-mail</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002C4A23">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00EB27CB" w:rsidRPr="00130A11" w:rsidRDefault="004E3CE6" w:rsidP="00F6415A">
-[...9 lines deleted...]
-                <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:bookmarkStart w:id="18" w:name="Text15"/>
+          <w:p w14:paraId="2C7F801A" w14:textId="77777777" w:rsidR="006E77D5" w:rsidRPr="002C4A23" w:rsidRDefault="006E77D5" w:rsidP="00F6415A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002C4A23">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text15"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="18" w:name="Text15"/>
-[...2 lines deleted...]
-                <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+            <w:r w:rsidRPr="002C4A23">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r>
-[...7 lines deleted...]
-                <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+            <w:r w:rsidRPr="002C4A23">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="002C4A23">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00EB27CB">
-[...41 lines deleted...]
-                <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+            <w:r w:rsidRPr="002C4A23">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:noProof/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002C4A23">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:noProof/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002C4A23">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:noProof/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002C4A23">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:noProof/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002C4A23">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:noProof/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002C4A23">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="18"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5245" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
-            <w:tcBorders>
-[...3 lines deleted...]
-            <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00DB0DF6" w:rsidRDefault="00DB0DF6" w:rsidP="00F6415A">
-[...33 lines deleted...]
-                <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:p w14:paraId="32623672" w14:textId="77777777" w:rsidR="006E77D5" w:rsidRPr="002C4A23" w:rsidRDefault="006E77D5" w:rsidP="00F6415A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002C4A23">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:b/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t>Patient GP Details</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002C4A23">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00EB27CB" w:rsidRDefault="004E3CE6" w:rsidP="00F6415A">
-[...9 lines deleted...]
-                <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:bookmarkStart w:id="19" w:name="Text14"/>
+          <w:p w14:paraId="7CCF7473" w14:textId="77777777" w:rsidR="006E77D5" w:rsidRPr="002C4A23" w:rsidRDefault="006E77D5" w:rsidP="00F6415A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002C4A23">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text14"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="19" w:name="Text14"/>
-[...2 lines deleted...]
-                <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+            <w:r w:rsidRPr="002C4A23">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r>
-[...7 lines deleted...]
-                <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+            <w:r w:rsidRPr="002C4A23">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="002C4A23">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00EB27CB">
-[...41 lines deleted...]
-                <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+            <w:r w:rsidRPr="002C4A23">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:noProof/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002C4A23">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:noProof/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002C4A23">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:noProof/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002C4A23">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:noProof/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002C4A23">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:noProof/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002C4A23">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="19"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00130A11" w:rsidRPr="00130A11" w:rsidTr="00130A11">
+      <w:tr w:rsidR="006E77D5" w:rsidRPr="002C4A23" w14:paraId="217FF2A0" w14:textId="77777777" w:rsidTr="00130A11">
         <w:trPr>
           <w:trHeight w:val="70"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10505" w:type="dxa"/>
             <w:gridSpan w:val="8"/>
             <w:tcBorders>
               <w:left w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
-            <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00130A11" w:rsidRPr="00130A11" w:rsidRDefault="00130A11" w:rsidP="00F25C57">
-[...3 lines deleted...]
-                <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:p w14:paraId="2387882D" w14:textId="77777777" w:rsidR="006E77D5" w:rsidRPr="002C4A23" w:rsidRDefault="006E77D5" w:rsidP="00F25C57">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="8"/>
                 <w:szCs w:val="8"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F25C57" w:rsidRPr="00130A11" w:rsidTr="00F15D0B">
+      <w:tr w:rsidR="006E77D5" w:rsidRPr="002C4A23" w14:paraId="3F7F445A" w14:textId="77777777" w:rsidTr="00F15D0B">
         <w:trPr>
           <w:trHeight w:val="135"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10505" w:type="dxa"/>
             <w:gridSpan w:val="8"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
             <w:noWrap/>
-            <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00F25C57" w:rsidRPr="00130A11" w:rsidRDefault="00DB0DF6" w:rsidP="00DB0DF6">
+          <w:p w14:paraId="448BBA84" w14:textId="77777777" w:rsidR="006E77D5" w:rsidRPr="002C4A23" w:rsidRDefault="006E77D5" w:rsidP="00DB0DF6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00EB27CB">
-[...1 lines deleted...]
-                <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+            <w:r w:rsidRPr="002C4A23">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t>PATHWAY DETAILS</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00124B28" w:rsidRPr="00130A11" w:rsidTr="00124B28">
+      <w:tr w:rsidR="006E77D5" w:rsidRPr="002C4A23" w14:paraId="071B2648" w14:textId="77777777" w:rsidTr="00124B28">
         <w:trPr>
           <w:trHeight w:val="360"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3276" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
-            <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00124B28" w:rsidRDefault="00124B28" w:rsidP="00124B28">
-[...10 lines deleted...]
-                <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:p w14:paraId="106E07D7" w14:textId="77777777" w:rsidR="006E77D5" w:rsidRPr="002C4A23" w:rsidRDefault="006E77D5" w:rsidP="00124B28">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:b/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002C4A23">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t>Pathway Type:</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00124B28" w:rsidRPr="00124B28" w:rsidRDefault="00124B28" w:rsidP="00124B28">
-[...31 lines deleted...]
-                <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:p w14:paraId="682F8018" w14:textId="77777777" w:rsidR="006E77D5" w:rsidRPr="002C4A23" w:rsidRDefault="006E77D5" w:rsidP="00124B28">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:b/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002C4A23">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve">62 DAY   </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002C4A23">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check11"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-                <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+            <w:r w:rsidRPr="002C4A23">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="004E3CE6">
-[...7 lines deleted...]
-                <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+            <w:r w:rsidRPr="002C4A23">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="002C4A23">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="002C4A23">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:r>
-[...15 lines deleted...]
-                <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+            <w:r w:rsidRPr="002C4A23">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve">      OTHER   </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002C4A23">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check10"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-                <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+            <w:r w:rsidRPr="002C4A23">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="004E3CE6">
-[...7 lines deleted...]
-                <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+            <w:r w:rsidRPr="002C4A23">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="002C4A23">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="002C4A23">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3543" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00124B28" w:rsidRDefault="00124B28" w:rsidP="00124B28">
-[...9 lines deleted...]
-                <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:p w14:paraId="01521361" w14:textId="77777777" w:rsidR="006E77D5" w:rsidRPr="002C4A23" w:rsidRDefault="006E77D5" w:rsidP="00124B28">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002C4A23">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t>2ww Referral Date:</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-                <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+            <w:r w:rsidRPr="002C4A23">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve">         </w:t>
             </w:r>
-            <w:r w:rsidRPr="00616B81">
-[...2 lines deleted...]
-                <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+            <w:r w:rsidRPr="002C4A23">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:color w:val="BFBFBF"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t>/          /</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-                <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+            <w:r w:rsidRPr="002C4A23">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve">       </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00124B28" w:rsidRPr="00130A11" w:rsidRDefault="004E3CE6" w:rsidP="005405D5">
-[...9 lines deleted...]
-                <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:bookmarkStart w:id="20" w:name="Text25"/>
+          <w:p w14:paraId="44BE30FA" w14:textId="77777777" w:rsidR="006E77D5" w:rsidRPr="002C4A23" w:rsidRDefault="006E77D5" w:rsidP="005405D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002C4A23">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text25"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="20" w:name="Text25"/>
-[...2 lines deleted...]
-                <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+            <w:r w:rsidRPr="002C4A23">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r>
-[...7 lines deleted...]
-                <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+            <w:r w:rsidRPr="002C4A23">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="002C4A23">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00124B28">
-[...41 lines deleted...]
-                <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+            <w:r w:rsidRPr="002C4A23">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:noProof/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002C4A23">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:noProof/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002C4A23">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:noProof/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002C4A23">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:noProof/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002C4A23">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:noProof/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002C4A23">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="20"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3686" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
-            <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00124B28" w:rsidRDefault="00124B28" w:rsidP="00124B28">
-[...9 lines deleted...]
-                <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:p w14:paraId="4F69BE43" w14:textId="77777777" w:rsidR="006E77D5" w:rsidRPr="002C4A23" w:rsidRDefault="006E77D5" w:rsidP="00124B28">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002C4A23">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00124B28">
-[...9 lines deleted...]
-                <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="002C4A23">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:b/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t>62 day</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="002C4A23">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:b/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Breach Date:</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002C4A23">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve">         </w:t>
             </w:r>
-            <w:r w:rsidRPr="00616B81">
-[...2 lines deleted...]
-                <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+            <w:r w:rsidRPr="002C4A23">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:color w:val="BFBFBF"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t>/          /</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-                <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+            <w:r w:rsidRPr="002C4A23">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve">       </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00124B28" w:rsidRPr="00130A11" w:rsidRDefault="004E3CE6" w:rsidP="005405D5">
-[...9 lines deleted...]
-                <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:bookmarkStart w:id="21" w:name="Text26"/>
+          <w:p w14:paraId="26B4F4AC" w14:textId="77777777" w:rsidR="006E77D5" w:rsidRPr="002C4A23" w:rsidRDefault="006E77D5" w:rsidP="005405D5">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002C4A23">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text26"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="21" w:name="Text26"/>
-[...2 lines deleted...]
-                <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+            <w:r w:rsidRPr="002C4A23">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r>
-[...7 lines deleted...]
-                <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+            <w:r w:rsidRPr="002C4A23">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="002C4A23">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00124B28">
-[...41 lines deleted...]
-                <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+            <w:r w:rsidRPr="002C4A23">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:noProof/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002C4A23">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:noProof/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002C4A23">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:noProof/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002C4A23">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:noProof/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002C4A23">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:noProof/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002C4A23">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="21"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00124B28" w:rsidRPr="00130A11" w:rsidTr="00555E44">
+      <w:tr w:rsidR="006E77D5" w:rsidRPr="002C4A23" w14:paraId="684F9AE2" w14:textId="77777777" w:rsidTr="00555E44">
         <w:trPr>
           <w:trHeight w:val="70"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10505" w:type="dxa"/>
             <w:gridSpan w:val="8"/>
             <w:tcBorders>
               <w:left w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
-            <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00124B28" w:rsidRPr="00130A11" w:rsidRDefault="00124B28" w:rsidP="00555E44">
-[...3 lines deleted...]
-                <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:p w14:paraId="379849AF" w14:textId="77777777" w:rsidR="006E77D5" w:rsidRPr="002C4A23" w:rsidRDefault="006E77D5" w:rsidP="00555E44">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="8"/>
                 <w:szCs w:val="8"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00124B28" w:rsidRPr="00130A11" w:rsidTr="00555E44">
+      <w:tr w:rsidR="006E77D5" w:rsidRPr="002C4A23" w14:paraId="0003207F" w14:textId="77777777" w:rsidTr="00555E44">
         <w:trPr>
           <w:trHeight w:val="315"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10505" w:type="dxa"/>
             <w:gridSpan w:val="8"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
             <w:noWrap/>
-            <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00124B28" w:rsidRDefault="00124B28" w:rsidP="00345505">
+          <w:p w14:paraId="50F5C7E9" w14:textId="77777777" w:rsidR="006E77D5" w:rsidRPr="002C4A23" w:rsidRDefault="006E77D5" w:rsidP="00345505">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00EB27CB">
-[...1 lines deleted...]
-                <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+            <w:r w:rsidRPr="002C4A23">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t>CLINICAL DETAILS</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00124B28" w:rsidRPr="00130A11" w:rsidTr="000A0CD2">
+      <w:tr w:rsidR="006E77D5" w:rsidRPr="002C4A23" w14:paraId="3A3494E0" w14:textId="77777777" w:rsidTr="000A0CD2">
         <w:trPr>
           <w:trHeight w:val="315"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9796" w:type="dxa"/>
             <w:gridSpan w:val="7"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
             <w:noWrap/>
-            <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00124B28" w:rsidRPr="00130A11" w:rsidRDefault="00124B28" w:rsidP="007377F7">
-[...3 lines deleted...]
-                <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:p w14:paraId="13025C5D" w14:textId="77777777" w:rsidR="006E77D5" w:rsidRPr="002C4A23" w:rsidRDefault="006E77D5" w:rsidP="007377F7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...1 lines deleted...]
-                <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+            <w:r w:rsidRPr="002C4A23">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
-              <w:t>EBUS Referral Indication (Please tick</w:t>
-[...17 lines deleted...]
-              <w:t>):</w:t>
+              <w:t>EBUS Referral Indication (Please tick one box):</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00124B28" w:rsidRPr="00130A11" w:rsidRDefault="00124B28" w:rsidP="00345505">
+          <w:p w14:paraId="5C9E266A" w14:textId="77777777" w:rsidR="006E77D5" w:rsidRPr="002C4A23" w:rsidRDefault="006E77D5" w:rsidP="00345505">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...1 lines deleted...]
-                <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+            <w:r w:rsidRPr="002C4A23">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:sym w:font="Wingdings" w:char="F0FC"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00124B28" w:rsidRPr="00130A11" w:rsidTr="00F6415A">
+      <w:tr w:rsidR="006E77D5" w:rsidRPr="002C4A23" w14:paraId="7A231B99" w14:textId="77777777" w:rsidTr="00F6415A">
         <w:trPr>
           <w:trHeight w:val="149"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2850" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
-            <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00124B28" w:rsidRPr="00124B28" w:rsidRDefault="00124B28" w:rsidP="00616B81">
+          <w:p w14:paraId="0E4027CD" w14:textId="77777777" w:rsidR="006E77D5" w:rsidRPr="002C4A23" w:rsidRDefault="006E77D5" w:rsidP="00616B81">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00124B28">
-[...1 lines deleted...]
-                <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+            <w:r w:rsidRPr="002C4A23">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t>Note:  It is not usual practice to perform EBUS in patients with a WHO PS of 3, or where there is no plan to offer radical treatment or palliative chemotherapy</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6946" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
-            <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00124B28" w:rsidRPr="00130A11" w:rsidRDefault="00124B28" w:rsidP="00345505">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00130A11">
+          <w:p w14:paraId="4E438F74" w14:textId="77777777" w:rsidR="006E77D5" w:rsidRPr="002C4A23" w:rsidRDefault="006E77D5" w:rsidP="00345505">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002C4A23">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve">1. Staging known lung cancer </w:t>
             </w:r>
           </w:p>
         </w:tc>
+        <w:bookmarkStart w:id="22" w:name="Check1"/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00124B28" w:rsidRPr="00130A11" w:rsidRDefault="004E3CE6" w:rsidP="00F66777">
+          <w:p w14:paraId="10E346E3" w14:textId="77777777" w:rsidR="006E77D5" w:rsidRPr="002C4A23" w:rsidRDefault="006E77D5" w:rsidP="00F66777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
-[...5 lines deleted...]
-                <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:rFonts w:cs="Arial"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002C4A23">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="22" w:name="Check1"/>
-[...2 lines deleted...]
-                <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+            <w:r w:rsidRPr="002C4A23">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r>
-[...7 lines deleted...]
-                <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+            <w:r w:rsidRPr="002C4A23">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="002C4A23">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="002C4A23">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="22"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00124B28" w:rsidRPr="00130A11" w:rsidTr="00F6415A">
+      <w:tr w:rsidR="006E77D5" w:rsidRPr="002C4A23" w14:paraId="37362688" w14:textId="77777777" w:rsidTr="00F6415A">
         <w:trPr>
           <w:trHeight w:val="70"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2850" w:type="dxa"/>
             <w:vMerge/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
-            <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00124B28" w:rsidRPr="00130A11" w:rsidRDefault="00124B28" w:rsidP="00345505">
+          <w:p w14:paraId="2FE6B212" w14:textId="77777777" w:rsidR="006E77D5" w:rsidRPr="002C4A23" w:rsidRDefault="006E77D5" w:rsidP="00345505">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6946" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
-            <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00124B28" w:rsidRPr="00130A11" w:rsidRDefault="00124B28" w:rsidP="00345505">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00130A11">
+          <w:p w14:paraId="404A2F2F" w14:textId="77777777" w:rsidR="006E77D5" w:rsidRPr="002C4A23" w:rsidRDefault="006E77D5" w:rsidP="00345505">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002C4A23">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t>2a. Diagnosis suspected lung cancer</w:t>
             </w:r>
           </w:p>
         </w:tc>
+        <w:bookmarkStart w:id="23" w:name="Check2"/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00124B28" w:rsidRPr="00130A11" w:rsidRDefault="004E3CE6" w:rsidP="00F66777">
+          <w:p w14:paraId="79010552" w14:textId="77777777" w:rsidR="006E77D5" w:rsidRPr="002C4A23" w:rsidRDefault="006E77D5" w:rsidP="00F66777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
-[...5 lines deleted...]
-                <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:rFonts w:cs="Arial"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002C4A23">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check2"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="23" w:name="Check2"/>
-[...2 lines deleted...]
-                <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+            <w:r w:rsidRPr="002C4A23">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r>
-[...7 lines deleted...]
-                <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+            <w:r w:rsidRPr="002C4A23">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="002C4A23">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="002C4A23">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="23"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00124B28" w:rsidRPr="00130A11" w:rsidTr="00F6415A">
+      <w:tr w:rsidR="006E77D5" w:rsidRPr="002C4A23" w14:paraId="272A6918" w14:textId="77777777" w:rsidTr="00F6415A">
         <w:trPr>
           <w:trHeight w:val="70"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2850" w:type="dxa"/>
             <w:vMerge/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
-            <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00124B28" w:rsidRPr="00130A11" w:rsidRDefault="00124B28" w:rsidP="00345505">
+          <w:p w14:paraId="3371001B" w14:textId="77777777" w:rsidR="006E77D5" w:rsidRPr="002C4A23" w:rsidRDefault="006E77D5" w:rsidP="00345505">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6946" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
-            <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00124B28" w:rsidRPr="00130A11" w:rsidRDefault="00124B28" w:rsidP="00345505">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00130A11">
+          <w:p w14:paraId="111DD757" w14:textId="77777777" w:rsidR="006E77D5" w:rsidRPr="002C4A23" w:rsidRDefault="006E77D5" w:rsidP="00345505">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002C4A23">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve">2b. Tissue for molecular testing </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00124B28" w:rsidRPr="00130A11" w:rsidRDefault="004E3CE6" w:rsidP="00F66777">
+          <w:p w14:paraId="40DADBAE" w14:textId="77777777" w:rsidR="006E77D5" w:rsidRPr="002C4A23" w:rsidRDefault="006E77D5" w:rsidP="00F66777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
-[...5 lines deleted...]
-                <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:rFonts w:cs="Arial"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002C4A23">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidR="00124B28">
-[...1 lines deleted...]
-                <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+            <w:r w:rsidRPr="002C4A23">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r>
-[...7 lines deleted...]
-                <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+            <w:r w:rsidRPr="002C4A23">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="002C4A23">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="002C4A23">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00124B28" w:rsidRPr="00130A11" w:rsidTr="00F6415A">
+      <w:tr w:rsidR="006E77D5" w:rsidRPr="002C4A23" w14:paraId="6517F7F4" w14:textId="77777777" w:rsidTr="00F6415A">
         <w:trPr>
           <w:trHeight w:val="70"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2850" w:type="dxa"/>
             <w:vMerge/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
-            <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00124B28" w:rsidRPr="00130A11" w:rsidRDefault="00124B28" w:rsidP="00345505">
+          <w:p w14:paraId="210E911E" w14:textId="77777777" w:rsidR="006E77D5" w:rsidRPr="002C4A23" w:rsidRDefault="006E77D5" w:rsidP="00345505">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6946" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
-            <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00124B28" w:rsidRPr="00130A11" w:rsidRDefault="00124B28" w:rsidP="00F66777">
-[...18 lines deleted...]
-            <w:r w:rsidRPr="000A0CD2">
+          <w:p w14:paraId="46E1E5BE" w14:textId="77777777" w:rsidR="006E77D5" w:rsidRPr="002C4A23" w:rsidRDefault="006E77D5" w:rsidP="00F66777">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002C4A23">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve">3. Suspected cancer recurrence – </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002C4A23">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>please specify:</w:t>
             </w:r>
-            <w:r w:rsidRPr="00F66777">
+            <w:r w:rsidRPr="002C4A23">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve">  </w:t>
             </w:r>
-            <w:r w:rsidR="004E3CE6" w:rsidRPr="00F66777">
+            <w:bookmarkStart w:id="24" w:name="Text24"/>
+            <w:r w:rsidRPr="002C4A23">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text24"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="24" w:name="Text24"/>
-            <w:r w:rsidRPr="00F66777">
+            <w:r w:rsidRPr="002C4A23">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r w:rsidR="004E3CE6" w:rsidRPr="00F66777">
-[...4 lines deleted...]
-            <w:r w:rsidR="004E3CE6" w:rsidRPr="00F66777">
+            <w:r w:rsidRPr="002C4A23">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="002C4A23">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="00F66777">
-[...34 lines deleted...]
-            <w:r w:rsidR="004E3CE6" w:rsidRPr="00F66777">
+            <w:r w:rsidRPr="002C4A23">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002C4A23">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002C4A23">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002C4A23">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002C4A23">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002C4A23">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="24"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00124B28" w:rsidRPr="00130A11" w:rsidRDefault="004E3CE6" w:rsidP="00F66777">
+          <w:p w14:paraId="63378C8D" w14:textId="77777777" w:rsidR="006E77D5" w:rsidRPr="002C4A23" w:rsidRDefault="006E77D5" w:rsidP="00F66777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
-[...5 lines deleted...]
-                <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:rFonts w:cs="Arial"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002C4A23">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check2"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidR="00124B28">
-[...1 lines deleted...]
-                <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+            <w:r w:rsidRPr="002C4A23">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r>
-[...7 lines deleted...]
-                <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+            <w:r w:rsidRPr="002C4A23">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="002C4A23">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="002C4A23">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00124B28" w:rsidRPr="00130A11" w:rsidTr="00F6415A">
+      <w:tr w:rsidR="006E77D5" w:rsidRPr="002C4A23" w14:paraId="0823A5C1" w14:textId="77777777" w:rsidTr="00F6415A">
         <w:trPr>
           <w:trHeight w:val="70"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2850" w:type="dxa"/>
             <w:vMerge/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
-            <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00124B28" w:rsidRPr="00130A11" w:rsidRDefault="00124B28" w:rsidP="00345505">
+          <w:p w14:paraId="639039B5" w14:textId="77777777" w:rsidR="006E77D5" w:rsidRPr="002C4A23" w:rsidRDefault="006E77D5" w:rsidP="00345505">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6946" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
-            <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00124B28" w:rsidRPr="00130A11" w:rsidRDefault="00124B28" w:rsidP="00345505">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00130A11">
+          <w:p w14:paraId="2F02CE70" w14:textId="77777777" w:rsidR="006E77D5" w:rsidRPr="002C4A23" w:rsidRDefault="006E77D5" w:rsidP="00345505">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002C4A23">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t>4. Suspected granulomatous disease (sarcoid, TB)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00124B28" w:rsidRPr="00130A11" w:rsidRDefault="004E3CE6" w:rsidP="00F66777">
+          <w:p w14:paraId="19B677EE" w14:textId="77777777" w:rsidR="006E77D5" w:rsidRPr="002C4A23" w:rsidRDefault="006E77D5" w:rsidP="00F66777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
-[...5 lines deleted...]
-                <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:rFonts w:cs="Arial"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002C4A23">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidR="00124B28">
-[...1 lines deleted...]
-                <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+            <w:r w:rsidRPr="002C4A23">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r>
-[...7 lines deleted...]
-                <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+            <w:r w:rsidRPr="002C4A23">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="002C4A23">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="002C4A23">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00124B28" w:rsidRPr="00130A11" w:rsidTr="00F6415A">
+      <w:tr w:rsidR="006E77D5" w:rsidRPr="002C4A23" w14:paraId="1B5C96D0" w14:textId="77777777" w:rsidTr="00F6415A">
         <w:trPr>
           <w:trHeight w:val="70"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2850" w:type="dxa"/>
             <w:vMerge/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
-            <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00124B28" w:rsidRPr="00130A11" w:rsidRDefault="00124B28" w:rsidP="00345505">
+          <w:p w14:paraId="5A9A8ABE" w14:textId="77777777" w:rsidR="006E77D5" w:rsidRPr="002C4A23" w:rsidRDefault="006E77D5" w:rsidP="00345505">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6946" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
-            <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00124B28" w:rsidRPr="00130A11" w:rsidRDefault="00124B28" w:rsidP="00F66777">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00130A11">
+          <w:p w14:paraId="75C98C9D" w14:textId="77777777" w:rsidR="006E77D5" w:rsidRPr="002C4A23" w:rsidRDefault="006E77D5" w:rsidP="00F66777">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002C4A23">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve">5. Other – </w:t>
             </w:r>
-            <w:r w:rsidRPr="00130A11">
+            <w:r w:rsidRPr="002C4A23">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:u w:val="single"/>
               </w:rPr>
-              <w:t>please specify</w:t>
-[...8 lines deleted...]
-            <w:r w:rsidRPr="00F66777">
+              <w:t xml:space="preserve">please specify: </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002C4A23">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="004E3CE6" w:rsidRPr="00F66777">
+            <w:bookmarkStart w:id="25" w:name="Text23"/>
+            <w:r w:rsidRPr="002C4A23">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text23"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="25" w:name="Text23"/>
-            <w:r w:rsidRPr="00F66777">
+            <w:r w:rsidRPr="002C4A23">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r w:rsidR="004E3CE6" w:rsidRPr="00F66777">
-[...4 lines deleted...]
-            <w:r w:rsidR="004E3CE6" w:rsidRPr="00F66777">
+            <w:r w:rsidRPr="002C4A23">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="002C4A23">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="00F66777">
-[...34 lines deleted...]
-            <w:r w:rsidR="004E3CE6" w:rsidRPr="00F66777">
+            <w:r w:rsidRPr="002C4A23">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002C4A23">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002C4A23">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002C4A23">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002C4A23">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002C4A23">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="25"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00124B28" w:rsidRPr="00130A11" w:rsidRDefault="004E3CE6" w:rsidP="00F66777">
+          <w:p w14:paraId="50244AF6" w14:textId="77777777" w:rsidR="006E77D5" w:rsidRPr="002C4A23" w:rsidRDefault="006E77D5" w:rsidP="00F66777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
-[...5 lines deleted...]
-                <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:rFonts w:cs="Arial"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002C4A23">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check2"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidR="00124B28">
-[...1 lines deleted...]
-                <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+            <w:r w:rsidRPr="002C4A23">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r>
-[...7 lines deleted...]
-                <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+            <w:r w:rsidRPr="002C4A23">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="002C4A23">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="002C4A23">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00124B28" w:rsidRPr="00130A11" w:rsidTr="00555E44">
+      <w:tr w:rsidR="006E77D5" w:rsidRPr="002C4A23" w14:paraId="3D62BBFD" w14:textId="77777777" w:rsidTr="00555E44">
         <w:trPr>
           <w:trHeight w:val="70"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10505" w:type="dxa"/>
             <w:gridSpan w:val="8"/>
             <w:tcBorders>
               <w:left w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
-            <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00124B28" w:rsidRPr="00130A11" w:rsidRDefault="00124B28" w:rsidP="00555E44">
-[...3 lines deleted...]
-                <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:p w14:paraId="4A125C10" w14:textId="77777777" w:rsidR="006E77D5" w:rsidRPr="002C4A23" w:rsidRDefault="006E77D5" w:rsidP="00555E44">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="8"/>
                 <w:szCs w:val="8"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00124B28" w:rsidRPr="00130A11" w:rsidTr="009D5169">
+      <w:tr w:rsidR="006E77D5" w:rsidRPr="002C4A23" w14:paraId="1D96CA29" w14:textId="77777777" w:rsidTr="009D5169">
         <w:trPr>
           <w:trHeight w:val="315"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10505" w:type="dxa"/>
             <w:gridSpan w:val="8"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
             <w:noWrap/>
-            <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00124B28" w:rsidRPr="00130A11" w:rsidRDefault="00124B28" w:rsidP="00267189">
-[...3 lines deleted...]
-                <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:p w14:paraId="0FD29B26" w14:textId="77777777" w:rsidR="006E77D5" w:rsidRPr="002C4A23" w:rsidRDefault="006E77D5" w:rsidP="00267189">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00130A11">
-[...1 lines deleted...]
-                <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+            <w:r w:rsidRPr="002C4A23">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
-              <w:t xml:space="preserve">Minimum Clinical </w:t>
-[...17 lines deleted...]
-              <w:t>:</w:t>
+              <w:t>Minimum Clinical Dataset:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00124B28" w:rsidRPr="00130A11" w:rsidTr="002B3AF5">
+      <w:tr w:rsidR="006E77D5" w:rsidRPr="002C4A23" w14:paraId="675C1D39" w14:textId="77777777" w:rsidTr="002B3AF5">
         <w:trPr>
           <w:trHeight w:val="699"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10505" w:type="dxa"/>
             <w:gridSpan w:val="8"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
-            <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00124B28" w:rsidRPr="00130A11" w:rsidRDefault="00267189" w:rsidP="00C31048">
-[...65 lines deleted...]
-                <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:p w14:paraId="3CD65A11" w14:textId="77777777" w:rsidR="006E77D5" w:rsidRPr="002C4A23" w:rsidRDefault="006E77D5" w:rsidP="00C31048">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002C4A23">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:b/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t>Clinical History (including co-morbidities):</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002C4A23">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve">  </w:t>
             </w:r>
-            <w:r w:rsidR="004E3CE6">
-[...1 lines deleted...]
-                <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+            <w:bookmarkStart w:id="26" w:name="Text16"/>
+            <w:r w:rsidRPr="002C4A23">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text16"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="26" w:name="Text16"/>
-[...2 lines deleted...]
-                <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+            <w:r w:rsidRPr="002C4A23">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r w:rsidR="004E3CE6">
-[...7 lines deleted...]
-                <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+            <w:r w:rsidRPr="002C4A23">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="002C4A23">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00124B28">
-[...41 lines deleted...]
-                <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+            <w:r w:rsidRPr="002C4A23">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:noProof/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002C4A23">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:noProof/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002C4A23">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:noProof/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002C4A23">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:noProof/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002C4A23">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:noProof/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002C4A23">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="26"/>
           </w:p>
-          <w:p w:rsidR="00124B28" w:rsidRPr="00130A11" w:rsidRDefault="00124B28" w:rsidP="00C31048">
-[...12 lines deleted...]
-                <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:p w14:paraId="064A097C" w14:textId="77777777" w:rsidR="006E77D5" w:rsidRPr="002C4A23" w:rsidRDefault="006E77D5" w:rsidP="00C31048">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="615A7C36" w14:textId="77777777" w:rsidR="006E77D5" w:rsidRPr="002C4A23" w:rsidRDefault="006E77D5" w:rsidP="00C31048">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00124B28" w:rsidRPr="00130A11" w:rsidTr="00F66777">
+      <w:tr w:rsidR="006E77D5" w:rsidRPr="002C4A23" w14:paraId="01297A7A" w14:textId="77777777" w:rsidTr="00F66777">
         <w:trPr>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5260" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
-            <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00124B28" w:rsidRDefault="00124B28" w:rsidP="00363A34">
-[...3 lines deleted...]
-                <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:p w14:paraId="53DA0C57" w14:textId="77777777" w:rsidR="006E77D5" w:rsidRPr="002C4A23" w:rsidRDefault="006E77D5" w:rsidP="00363A34">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-US" w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00CB5384">
-[...1 lines deleted...]
-                <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+            <w:r w:rsidRPr="002C4A23">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t>Anti-coagulation</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-                <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+            <w:r w:rsidRPr="002C4A23">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve">:  </w:t>
             </w:r>
-            <w:r w:rsidRPr="00130A11">
-[...1 lines deleted...]
-                <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+            <w:r w:rsidRPr="002C4A23">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-US" w:eastAsia="en-GB"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...11 lines deleted...]
-                <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002C4A23">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve">YES </w:t>
             </w:r>
-            <w:r w:rsidR="004E3CE6">
-[...1 lines deleted...]
-                <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+            <w:r w:rsidRPr="002C4A23">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check10"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-                <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+            <w:r w:rsidRPr="002C4A23">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="004E3CE6">
-[...7 lines deleted...]
-                <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+            <w:r w:rsidRPr="002C4A23">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="002C4A23">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="002C4A23">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-                <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+            <w:r w:rsidRPr="002C4A23">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve">   NO </w:t>
             </w:r>
-            <w:r w:rsidR="004E3CE6">
-[...1 lines deleted...]
-                <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+            <w:r w:rsidRPr="002C4A23">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check11"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-                <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+            <w:r w:rsidRPr="002C4A23">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="004E3CE6">
-[...7 lines deleted...]
-                <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+            <w:r w:rsidRPr="002C4A23">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="002C4A23">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="002C4A23">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00124B28" w:rsidRPr="00363A34" w:rsidRDefault="00124B28" w:rsidP="00F66777">
-[...3 lines deleted...]
-                <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:p w14:paraId="6F185060" w14:textId="77777777" w:rsidR="006E77D5" w:rsidRPr="002C4A23" w:rsidRDefault="006E77D5" w:rsidP="00F66777">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:lang w:val="en-US" w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00363A34">
+            <w:r w:rsidRPr="002C4A23">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve">If </w:t>
             </w:r>
-            <w:r w:rsidRPr="00F6415A">
+            <w:r w:rsidRPr="002C4A23">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
               <w:t>YES</w:t>
             </w:r>
-            <w:r w:rsidRPr="00363A34">
+            <w:r w:rsidRPr="002C4A23">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
-            <w:r w:rsidRPr="00F6415A">
+            <w:r w:rsidRPr="002C4A23">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:u w:val="single"/>
               </w:rPr>
-              <w:t>please specify</w:t>
-[...20 lines deleted...]
-            <w:r w:rsidR="004E3CE6">
+              <w:t>please specify which medication</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002C4A23">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve">:  </w:t>
+            </w:r>
+            <w:bookmarkStart w:id="27" w:name="Text17"/>
+            <w:r w:rsidRPr="002C4A23">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text17"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="27" w:name="Text17"/>
-            <w:r>
+            <w:r w:rsidRPr="002C4A23">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r w:rsidR="004E3CE6">
-[...4 lines deleted...]
-            <w:r w:rsidR="004E3CE6">
+            <w:r w:rsidRPr="002C4A23">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="002C4A23">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r>
-[...34 lines deleted...]
-            <w:r w:rsidR="004E3CE6">
+            <w:r w:rsidRPr="002C4A23">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002C4A23">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002C4A23">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002C4A23">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002C4A23">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002C4A23">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="27"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2693" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00124B28" w:rsidRDefault="00124B28" w:rsidP="00F6415A">
-[...25 lines deleted...]
-                <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:p w14:paraId="12D06CDD" w14:textId="77777777" w:rsidR="006E77D5" w:rsidRPr="002C4A23" w:rsidRDefault="006E77D5" w:rsidP="00F6415A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002C4A23">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:b/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve">INR Result:  </w:t>
+            </w:r>
+            <w:bookmarkStart w:id="28" w:name="Text18"/>
+            <w:r w:rsidRPr="002C4A23">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text18"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="28" w:name="Text18"/>
-[...2 lines deleted...]
-                <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+            <w:r w:rsidRPr="002C4A23">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r w:rsidR="004E3CE6">
-[...8 lines deleted...]
-                <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+            <w:r w:rsidRPr="002C4A23">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:b/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="002C4A23">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r>
-[...46 lines deleted...]
-                <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+            <w:r w:rsidRPr="002C4A23">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:b/>
+                <w:noProof/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002C4A23">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:b/>
+                <w:noProof/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002C4A23">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:b/>
+                <w:noProof/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002C4A23">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:b/>
+                <w:noProof/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002C4A23">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:b/>
+                <w:noProof/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002C4A23">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="28"/>
           </w:p>
-          <w:p w:rsidR="00124B28" w:rsidRDefault="00124B28" w:rsidP="00F6415A">
-[...41 lines deleted...]
-              <w:t xml:space="preserve"> of ref)</w:t>
+          <w:p w14:paraId="60ED02AB" w14:textId="77777777" w:rsidR="006E77D5" w:rsidRPr="002C4A23" w:rsidRDefault="006E77D5" w:rsidP="00F6415A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:b/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002C4A23">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t>(test within 2 weeks of ref)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2552" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00124B28" w:rsidRDefault="00124B28" w:rsidP="00F6415A">
-[...42 lines deleted...]
-                <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:p w14:paraId="7F8C56A6" w14:textId="77777777" w:rsidR="006E77D5" w:rsidRPr="002C4A23" w:rsidRDefault="006E77D5" w:rsidP="00F6415A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:b/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002C4A23">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:b/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Platelet Count:  </w:t>
+            </w:r>
+            <w:bookmarkStart w:id="29" w:name="Text19"/>
+            <w:r w:rsidRPr="002C4A23">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text19"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="29" w:name="Text19"/>
-[...2 lines deleted...]
-                <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+            <w:r w:rsidRPr="002C4A23">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r w:rsidR="004E3CE6">
-[...8 lines deleted...]
-                <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+            <w:r w:rsidRPr="002C4A23">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:b/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="002C4A23">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r>
-[...46 lines deleted...]
-                <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+            <w:r w:rsidRPr="002C4A23">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:b/>
+                <w:noProof/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002C4A23">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:b/>
+                <w:noProof/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002C4A23">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:b/>
+                <w:noProof/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002C4A23">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:b/>
+                <w:noProof/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002C4A23">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:b/>
+                <w:noProof/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002C4A23">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="29"/>
           </w:p>
-          <w:p w:rsidR="00124B28" w:rsidRPr="00F6415A" w:rsidRDefault="00124B28" w:rsidP="00F6415A">
-[...3 lines deleted...]
-                <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:p w14:paraId="45E51A29" w14:textId="77777777" w:rsidR="006E77D5" w:rsidRPr="002C4A23" w:rsidRDefault="006E77D5" w:rsidP="00F6415A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00124B28" w:rsidRPr="00130A11" w:rsidTr="00CB5384">
+      <w:tr w:rsidR="006E77D5" w:rsidRPr="002C4A23" w14:paraId="23C41523" w14:textId="77777777" w:rsidTr="00CB5384">
         <w:trPr>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5260" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
-            <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00124B28" w:rsidRPr="00130A11" w:rsidRDefault="00124B28" w:rsidP="00F66777">
-[...25 lines deleted...]
-                <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:p w14:paraId="2F4C5D28" w14:textId="77777777" w:rsidR="006E77D5" w:rsidRPr="002C4A23" w:rsidRDefault="006E77D5" w:rsidP="00F66777">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002C4A23">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:b/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t>Performance status (0-4)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002C4A23">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve">:  </w:t>
             </w:r>
-            <w:r w:rsidR="004E3CE6">
-[...1 lines deleted...]
-                <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+            <w:bookmarkStart w:id="30" w:name="Text20"/>
+            <w:r w:rsidRPr="002C4A23">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text20"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="30" w:name="Text20"/>
-[...2 lines deleted...]
-                <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+            <w:r w:rsidRPr="002C4A23">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r w:rsidR="004E3CE6">
-[...7 lines deleted...]
-                <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+            <w:r w:rsidRPr="002C4A23">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="002C4A23">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r>
-[...41 lines deleted...]
-                <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+            <w:r w:rsidRPr="002C4A23">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:noProof/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002C4A23">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:noProof/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002C4A23">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:noProof/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002C4A23">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:noProof/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002C4A23">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:noProof/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002C4A23">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="30"/>
-            <w:r>
-[...1 lines deleted...]
-                <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+            <w:r w:rsidRPr="002C4A23">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve">  </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5245" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00124B28" w:rsidRPr="00130A11" w:rsidRDefault="00124B28" w:rsidP="00F66777">
-[...25 lines deleted...]
-                <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:p w14:paraId="1F9EA246" w14:textId="77777777" w:rsidR="006E77D5" w:rsidRPr="002C4A23" w:rsidRDefault="006E77D5" w:rsidP="00F66777">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002C4A23">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:b/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Treatment intent:        </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002C4A23">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve">Curative </w:t>
             </w:r>
-            <w:r w:rsidR="004E3CE6">
-[...1 lines deleted...]
-                <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+            <w:bookmarkStart w:id="31" w:name="Check3"/>
+            <w:r w:rsidRPr="002C4A23">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check3"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="31" w:name="Check3"/>
-[...2 lines deleted...]
-                <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+            <w:r w:rsidRPr="002C4A23">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="004E3CE6">
-[...7 lines deleted...]
-                <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+            <w:r w:rsidRPr="002C4A23">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="002C4A23">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="002C4A23">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="31"/>
-            <w:r>
-[...22 lines deleted...]
-                <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+            <w:r w:rsidRPr="002C4A23">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve">      Palliative </w:t>
+            </w:r>
+            <w:bookmarkStart w:id="32" w:name="Check4"/>
+            <w:r w:rsidRPr="002C4A23">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check4"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="32" w:name="Check4"/>
-[...2 lines deleted...]
-                <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+            <w:r w:rsidRPr="002C4A23">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="004E3CE6">
-[...7 lines deleted...]
-                <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+            <w:r w:rsidRPr="002C4A23">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="002C4A23">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="002C4A23">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="32"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00124B28" w:rsidRPr="00130A11" w:rsidTr="00555E44">
+      <w:tr w:rsidR="006E77D5" w:rsidRPr="002C4A23" w14:paraId="1E71DB1C" w14:textId="77777777" w:rsidTr="00555E44">
         <w:trPr>
           <w:trHeight w:val="70"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10505" w:type="dxa"/>
             <w:gridSpan w:val="8"/>
             <w:tcBorders>
               <w:left w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
-            <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00124B28" w:rsidRPr="00130A11" w:rsidRDefault="00124B28" w:rsidP="00555E44">
-[...3 lines deleted...]
-                <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:p w14:paraId="346B964D" w14:textId="77777777" w:rsidR="006E77D5" w:rsidRPr="002C4A23" w:rsidRDefault="006E77D5" w:rsidP="00555E44">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="8"/>
                 <w:szCs w:val="8"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00267189" w:rsidRPr="00130A11" w:rsidTr="00CE2A51">
+      <w:tr w:rsidR="006E77D5" w:rsidRPr="002C4A23" w14:paraId="4D8763F9" w14:textId="77777777" w:rsidTr="00CE2A51">
         <w:trPr>
           <w:trHeight w:val="315"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10505" w:type="dxa"/>
             <w:gridSpan w:val="8"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
             <w:noWrap/>
-            <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00267189" w:rsidRPr="00130A11" w:rsidRDefault="00267189" w:rsidP="00267189">
-[...3 lines deleted...]
-                <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:p w14:paraId="10EF75D0" w14:textId="77777777" w:rsidR="006E77D5" w:rsidRPr="002C4A23" w:rsidRDefault="006E77D5" w:rsidP="00267189">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...1 lines deleted...]
-                <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+            <w:r w:rsidRPr="002C4A23">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t>Scans Performed (Please note, referrals will NOT be accepted if scans have not been sent/IEP’d):</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00124B28" w:rsidRPr="00130A11" w:rsidTr="00F66777">
+      <w:bookmarkStart w:id="33" w:name="Check12"/>
+      <w:tr w:rsidR="006E77D5" w:rsidRPr="002C4A23" w14:paraId="6CDD1CAD" w14:textId="77777777" w:rsidTr="00F66777">
         <w:trPr>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5260" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
-            <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00124B28" w:rsidRPr="00130A11" w:rsidRDefault="004E3CE6" w:rsidP="00F66777">
-[...9 lines deleted...]
-                <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:p w14:paraId="5E131A83" w14:textId="77777777" w:rsidR="006E77D5" w:rsidRPr="002C4A23" w:rsidRDefault="006E77D5" w:rsidP="00F66777">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002C4A23">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check12"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="33" w:name="Check12"/>
-[...2 lines deleted...]
-                <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+            <w:r w:rsidRPr="002C4A23">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r>
-[...8 lines deleted...]
-                <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+            <w:r w:rsidRPr="002C4A23">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:b/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="002C4A23">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:b/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="002C4A23">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="33"/>
-            <w:r w:rsidR="00267189">
-[...49 lines deleted...]
-              <w:t>)</w:t>
+            <w:r w:rsidRPr="002C4A23">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:b/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> CT SCAN</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002C4A23">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (must be within 6 weeks of referral)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2693" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
-            <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00124B28" w:rsidRPr="00130A11" w:rsidRDefault="00124B28" w:rsidP="00F66777">
-[...47 lines deleted...]
-                <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:p w14:paraId="1DED0E06" w14:textId="77777777" w:rsidR="006E77D5" w:rsidRPr="002C4A23" w:rsidRDefault="006E77D5" w:rsidP="00F66777">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002C4A23">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:b/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t>Scan Date</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002C4A23">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve">:  </w:t>
+            </w:r>
+            <w:bookmarkStart w:id="34" w:name="Text21"/>
+            <w:r w:rsidRPr="002C4A23">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text21"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="34" w:name="Text21"/>
-[...2 lines deleted...]
-                <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+            <w:r w:rsidRPr="002C4A23">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r w:rsidR="004E3CE6">
-[...7 lines deleted...]
-                <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+            <w:r w:rsidRPr="002C4A23">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="002C4A23">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r>
-[...41 lines deleted...]
-                <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+            <w:r w:rsidRPr="002C4A23">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:noProof/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002C4A23">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:noProof/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002C4A23">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:noProof/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002C4A23">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:noProof/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002C4A23">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:noProof/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002C4A23">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="34"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2552" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00124B28" w:rsidRPr="00130A11" w:rsidRDefault="00124B28" w:rsidP="00F66777">
-[...9 lines deleted...]
-                <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:p w14:paraId="2A3FCE61" w14:textId="77777777" w:rsidR="006E77D5" w:rsidRPr="002C4A23" w:rsidRDefault="006E77D5" w:rsidP="00F66777">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002C4A23">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve">Imaging Sent/IEP’d?  </w:t>
             </w:r>
-            <w:r w:rsidR="004E3CE6">
-[...1 lines deleted...]
-                <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+            <w:bookmarkStart w:id="35" w:name="Check5"/>
+            <w:r w:rsidRPr="002C4A23">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check5"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="35" w:name="Check5"/>
-[...2 lines deleted...]
-                <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+            <w:r w:rsidRPr="002C4A23">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="004E3CE6">
-[...8 lines deleted...]
-                <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+            <w:r w:rsidRPr="002C4A23">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:b/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="002C4A23">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:b/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="002C4A23">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="35"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00124B28" w:rsidRPr="00130A11" w:rsidTr="00F66777">
+      <w:bookmarkStart w:id="36" w:name="Check13"/>
+      <w:tr w:rsidR="006E77D5" w:rsidRPr="002C4A23" w14:paraId="2D9164F0" w14:textId="77777777" w:rsidTr="00F66777">
         <w:trPr>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5260" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
-            <w:tcBorders>
-[...2 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
-            <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00124B28" w:rsidRPr="00130A11" w:rsidRDefault="004E3CE6" w:rsidP="00F66777">
-[...9 lines deleted...]
-                <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:p w14:paraId="79A216F3" w14:textId="77777777" w:rsidR="006E77D5" w:rsidRPr="002C4A23" w:rsidRDefault="006E77D5" w:rsidP="00F66777">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002C4A23">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check13"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="36" w:name="Check13"/>
-[...2 lines deleted...]
-                <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+            <w:r w:rsidRPr="002C4A23">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r>
-[...8 lines deleted...]
-                <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+            <w:r w:rsidRPr="002C4A23">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:b/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="002C4A23">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:b/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="002C4A23">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="36"/>
-            <w:r w:rsidR="00267189">
-[...57 lines deleted...]
-              <w:t>)</w:t>
+            <w:r w:rsidRPr="002C4A23">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:b/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> PET-CT SCAN</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002C4A23">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (must be with 1 month of referral)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2693" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:tcBorders>
-[...2 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
-            <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00124B28" w:rsidRPr="00130A11" w:rsidRDefault="00124B28" w:rsidP="00F66777">
-[...33 lines deleted...]
-                <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:p w14:paraId="5A575D17" w14:textId="77777777" w:rsidR="006E77D5" w:rsidRPr="002C4A23" w:rsidRDefault="006E77D5" w:rsidP="00F66777">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002C4A23">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:b/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t>Scan Date</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002C4A23">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve">:  </w:t>
             </w:r>
-            <w:r w:rsidR="004E3CE6">
-[...1 lines deleted...]
-                <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+            <w:bookmarkStart w:id="37" w:name="Text22"/>
+            <w:r w:rsidRPr="002C4A23">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text22"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="37" w:name="Text22"/>
-[...2 lines deleted...]
-                <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+            <w:r w:rsidRPr="002C4A23">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r w:rsidR="004E3CE6">
-[...7 lines deleted...]
-                <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+            <w:r w:rsidRPr="002C4A23">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="002C4A23">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r>
-[...41 lines deleted...]
-                <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+            <w:r w:rsidRPr="002C4A23">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:noProof/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002C4A23">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:noProof/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002C4A23">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:noProof/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002C4A23">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:noProof/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002C4A23">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:noProof/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002C4A23">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="37"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2552" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
-            <w:tcBorders>
-[...2 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00124B28" w:rsidRPr="00130A11" w:rsidRDefault="00124B28" w:rsidP="00CB5384">
-[...9 lines deleted...]
-                <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:p w14:paraId="649B1C16" w14:textId="77777777" w:rsidR="006E77D5" w:rsidRPr="002C4A23" w:rsidRDefault="006E77D5" w:rsidP="00CB5384">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002C4A23">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve">Imaging Sent/IEP’d?  </w:t>
             </w:r>
-            <w:r w:rsidR="004E3CE6">
-[...1 lines deleted...]
-                <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+            <w:r w:rsidRPr="002C4A23">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check5"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-                <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+            <w:r w:rsidRPr="002C4A23">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="004E3CE6">
-[...8 lines deleted...]
-                <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+            <w:r w:rsidRPr="002C4A23">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:b/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="002C4A23">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:b/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="002C4A23">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00267189" w:rsidRPr="00130A11" w:rsidTr="00267189">
+      <w:tr w:rsidR="006E77D5" w:rsidRPr="002C4A23" w14:paraId="7566883A" w14:textId="77777777" w:rsidTr="00267189">
         <w:trPr>
           <w:trHeight w:val="70"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10505" w:type="dxa"/>
             <w:gridSpan w:val="8"/>
             <w:tcBorders>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
-            <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00267189" w:rsidRPr="00130A11" w:rsidRDefault="00267189" w:rsidP="00CE2A51">
-[...3 lines deleted...]
-                <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:p w14:paraId="3DDA2913" w14:textId="77777777" w:rsidR="006E77D5" w:rsidRPr="002C4A23" w:rsidRDefault="006E77D5" w:rsidP="00CE2A51">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="8"/>
                 <w:szCs w:val="8"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00124B28" w:rsidRPr="00F66777" w:rsidTr="00267189">
+      <w:tr w:rsidR="006E77D5" w:rsidRPr="002C4A23" w14:paraId="033B57C4" w14:textId="77777777" w:rsidTr="00267189">
         <w:trPr>
           <w:trHeight w:val="302"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10505" w:type="dxa"/>
             <w:gridSpan w:val="8"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00124B28" w:rsidRPr="00F66777" w:rsidRDefault="00124B28" w:rsidP="00F66777">
+          <w:p w14:paraId="79852076" w14:textId="2452F008" w:rsidR="006E77D5" w:rsidRPr="002C4A23" w:rsidRDefault="006E77D5" w:rsidP="00F66777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00F66777">
-[...1 lines deleted...]
-                <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+            <w:r w:rsidRPr="002C4A23">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
-              <w:t xml:space="preserve">PLEASE EMAIL COMPLETED FORMS TO: </w:t>
-[...9 lines deleted...]
-              <w:t xml:space="preserve">  </w:t>
+              <w:t xml:space="preserve">PLEASE EMAIL COMPLETED FORMS TO:   </w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
-              <w:r w:rsidRPr="0033220D">
+              <w:r w:rsidR="00D32B15" w:rsidRPr="00DE53BD">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
-                  <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+                  <w:rFonts w:cs="Arial"/>
                   <w:b/>
                   <w:bCs/>
                   <w:sz w:val="28"/>
                   <w:lang w:eastAsia="en-GB"/>
                 </w:rPr>
-                <w:t>gst-tr.ebusgstt@nhs.net</w:t>
+                <w:t>gst</w:t>
+              </w:r>
+              <w:r w:rsidR="00D32B15" w:rsidRPr="00DE53BD">
+                <w:rPr>
+                  <w:rStyle w:val="Hyperlink"/>
+                  <w:rFonts w:cs="Arial"/>
+                  <w:b/>
+                  <w:bCs/>
+                  <w:sz w:val="28"/>
+                  <w:lang w:eastAsia="en-GB"/>
+                </w:rPr>
+                <w:t>t.ebusgstt@nhs.net</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...1 lines deleted...]
-                <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+            <w:r w:rsidRPr="002C4A23">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00345505" w:rsidRPr="00267189" w:rsidRDefault="00345505">
+    <w:p w14:paraId="16A2A849" w14:textId="77777777" w:rsidR="006E77D5" w:rsidRPr="00267189" w:rsidRDefault="006E77D5">
       <w:pPr>
         <w:contextualSpacing/>
         <w:rPr>
           <w:sz w:val="8"/>
           <w:szCs w:val="12"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="10505" w:type="dxa"/>
         <w:tblInd w:w="93" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="FF0000"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="FF0000"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="FF0000"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="FF0000"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="FF0000"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="FF0000"/>
         </w:tblBorders>
-        <w:tblLook w:val="04A0"/>
+        <w:tblLook w:val="00A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1433"/>
         <w:gridCol w:w="3827"/>
         <w:gridCol w:w="1418"/>
         <w:gridCol w:w="3827"/>
       </w:tblGrid>
-      <w:tr w:rsidR="001E5601" w:rsidRPr="00130A11" w:rsidTr="007377F7">
+      <w:tr w:rsidR="006E77D5" w:rsidRPr="002C4A23" w14:paraId="2CCCAF5E" w14:textId="77777777" w:rsidTr="007377F7">
         <w:trPr>
           <w:trHeight w:val="324"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10505" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
-            <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="001E5601" w:rsidRPr="007377F7" w:rsidRDefault="007377F7" w:rsidP="00F6415A">
+          <w:p w14:paraId="791EC732" w14:textId="77777777" w:rsidR="006E77D5" w:rsidRPr="002C4A23" w:rsidRDefault="006E77D5" w:rsidP="00F6415A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+                <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="007377F7">
-[...1 lines deleted...]
-                <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+            <w:r w:rsidRPr="002C4A23">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
-              <w:t xml:space="preserve">EBUS TEAM:  </w:t>
-[...71 lines deleted...]
-              <w:t>Clinician</w:t>
+              <w:t>EBUS TEAM:  Please copy results/reports to relevant Trust email below, copying in Referring Clinician</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000A0CD2" w:rsidRPr="00130A11" w:rsidTr="000A0CD2">
+      <w:tr w:rsidR="006E77D5" w:rsidRPr="002C4A23" w14:paraId="541AB87E" w14:textId="77777777" w:rsidTr="000A0CD2">
         <w:trPr>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1433" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
-            <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="000A0CD2" w:rsidRPr="001E5601" w:rsidRDefault="000A0CD2" w:rsidP="000A0CD2">
-[...3 lines deleted...]
-                <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:p w14:paraId="437079B2" w14:textId="77777777" w:rsidR="006E77D5" w:rsidRPr="002C4A23" w:rsidRDefault="006E77D5" w:rsidP="000A0CD2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:lang w:val="en-US" w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001E5601">
-[...1 lines deleted...]
-                <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+            <w:r w:rsidRPr="002C4A23">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:lang w:val="en-US" w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve">KCH – PRUH:  </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3827" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="000A0CD2" w:rsidRPr="00A80C13" w:rsidRDefault="000A0CD2" w:rsidP="00CB5384">
-[...3 lines deleted...]
-                <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:p w14:paraId="4CF9859E" w14:textId="77777777" w:rsidR="006E77D5" w:rsidRPr="002C4A23" w:rsidRDefault="006E77D5" w:rsidP="00CB5384">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:lang w:val="en-US" w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00A80C13">
-[...1 lines deleted...]
-                <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+            <w:r w:rsidRPr="002C4A23">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:lang w:val="en-US" w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve">cancermdm.bromley@nhs.net </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1418" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="000A0CD2" w:rsidRPr="000A0CD2" w:rsidRDefault="000A0CD2" w:rsidP="000A0CD2">
-[...3 lines deleted...]
-                <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:p w14:paraId="1B87E414" w14:textId="77777777" w:rsidR="006E77D5" w:rsidRPr="002C4A23" w:rsidRDefault="006E77D5" w:rsidP="000A0CD2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:lang w:val="en-US" w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="000A0CD2">
-[...1 lines deleted...]
-                <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+            <w:r w:rsidRPr="002C4A23">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:lang w:val="en-US" w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t>LGT – QEH:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3827" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="000A0CD2" w:rsidRPr="000A0CD2" w:rsidRDefault="000A0CD2" w:rsidP="000A0CD2">
-[...3 lines deleted...]
-                <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:p w14:paraId="47459966" w14:textId="77777777" w:rsidR="006E77D5" w:rsidRPr="002C4A23" w:rsidRDefault="006E77D5" w:rsidP="000A0CD2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:lang w:val="en-US" w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="000A0CD2">
-[...1 lines deleted...]
-                <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+            <w:r w:rsidRPr="002C4A23">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:lang w:val="en-US" w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t>LG.CWT-Lung@nhs.net</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000A0CD2" w:rsidRPr="00A80C13" w:rsidTr="000A0CD2">
+      <w:tr w:rsidR="006E77D5" w:rsidRPr="002C4A23" w14:paraId="3EFC7743" w14:textId="77777777" w:rsidTr="000A0CD2">
         <w:trPr>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1433" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
-            <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="000A0CD2" w:rsidRPr="00A80C13" w:rsidRDefault="000A0CD2" w:rsidP="000A0CD2">
-[...3 lines deleted...]
-                <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:p w14:paraId="20249CD5" w14:textId="77777777" w:rsidR="006E77D5" w:rsidRPr="002C4A23" w:rsidRDefault="006E77D5" w:rsidP="000A0CD2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:lang w:val="en-US" w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00A80C13">
-[...1 lines deleted...]
-                <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+            <w:r w:rsidRPr="002C4A23">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:lang w:val="en-US" w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t>KCH – DH:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3827" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00A80C13" w:rsidRPr="00A80C13" w:rsidRDefault="004E3CE6" w:rsidP="00A80C13">
-[...3 lines deleted...]
-                <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:p w14:paraId="37A14FCD" w14:textId="77777777" w:rsidR="006E77D5" w:rsidRPr="002C4A23" w:rsidRDefault="006E77D5" w:rsidP="00A80C13">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:lang w:val="en-US" w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId9" w:history="1">
-              <w:r w:rsidR="00A80C13" w:rsidRPr="00A80C13">
+              <w:r w:rsidRPr="002C4A23">
                 <w:rPr>
-                  <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+                  <w:rFonts w:cs="Arial"/>
                   <w:lang w:val="en-US" w:eastAsia="en-GB"/>
                 </w:rPr>
                 <w:t>kch-tr.CancerData@nhs.net</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1418" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="000A0CD2" w:rsidRPr="000A0CD2" w:rsidRDefault="000A0CD2" w:rsidP="00CB5384">
-[...3 lines deleted...]
-                <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:p w14:paraId="427F3CB2" w14:textId="77777777" w:rsidR="006E77D5" w:rsidRPr="002C4A23" w:rsidRDefault="006E77D5" w:rsidP="00CB5384">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:lang w:val="en-US" w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="000A0CD2">
-[...1 lines deleted...]
-                <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+            <w:r w:rsidRPr="002C4A23">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:lang w:val="en-US" w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t>LGT – UHL:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3827" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="000A0CD2" w:rsidRPr="00A62254" w:rsidRDefault="000A0CD2" w:rsidP="000A0CD2">
-[...3 lines deleted...]
-                <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:p w14:paraId="26484E9C" w14:textId="77777777" w:rsidR="006E77D5" w:rsidRPr="002C4A23" w:rsidRDefault="006E77D5" w:rsidP="000A0CD2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:lang w:val="en-US" w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00A80C13">
-[...1 lines deleted...]
-                <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+            <w:r w:rsidRPr="002C4A23">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:lang w:val="en-US" w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t>LG.CWT-LungUHL@nhs.net</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00CB5384" w:rsidRPr="00CB5384" w:rsidRDefault="00CB5384" w:rsidP="00CB5384">
+    <w:p w14:paraId="76780ED7" w14:textId="77777777" w:rsidR="006E77D5" w:rsidRPr="00CB5384" w:rsidRDefault="006E77D5" w:rsidP="00CB5384">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="2"/>
           <w:szCs w:val="2"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:sectPr w:rsidR="00CB5384" w:rsidRPr="00CB5384" w:rsidSect="00130A11">
+    <w:sectPr w:rsidR="006E77D5" w:rsidRPr="00CB5384" w:rsidSect="00130A11">
       <w:headerReference w:type="default" r:id="rId10"/>
       <w:headerReference w:type="first" r:id="rId11"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="720" w:right="720" w:bottom="720" w:left="720" w:header="284" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="0055228D" w:rsidRDefault="0055228D" w:rsidP="00E11332">
+    <w:p w14:paraId="656A2244" w14:textId="77777777" w:rsidR="006E77D5" w:rsidRDefault="006E77D5" w:rsidP="00E11332">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="0055228D" w:rsidRDefault="0055228D" w:rsidP="00E11332">
+    <w:p w14:paraId="3C2DC356" w14:textId="77777777" w:rsidR="006E77D5" w:rsidRDefault="006E77D5" w:rsidP="00E11332">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Times New Roman">
+    <w:panose1 w:val="02020603050405020304"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Courier New">
+    <w:panose1 w:val="02070309020205020404"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="modern"/>
+    <w:pitch w:val="fixed"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Wingdings">
+    <w:panose1 w:val="05000000000000000000"/>
+    <w:charset w:val="02"/>
+    <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="A00002EF" w:usb1="4000207B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
-[...20 lines deleted...]
-    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
-    <w:notTrueType/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
+    <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="20002A87" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="A00002EF" w:usb1="4000004B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
+    <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="0055228D" w:rsidRDefault="0055228D" w:rsidP="00E11332">
+    <w:p w14:paraId="4A85D1D3" w14:textId="77777777" w:rsidR="006E77D5" w:rsidRDefault="006E77D5" w:rsidP="00E11332">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="0055228D" w:rsidRDefault="0055228D" w:rsidP="00E11332">
+    <w:p w14:paraId="54BCBEAE" w14:textId="77777777" w:rsidR="006E77D5" w:rsidRDefault="006E77D5" w:rsidP="00E11332">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:p w:rsidR="00F66777" w:rsidRDefault="00F66777" w:rsidP="007240CA">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="4826A04A" w14:textId="77777777" w:rsidR="006E77D5" w:rsidRDefault="006E77D5" w:rsidP="007240CA">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:p>
-  <w:p w:rsidR="00F66777" w:rsidRDefault="00F66777" w:rsidP="007240CA">
+  <w:p w14:paraId="0CE005A3" w14:textId="77777777" w:rsidR="006E77D5" w:rsidRDefault="006E77D5" w:rsidP="007240CA">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
-  <w:p w:rsidR="00F66777" w:rsidRPr="007240CA" w:rsidRDefault="00F66777" w:rsidP="007240CA">
+  <w:p w14:paraId="0944EE06" w14:textId="77777777" w:rsidR="006E77D5" w:rsidRPr="007240CA" w:rsidRDefault="006E77D5" w:rsidP="007240CA">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:p w:rsidR="00F66777" w:rsidRDefault="00F66777" w:rsidP="00130A11">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="2FFAB935" w14:textId="7245C1BB" w:rsidR="006E77D5" w:rsidRDefault="00CC0991" w:rsidP="00130A11">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:jc w:val="center"/>
     </w:pPr>
-    <w:r w:rsidRPr="002B3AF5">
+    <w:r>
       <w:rPr>
         <w:noProof/>
-        <w:lang w:eastAsia="en-GB"/>
       </w:rPr>
-      <w:drawing>
-[...239 lines deleted...]
-      </w:drawing>
+      <w:pict w14:anchorId="7140F5A6">
+        <v:shapetype id="_x0000_t75" coordsize="21600,21600" o:spt="75" o:preferrelative="t" path="m@4@5l@4@11@9@11@9@5xe" filled="f" stroked="f">
+          <v:stroke joinstyle="miter"/>
+          <v:formulas>
+            <v:f eqn="if lineDrawn pixelLineWidth 0"/>
+            <v:f eqn="sum @0 1 0"/>
+            <v:f eqn="sum 0 0 @1"/>
+            <v:f eqn="prod @2 1 2"/>
+            <v:f eqn="prod @3 21600 pixelWidth"/>
+            <v:f eqn="prod @3 21600 pixelHeight"/>
+            <v:f eqn="sum @0 0 1"/>
+            <v:f eqn="prod @6 1 2"/>
+            <v:f eqn="prod @7 21600 pixelWidth"/>
+            <v:f eqn="sum @8 21600 0"/>
+            <v:f eqn="prod @7 21600 pixelHeight"/>
+            <v:f eqn="sum @10 21600 0"/>
+          </v:formulas>
+          <v:path o:extrusionok="f" gradientshapeok="t" o:connecttype="rect"/>
+          <o:lock v:ext="edit" aspectratio="t"/>
+        </v:shapetype>
+        <v:shape id="_x0000_s2051" type="#_x0000_t75" style="position:absolute;left:0;text-align:left;margin-left:393.2pt;margin-top:-13.85pt;width:159.9pt;height:50.65pt;z-index:-251658240" wrapcoords="-101 0 -101 21282 21600 21282 21600 0 -101 0">
+          <v:imagedata r:id="rId1" o:title=""/>
+          <w10:wrap type="tight"/>
+        </v:shape>
+      </w:pict>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="0">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="042A6086"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="87E4C748"/>
     <w:lvl w:ilvl="0" w:tplc="62CE0838">
       <w:start w:val="4"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Symbol" w:cstheme="minorBidi" w:hint="default"/>
+        <w:rFonts w:ascii="Symbol" w:eastAsia="Times New Roman" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="08090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="08090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="1">
+  <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="33626B5B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="C6E493E8"/>
     <w:lvl w:ilvl="0" w:tplc="08090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="08090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="08090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1">
+  <w:num w:numId="1" w16cid:durableId="1790927733">
     <w:abstractNumId w:val="0"/>
   </w:num>
-  <w:num w:numId="2">
+  <w:num w:numId="2" w16cid:durableId="1192958429">
     <w:abstractNumId w:val="1"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
-  <w:zoom w:percent="100"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="130"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
-  <w:documentProtection w:edit="forms" w:enforcement="1" w:cryptProviderType="rsaFull" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="4" w:cryptSpinCount="100000" w:hash="vtm7k/488psQaEnkHdFVML3DljE=" w:salt="azTSOofrodAbtK1ZOkcs1g=="/>
+  <w:documentProtection w:edit="forms" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="YTQK/gFBlJHPZzpze0+fL4yXw45z/TqyBUNb4pizlRlGqoc3A04Edc//6UxzLCmfpefgJ1ulf59Y+wUAwlByYg==" w:salt="s4cZWkxLuUIt/fuxz14V9g=="/>
   <w:defaultTabStop w:val="720"/>
   <w:drawingGridHorizontalSpacing w:val="110"/>
   <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
+  <w:hdrShapeDefaults>
+    <o:shapedefaults v:ext="edit" spidmax="2052"/>
+    <o:shapelayout v:ext="edit">
+      <o:idmap v:ext="edit" data="2"/>
+    </o:shapelayout>
+  </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
-  <w:compat/>
+  <w:compat>
+    <w:useNormalStyleForList/>
+    <w:doNotUseIndentAsNumberingTabStop/>
+    <w:useAltKinsokuLineBreakRules/>
+    <w:allowSpaceOfSameStyleInTable/>
+    <w:doNotSuppressIndentation/>
+    <w:doNotAutofitConstrainedTables/>
+    <w:autofitToFirstFixedWidthCell/>
+    <w:underlineTabInNumList/>
+    <w:displayHangulFixedWidth/>
+    <w:splitPgBreakAndParaMark/>
+    <w:doNotVertAlignCellWithSp/>
+    <w:doNotBreakConstrainedForcedTable/>
+    <w:doNotVertAlignInTxbx/>
+    <w:useAnsiKerningPairs/>
+    <w:cachedColBalance/>
+    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="11"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+  </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00326ECE"/>
     <w:rsid w:val="000437AB"/>
     <w:rsid w:val="000A0CD2"/>
     <w:rsid w:val="000A137B"/>
     <w:rsid w:val="001204FE"/>
     <w:rsid w:val="00124B28"/>
     <w:rsid w:val="00130A11"/>
     <w:rsid w:val="00140EC6"/>
     <w:rsid w:val="00173BAB"/>
     <w:rsid w:val="001A21C9"/>
     <w:rsid w:val="001C4EA4"/>
     <w:rsid w:val="001E5601"/>
     <w:rsid w:val="0020383D"/>
     <w:rsid w:val="002118F2"/>
     <w:rsid w:val="00254046"/>
     <w:rsid w:val="002550A0"/>
     <w:rsid w:val="00267189"/>
     <w:rsid w:val="00270B51"/>
     <w:rsid w:val="002818CB"/>
     <w:rsid w:val="0029324F"/>
     <w:rsid w:val="002A2136"/>
     <w:rsid w:val="002B3AC6"/>
     <w:rsid w:val="002B3AF5"/>
+    <w:rsid w:val="002C4A23"/>
     <w:rsid w:val="002F693C"/>
     <w:rsid w:val="00326ECE"/>
     <w:rsid w:val="00345505"/>
+    <w:rsid w:val="00362E19"/>
     <w:rsid w:val="00363A34"/>
     <w:rsid w:val="00363F9D"/>
     <w:rsid w:val="003709AF"/>
     <w:rsid w:val="003B5A28"/>
     <w:rsid w:val="003D1399"/>
     <w:rsid w:val="00410555"/>
+    <w:rsid w:val="004134E7"/>
     <w:rsid w:val="004814CF"/>
     <w:rsid w:val="00497287"/>
     <w:rsid w:val="004A0648"/>
     <w:rsid w:val="004B403D"/>
     <w:rsid w:val="004D401A"/>
-    <w:rsid w:val="004E3CE6"/>
     <w:rsid w:val="004E6895"/>
     <w:rsid w:val="0050512E"/>
+    <w:rsid w:val="005405D5"/>
     <w:rsid w:val="0055228D"/>
     <w:rsid w:val="00555E44"/>
     <w:rsid w:val="00590E9E"/>
+    <w:rsid w:val="005B458A"/>
     <w:rsid w:val="005C185D"/>
     <w:rsid w:val="00616B81"/>
     <w:rsid w:val="00624F59"/>
     <w:rsid w:val="006541B4"/>
     <w:rsid w:val="00676E6D"/>
+    <w:rsid w:val="0069193E"/>
+    <w:rsid w:val="006E77D5"/>
     <w:rsid w:val="007240CA"/>
     <w:rsid w:val="00733ABF"/>
     <w:rsid w:val="007377F7"/>
     <w:rsid w:val="007802AB"/>
     <w:rsid w:val="00786090"/>
     <w:rsid w:val="007C29AF"/>
     <w:rsid w:val="00843D43"/>
     <w:rsid w:val="00845FF4"/>
     <w:rsid w:val="008705E0"/>
     <w:rsid w:val="00873F50"/>
     <w:rsid w:val="008746D3"/>
     <w:rsid w:val="00896326"/>
     <w:rsid w:val="008975D3"/>
     <w:rsid w:val="008A0EAE"/>
     <w:rsid w:val="008C529F"/>
+    <w:rsid w:val="008C75C5"/>
     <w:rsid w:val="0093054A"/>
     <w:rsid w:val="00990326"/>
     <w:rsid w:val="009943AA"/>
     <w:rsid w:val="009B6C3F"/>
     <w:rsid w:val="009D5169"/>
     <w:rsid w:val="00A62254"/>
     <w:rsid w:val="00A80C13"/>
     <w:rsid w:val="00AC0305"/>
     <w:rsid w:val="00AC23E0"/>
     <w:rsid w:val="00B11D83"/>
     <w:rsid w:val="00BA13CC"/>
     <w:rsid w:val="00BC788D"/>
     <w:rsid w:val="00BD41A1"/>
     <w:rsid w:val="00C1510E"/>
     <w:rsid w:val="00C31048"/>
     <w:rsid w:val="00C64434"/>
+    <w:rsid w:val="00C94CF3"/>
     <w:rsid w:val="00CB5384"/>
+    <w:rsid w:val="00CC0991"/>
     <w:rsid w:val="00CC615E"/>
+    <w:rsid w:val="00CE2A51"/>
     <w:rsid w:val="00D150F1"/>
     <w:rsid w:val="00D234FC"/>
     <w:rsid w:val="00D269FD"/>
     <w:rsid w:val="00D32169"/>
+    <w:rsid w:val="00D32B15"/>
+    <w:rsid w:val="00D44284"/>
     <w:rsid w:val="00D60EF6"/>
     <w:rsid w:val="00D6309B"/>
     <w:rsid w:val="00DB0DF6"/>
     <w:rsid w:val="00DF2CF0"/>
     <w:rsid w:val="00DF7AEF"/>
     <w:rsid w:val="00E11332"/>
     <w:rsid w:val="00E21C45"/>
-    <w:rsid w:val="00E932F9"/>
     <w:rsid w:val="00E93DFF"/>
     <w:rsid w:val="00EA3197"/>
     <w:rsid w:val="00EA7872"/>
     <w:rsid w:val="00EB27CB"/>
     <w:rsid w:val="00EC354B"/>
     <w:rsid w:val="00F15D0B"/>
     <w:rsid w:val="00F21756"/>
     <w:rsid w:val="00F25C57"/>
     <w:rsid w:val="00F6415A"/>
     <w:rsid w:val="00F66777"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
-    <m:smallFrac m:val="off"/>
+    <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-GB"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
+  <w:doNotIncludeSubdocsInStats/>
+  <w:doNotAutoCompressPictures/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="1026"/>
+    <o:shapedefaults v:ext="edit" spidmax="2052"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
+  <w14:docId w14:val="36AD86B2"/>
+  <w15:docId w15:val="{DF5B439A-FE2C-4E40-8F05-72A12E10B535}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
-        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
-        <w:lang w:val="en-GB" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:lang w:val="en-GB" w:eastAsia="en-GB" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
-    <w:pPrDefault>
-[...3 lines deleted...]
-    </w:pPrDefault>
+    <w:pPrDefault/>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
-[...136 lines deleted...]
-    <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
+    <w:lsdException w:name="Normal" w:locked="1" w:uiPriority="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 1" w:locked="1" w:uiPriority="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:locked="1" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:locked="1" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:locked="1" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:locked="1" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:locked="1" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:locked="1" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:locked="1" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:locked="1" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 1" w:locked="1" w:uiPriority="0"/>
+    <w:lsdException w:name="toc 2" w:locked="1" w:uiPriority="0"/>
+    <w:lsdException w:name="toc 3" w:locked="1" w:uiPriority="0"/>
+    <w:lsdException w:name="toc 4" w:locked="1" w:uiPriority="0"/>
+    <w:lsdException w:name="toc 5" w:locked="1" w:uiPriority="0"/>
+    <w:lsdException w:name="toc 6" w:locked="1" w:uiPriority="0"/>
+    <w:lsdException w:name="toc 7" w:locked="1" w:uiPriority="0"/>
+    <w:lsdException w:name="toc 8" w:locked="1" w:uiPriority="0"/>
+    <w:lsdException w:name="toc 9" w:locked="1" w:uiPriority="0"/>
+    <w:lsdException w:name="Normal Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="header" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footer" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="caption" w:locked="1" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="table of figures" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="envelope address" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="envelope return" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="line number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="page number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="endnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="endnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="table of authorities" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="macro" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toa heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Title" w:locked="1" w:uiPriority="0" w:qFormat="1"/>
+    <w:lsdException w:name="Closing" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:locked="1" w:uiPriority="0"/>
+    <w:lsdException w:name="Body Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Message Header" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Subtitle" w:locked="1" w:uiPriority="0" w:qFormat="1"/>
+    <w:lsdException w:name="Salutation" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Date" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text First Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text First Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Note Heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Strong" w:locked="1" w:uiPriority="0" w:qFormat="1"/>
+    <w:lsdException w:name="Emphasis" w:locked="1" w:uiPriority="0" w:qFormat="1"/>
+    <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Top of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Bottom of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal (Web)" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Acronym" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Address" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Cite" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Code" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Definition" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Keyboard" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Preformatted" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Sample" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Typewriter" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Variable" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation subject" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="No List" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid" w:locked="1" w:uiPriority="0"/>
+    <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
+    <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
+    <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
+    <w:lsdException w:name="Revision" w:semiHidden="1"/>
+    <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
+    <w:lsdException w:name="Quote" w:uiPriority="29" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Quote" w:uiPriority="30" w:qFormat="1"/>
+    <w:lsdException w:name="Medium List 2 Accent 1" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 1" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 1" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 1" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 1" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 1" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 1" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 1" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 2" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 2" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 2" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 2" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 2" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 2" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 2" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 2" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 2" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 2" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 2" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 2" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 2" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 2" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 3" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 3" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 3" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 3" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 3" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 3" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 3" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 3" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 3" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 3" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 3" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 3" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 3" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 3" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 4" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 4" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 4" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 4" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 4" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 4" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 4" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 4" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 4" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 4" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 4" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 4" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 4" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 4" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 5" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 5" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 5" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 5" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 5" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 5" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 5" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 5" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 5" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 5" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 5" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 5" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 5" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 5" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 6" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 6" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 6" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 6" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 6" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 6" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 6" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 6" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 6" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 6" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 6" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 6" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 6" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 6" w:uiPriority="73"/>
+    <w:lsdException w:name="Subtle Emphasis" w:uiPriority="19" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Emphasis" w:uiPriority="21" w:qFormat="1"/>
+    <w:lsdException w:name="Subtle Reference" w:uiPriority="31" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Reference" w:uiPriority="32" w:qFormat="1"/>
+    <w:lsdException w:name="Book Title" w:uiPriority="33" w:qFormat="1"/>
+    <w:lsdException w:name="Bibliography" w:semiHidden="1" w:uiPriority="37" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="TOC Heading" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="Plain Table 1" w:uiPriority="41"/>
+    <w:lsdException w:name="Plain Table 2" w:uiPriority="42"/>
+    <w:lsdException w:name="Plain Table 3" w:uiPriority="43"/>
+    <w:lsdException w:name="Plain Table 4" w:uiPriority="44"/>
+    <w:lsdException w:name="Plain Table 5" w:uiPriority="45"/>
+    <w:lsdException w:name="Grid Table Light" w:uiPriority="40"/>
+    <w:lsdException w:name="Grid Table 1 Light" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 1" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 1" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 1" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 1" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 1" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 1" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 1" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 2" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 2" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 2" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 2" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 2" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 2" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 2" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 3" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 3" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 3" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 3" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 3" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 3" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 3" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 4" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 4" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 4" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 4" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 4" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 4" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 4" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 5" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 5" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 5" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 5" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 5" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 5" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 5" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 6" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 6" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 6" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 6" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 6" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 6" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 1" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 1" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 1" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 1" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 1" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 1" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 1" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 2" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 2" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 2" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 2" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 2" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 2" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 2" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 3" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 3" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 3" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="00873F50"/>
+    <w:pPr>
+      <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:lang w:eastAsia="en-US"/>
+    </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:qFormat/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:styleId="TableGrid">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="TableNormal"/>
-    <w:uiPriority w:val="59"/>
+    <w:uiPriority w:val="99"/>
     <w:rsid w:val="00DF2CF0"/>
-    <w:pPr>
-[...1 lines deleted...]
-    </w:pPr>
+    <w:rPr>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
     <w:tblPr>
-      <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
-        <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
-[...4 lines deleted...]
-        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000"/>
       </w:tblBorders>
-      <w:tblCellMar>
-[...4 lines deleted...]
-      </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ListParagraph">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
-    <w:uiPriority w:val="34"/>
+    <w:uiPriority w:val="99"/>
     <w:qFormat/>
     <w:rsid w:val="002818CB"/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Header">
     <w:name w:val="header"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="HeaderChar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
-    <w:unhideWhenUsed/>
     <w:rsid w:val="00E11332"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4513"/>
         <w:tab w:val="right" w:pos="9026"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="HeaderChar">
     <w:name w:val="Header Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Header"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
+    <w:locked/>
     <w:rsid w:val="00E11332"/>
+    <w:rPr>
+      <w:rFonts w:cs="Times New Roman"/>
+    </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Footer">
     <w:name w:val="footer"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="FooterChar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
-    <w:unhideWhenUsed/>
     <w:rsid w:val="00E11332"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4513"/>
         <w:tab w:val="right" w:pos="9026"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="FooterChar">
     <w:name w:val="Footer Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Footer"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
+    <w:locked/>
     <w:rsid w:val="00E11332"/>
+    <w:rPr>
+      <w:rFonts w:cs="Times New Roman"/>
+    </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="BalloonText">
     <w:name w:val="Balloon Text"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="BalloonTextChar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
-    <w:unhideWhenUsed/>
     <w:rsid w:val="007240CA"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="BalloonTextChar">
     <w:name w:val="Balloon Text Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="BalloonText"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
+    <w:locked/>
     <w:rsid w:val="007240CA"/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Hyperlink">
     <w:name w:val="Hyperlink"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
-    <w:unhideWhenUsed/>
     <w:rsid w:val="00CB5384"/>
     <w:rPr>
-      <w:color w:val="0000FF" w:themeColor="hyperlink"/>
+      <w:rFonts w:cs="Times New Roman"/>
+      <w:color w:val="0000FF"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="PlaceholderText">
     <w:name w:val="Placeholder Text"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00555E44"/>
     <w:rPr>
+      <w:rFonts w:cs="Times New Roman"/>
       <w:color w:val="808080"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="z-TopofForm">
     <w:name w:val="HTML Top of Form"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="z-TopofFormChar"/>
     <w:hidden/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
-    <w:unhideWhenUsed/>
     <w:rsid w:val="00555E44"/>
     <w:pPr>
       <w:pBdr>
         <w:bottom w:val="single" w:sz="6" w:space="1" w:color="auto"/>
       </w:pBdr>
       <w:spacing w:after="0"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
       <w:vanish/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="z-TopofFormChar">
     <w:name w:val="z-Top of Form Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="z-TopofForm"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
+    <w:locked/>
     <w:rsid w:val="00555E44"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
       <w:vanish/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="z-BottomofForm">
     <w:name w:val="HTML Bottom of Form"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="z-BottomofFormChar"/>
     <w:hidden/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
-    <w:unhideWhenUsed/>
     <w:rsid w:val="00555E44"/>
     <w:pPr>
       <w:pBdr>
         <w:top w:val="single" w:sz="6" w:space="1" w:color="auto"/>
       </w:pBdr>
       <w:spacing w:after="0"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
       <w:vanish/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="z-BottomofFormChar">
     <w:name w:val="z-Bottom of Form Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="z-BottomofForm"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
+    <w:locked/>
     <w:rsid w:val="00555E44"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
       <w:vanish/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="character" w:styleId="FollowedHyperlink">
+    <w:name w:val="FollowedHyperlink"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00D32B15"/>
+    <w:rPr>
+      <w:color w:val="800080" w:themeColor="followedHyperlink"/>
+      <w:u w:val="single"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="UnresolvedMention">
+    <w:name w:val="Unresolved Mention"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00D32B15"/>
+    <w:rPr>
+      <w:color w:val="605E5C"/>
+      <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
+    </w:rPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
-    <w:div w:id="31157824">
-      <w:bodyDiv w:val="1"/>
+    <w:div w:id="1794709103">
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
       <w:divsChild>
-        <w:div w:id="367879323">
+        <w:div w:id="1794709111">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
         </w:div>
-        <w:div w:id="1133446452">
+        <w:div w:id="1794709118">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
         </w:div>
-        <w:div w:id="640814354">
+        <w:div w:id="1794709126">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
         </w:div>
       </w:divsChild>
     </w:div>
-    <w:div w:id="181406110">
-      <w:bodyDiv w:val="1"/>
+    <w:div w:id="1794709104">
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="448471441">
-      <w:bodyDiv w:val="1"/>
+    <w:div w:id="1794709114">
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="527837067">
-      <w:bodyDiv w:val="1"/>
+    <w:div w:id="1794709116">
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
       <w:divsChild>
-        <w:div w:id="307130540">
+        <w:div w:id="1794709106">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
         </w:div>
-        <w:div w:id="271019347">
+        <w:div w:id="1794709108">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
         </w:div>
-        <w:div w:id="1152059407">
+        <w:div w:id="1794709120">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
         </w:div>
-        <w:div w:id="711346151">
+        <w:div w:id="1794709124">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
         </w:div>
-        <w:div w:id="1962029579">
+        <w:div w:id="1794709127">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
         </w:div>
-        <w:div w:id="1504861659">
+        <w:div w:id="1794709136">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
         </w:div>
-        <w:div w:id="933708054">
+        <w:div w:id="1794709145">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
         </w:div>
-        <w:div w:id="1913540419">
+        <w:div w:id="1794709147">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
         </w:div>
-        <w:div w:id="1876188157">
+        <w:div w:id="1794709148">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
         </w:div>
       </w:divsChild>
     </w:div>
-    <w:div w:id="1131169081">
-      <w:bodyDiv w:val="1"/>
+    <w:div w:id="1794709125">
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
       <w:divsChild>
-        <w:div w:id="816458284">
+        <w:div w:id="1794709110">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
         </w:div>
-        <w:div w:id="1779833923">
+        <w:div w:id="1794709115">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
         </w:div>
-        <w:div w:id="1219629418">
+        <w:div w:id="1794709123">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
         </w:div>
-        <w:div w:id="335807889">
+        <w:div w:id="1794709129">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
         </w:div>
-        <w:div w:id="485053998">
+        <w:div w:id="1794709142">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
         </w:div>
       </w:divsChild>
     </w:div>
-    <w:div w:id="1386876706">
-      <w:bodyDiv w:val="1"/>
+    <w:div w:id="1794709132">
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
       <w:divsChild>
-        <w:div w:id="1679112031">
+        <w:div w:id="1794709138">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
         </w:div>
-        <w:div w:id="1641687309">
+        <w:div w:id="1794709139">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
         </w:div>
-        <w:div w:id="2000382729">
+        <w:div w:id="1794709150">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
         </w:div>
       </w:divsChild>
     </w:div>
-    <w:div w:id="1428691189">
-      <w:bodyDiv w:val="1"/>
+    <w:div w:id="1794709134">
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
       <w:divsChild>
-        <w:div w:id="1173884958">
+        <w:div w:id="1794709128">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
         </w:div>
-        <w:div w:id="1317418171">
+        <w:div w:id="1794709130">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
         </w:div>
-        <w:div w:id="2045326989">
+        <w:div w:id="1794709151">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
         </w:div>
       </w:divsChild>
     </w:div>
-    <w:div w:id="1458908269">
-      <w:bodyDiv w:val="1"/>
+    <w:div w:id="1794709135">
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="1538664796">
-      <w:bodyDiv w:val="1"/>
+    <w:div w:id="1794709137">
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="1789546652">
-      <w:bodyDiv w:val="1"/>
+    <w:div w:id="1794709143">
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
       <w:divsChild>
-        <w:div w:id="1895851963">
+        <w:div w:id="1794709109">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
         </w:div>
-        <w:div w:id="422534012">
+        <w:div w:id="1794709113">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
         </w:div>
-        <w:div w:id="1392457329">
+        <w:div w:id="1794709133">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
         </w:div>
-        <w:div w:id="311763946">
+        <w:div w:id="1794709146">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
         </w:div>
       </w:divsChild>
     </w:div>
-    <w:div w:id="1873035679">
-      <w:bodyDiv w:val="1"/>
+    <w:div w:id="1794709144">
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
       <w:divsChild>
-        <w:div w:id="375545538">
+        <w:div w:id="1794709105">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
         </w:div>
-        <w:div w:id="1341816327">
+        <w:div w:id="1794709112">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
         </w:div>
-        <w:div w:id="1980915483">
+        <w:div w:id="1794709117">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
         </w:div>
-        <w:div w:id="628631954">
+        <w:div w:id="1794709119">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
         </w:div>
-        <w:div w:id="1696544221">
+        <w:div w:id="1794709122">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
         </w:div>
-        <w:div w:id="2085565371">
+        <w:div w:id="1794709131">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
         </w:div>
-        <w:div w:id="707223516">
+        <w:div w:id="1794709140">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
         </w:div>
-        <w:div w:id="218711863">
+        <w:div w:id="1794709149">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
         </w:div>
-        <w:div w:id="781535060">
+        <w:div w:id="1794709153">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
         </w:div>
       </w:divsChild>
     </w:div>
-    <w:div w:id="2064133715">
-      <w:bodyDiv w:val="1"/>
+    <w:div w:id="1794709152">
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
       <w:divsChild>
-        <w:div w:id="776801797">
+        <w:div w:id="1794709107">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
         </w:div>
-        <w:div w:id="1720275150">
+        <w:div w:id="1794709121">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
         </w:div>
-        <w:div w:id="282687620">
+        <w:div w:id="1794709141">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
         </w:div>
       </w:divsChild>
     </w:div>
-    <w:div w:id="2094661846">
-      <w:bodyDiv w:val="1"/>
+    <w:div w:id="1794709154">
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
-  <w:relyOnVML/>
-  <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:gst-tr.ebusgstt@nhs.net" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:kch-tr.CancerData@nhs.net" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:gstt.ebusgstt@nhs.net" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:kch-tr.CancerData@nhs.net" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/_rels/header2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -8827,94 +8098,86 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{068BDA84-385A-4399-B630-16400A99856F}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{82978EB5-5951-4174-B2AE-919497BCE8AF}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>478</Words>
-  <Characters>2731</Characters>
+  <Words>495</Words>
+  <Characters>2733</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>22</Lines>
-  <Paragraphs>6</Paragraphs>
+  <Lines>160</Lines>
+  <Paragraphs>140</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
-      <vt:lpstr/>
+      <vt:lpstr>South East London Accountable Cancer Network – GSTT EBUS Referral Form</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>Guy's and St Thomas'</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>3203</CharactersWithSpaces>
+  <CharactersWithSpaces>3088</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:title/>
+  <dc:title>South East London Accountable Cancer Network – GSTT EBUS Referral Form</dc:title>
   <dc:subject/>
   <dc:creator>khaire</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
-
-[...6 lines deleted...]
-</file>