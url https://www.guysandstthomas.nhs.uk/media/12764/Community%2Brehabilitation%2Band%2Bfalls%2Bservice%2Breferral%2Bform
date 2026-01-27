--- v0 (2025-12-05)
+++ v1 (2026-01-27)
@@ -4,2135 +4,5866 @@
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="11340" w:type="dxa"/>
         <w:tblInd w:w="-1139" w:type="dxa"/>
+        <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="2100"/>
-[...10 lines deleted...]
-        <w:gridCol w:w="3003"/>
+        <w:gridCol w:w="2269"/>
+        <w:gridCol w:w="1438"/>
+        <w:gridCol w:w="316"/>
+        <w:gridCol w:w="792"/>
+        <w:gridCol w:w="1075"/>
+        <w:gridCol w:w="323"/>
+        <w:gridCol w:w="1235"/>
+        <w:gridCol w:w="204"/>
+        <w:gridCol w:w="1007"/>
+        <w:gridCol w:w="2681"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00646889" w:rsidTr="002D4E58">
+      <w:tr w:rsidR="00646889" w14:paraId="6D0DB2A2" w14:textId="77777777" w:rsidTr="00595386">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="11340" w:type="dxa"/>
-            <w:gridSpan w:val="12"/>
+            <w:gridSpan w:val="10"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D0CECE" w:themeFill="background2" w:themeFillShade="E6"/>
           </w:tcPr>
-          <w:p w:rsidR="00646889" w:rsidRPr="00B057E5" w:rsidRDefault="00646889" w:rsidP="00BC1941">
-[...13 lines deleted...]
-              <w:t>Patient details</w:t>
+          <w:p w14:paraId="769390AA" w14:textId="6AAF8741" w:rsidR="00425992" w:rsidRDefault="00595386" w:rsidP="009A3440">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+              <w:outlineLvl w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="1F3864" w:themeColor="accent5" w:themeShade="80"/>
+                <w:kern w:val="36"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:u w:val="single"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00595386">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="1F3864" w:themeColor="accent5" w:themeShade="80"/>
+                <w:kern w:val="36"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:u w:val="single"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Community </w:t>
+            </w:r>
+            <w:r w:rsidR="000F0A83">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="1F3864" w:themeColor="accent5" w:themeShade="80"/>
+                <w:kern w:val="36"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:u w:val="single"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t>R</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00595386">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="1F3864" w:themeColor="accent5" w:themeShade="80"/>
+                <w:kern w:val="36"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:u w:val="single"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ehab and </w:t>
+            </w:r>
+            <w:r w:rsidR="000F0A83">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="1F3864" w:themeColor="accent5" w:themeShade="80"/>
+                <w:kern w:val="36"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:u w:val="single"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t>F</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00595386">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="1F3864" w:themeColor="accent5" w:themeShade="80"/>
+                <w:kern w:val="36"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:u w:val="single"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve">alls </w:t>
+            </w:r>
+            <w:r w:rsidR="009076F8" w:rsidRPr="00595386">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="1F3864" w:themeColor="accent5" w:themeShade="80"/>
+                <w:kern w:val="36"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:u w:val="single"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t>Service Criteria</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1621C88A" w14:textId="637D882D" w:rsidR="009A3440" w:rsidRPr="00D52907" w:rsidRDefault="000F0A83" w:rsidP="009A3440">
+            <w:pPr>
+              <w:pStyle w:val="NormalWeb"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="24"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidR="009A3440" w:rsidRPr="00D52907">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>8+ and registered with a Southwark or Lambeth GP</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2917167F" w14:textId="77777777" w:rsidR="009A3440" w:rsidRPr="00D52907" w:rsidRDefault="009A3440" w:rsidP="009A3440">
+            <w:pPr>
+              <w:pStyle w:val="NormalWeb"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="24"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D52907">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Housebound or unable to attend outpatient clinics</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="75C6E119" w14:textId="77777777" w:rsidR="009A3440" w:rsidRPr="00D52907" w:rsidRDefault="009A3440" w:rsidP="009A3440">
+            <w:pPr>
+              <w:pStyle w:val="NormalWeb"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="24"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D52907">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Rehab needs only (not diagnosis-specific, excludes neuro conditions or patients under neuro services)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="69B6698D" w14:textId="77777777" w:rsidR="009A3440" w:rsidRPr="00D52907" w:rsidRDefault="009A3440" w:rsidP="009A3440">
+            <w:pPr>
+              <w:pStyle w:val="NormalWeb"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="24"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D52907">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>No double-handed input available</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="15FC2E9A" w14:textId="77777777" w:rsidR="009A3440" w:rsidRDefault="00D52907" w:rsidP="009A3440">
+            <w:pPr>
+              <w:pStyle w:val="NormalWeb"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="24"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D52907">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">OT referrals </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D52907">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">exclude </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D52907">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>major adaptations (e.g., showers, stairlifts, ramps), complex seating or transfer equipment, care packages or carer support, and rehousing assessments or reports.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="06947E66" w14:textId="77777777" w:rsidR="00E23B85" w:rsidRPr="00D52907" w:rsidRDefault="00E23B85" w:rsidP="009A3440">
+            <w:pPr>
+              <w:pStyle w:val="NormalWeb"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="24"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Non -Urgent</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> will not be seen in 2 weeks</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3DF4EBEF" w14:textId="77777777" w:rsidR="000F0A83" w:rsidRDefault="004C2E60" w:rsidP="001531DD">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+              <w:outlineLvl w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="002060"/>
+                <w:kern w:val="36"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D52907">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="002060"/>
+                <w:kern w:val="36"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve">CRAFS Referral Decision Tree </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6A2B233F" w14:textId="5B1B3609" w:rsidR="004C2E60" w:rsidRPr="000F0A83" w:rsidRDefault="004C2E60" w:rsidP="001531DD">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+              <w:outlineLvl w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="002060"/>
+                <w:kern w:val="36"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004A6BB9">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t>Step 1: Does the patient require urgent or double-handed therapy input?</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004A6BB9">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:br/>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004A6BB9">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t>Yes</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004A6BB9">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> → Refer to </w:t>
+            </w:r>
+            <w:r w:rsidR="001531DD" w:rsidRPr="004A6BB9">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t>@Home or</w:t>
+            </w:r>
+            <w:r w:rsidR="001531DD" w:rsidRPr="004A6BB9">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004A6BB9">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t>Intermediate Care Teams (Lambeth or Southwark -</w:t>
+            </w:r>
+            <w:r w:rsidR="001531DD" w:rsidRPr="004A6BB9">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004A6BB9">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t>020 3049 5751)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004A6BB9">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:br/>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004A6BB9">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t>No</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004A6BB9">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> → Go to Step 2</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="13F42159" w14:textId="77777777" w:rsidR="004C2E60" w:rsidRPr="004A6BB9" w:rsidRDefault="004C2E60" w:rsidP="004C2E60">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004A6BB9">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Step 2: Does the </w:t>
+            </w:r>
+            <w:r w:rsidR="001531DD" w:rsidRPr="004A6BB9">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t>patients</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004A6BB9">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> have</w:t>
+            </w:r>
+            <w:r w:rsidR="00C235DC" w:rsidRPr="004A6BB9">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> rehabilitation needs due </w:t>
+            </w:r>
+            <w:r w:rsidR="004D45AC" w:rsidRPr="004A6BB9">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t>to a</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004A6BB9">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> neurological diagnosis (new or existing)?</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004A6BB9">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="004A6BB9">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t>Yes</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004A6BB9">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> → Refer to </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004A6BB9">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t>Neurorehab</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="004A6BB9">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Services</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004A6BB9">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (gstt.neurorehabservice@nhs.net)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004A6BB9">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="004A6BB9">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t>No</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004A6BB9">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> → Go to Step 3</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="17B017AB" w14:textId="77777777" w:rsidR="004C2E60" w:rsidRPr="004A6BB9" w:rsidRDefault="004C2E60" w:rsidP="004C2E60">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004A6BB9">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t>Step 3: Is the patient 18+ and registered with a GP in Lambeth or Southwark?</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004A6BB9">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:br/>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004A6BB9">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t>No</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004A6BB9">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> → Not appropriate for CRAFS OT/Physio (redirect to appropriate local services)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004A6BB9">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:br/>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004A6BB9">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t>Yes</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004A6BB9">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> → Go to Step 4</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5988C7C6" w14:textId="77777777" w:rsidR="004C2E60" w:rsidRPr="004A6BB9" w:rsidRDefault="004C2E60" w:rsidP="004C2E60">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004A6BB9">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t>Step 4: What is the main need?</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6F64C9CC" w14:textId="77777777" w:rsidR="004C2E60" w:rsidRPr="004A6BB9" w:rsidRDefault="004C2E60" w:rsidP="004C2E60">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="14"/>
+              </w:numPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004A6BB9">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t>Long-term needs / Social Care:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="089E9345" w14:textId="77777777" w:rsidR="004C2E60" w:rsidRPr="004A6BB9" w:rsidRDefault="004C2E60" w:rsidP="004C2E60">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="1"/>
+                <w:numId w:val="14"/>
+              </w:numPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004A6BB9">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t>Major adaptations (wet rooms, ramps, stairlifts, external rails)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="468470CB" w14:textId="0F511C55" w:rsidR="004C2E60" w:rsidRPr="004A6BB9" w:rsidRDefault="004C2E60" w:rsidP="004C2E60">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="1"/>
+                <w:numId w:val="14"/>
+              </w:numPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004A6BB9">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t>Complex seating or equipment</w:t>
+            </w:r>
+            <w:r w:rsidR="000878EB">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> needs only</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="61E7F476" w14:textId="77777777" w:rsidR="004C2E60" w:rsidRPr="004A6BB9" w:rsidRDefault="004C2E60" w:rsidP="004C2E60">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="1"/>
+                <w:numId w:val="14"/>
+              </w:numPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004A6BB9">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t>Care packages and carer support</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1A9A2F1B" w14:textId="77777777" w:rsidR="004C2E60" w:rsidRPr="004A6BB9" w:rsidRDefault="004C2E60" w:rsidP="004C2E60">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="1"/>
+                <w:numId w:val="14"/>
+              </w:numPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004A6BB9">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t>Rehousing assessments/reports</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004A6BB9">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:br/>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004A6BB9">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t>Refer to Social Services OT</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="280DE94A" w14:textId="77777777" w:rsidR="004C2E60" w:rsidRPr="004A6BB9" w:rsidRDefault="004C2E60" w:rsidP="004C2E60">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="2"/>
+                <w:numId w:val="14"/>
+              </w:numPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004A6BB9">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Lambeth: 0207 926 5555 or </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId7" w:tgtFrame="_new" w:history="1">
+              <w:r w:rsidRPr="004A6BB9">
+                <w:rPr>
+                  <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                  <w:color w:val="0000FF"/>
+                  <w:sz w:val="18"/>
+                  <w:szCs w:val="18"/>
+                  <w:u w:val="single"/>
+                  <w:lang w:eastAsia="en-GB"/>
+                </w:rPr>
+                <w:t>Referral Form</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p w14:paraId="38BB847D" w14:textId="77777777" w:rsidR="004C2E60" w:rsidRPr="00D52907" w:rsidRDefault="004C2E60" w:rsidP="00D52907">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="2"/>
+                <w:numId w:val="14"/>
+              </w:numPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="none"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004A6BB9">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t>Southwark:</w:t>
+            </w:r>
+            <w:r w:rsidR="00595386">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve">   02075753324   </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r w:rsidR="00595386" w:rsidRPr="00595386">
+                <w:rPr>
+                  <w:rStyle w:val="Hyperlink"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:t>https://www.southwark.gov.uk/occupational-therapy-assessment</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r w:rsidRPr="00D52907">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0CD689A1" w14:textId="77777777" w:rsidR="00CE2A03" w:rsidRPr="004A6BB9" w:rsidRDefault="00CE2A03" w:rsidP="00CE2A03">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:color w:val="002060"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004A6BB9">
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="002060"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>Please complete the attached CRAFS referral if the patient is appropriate for any of the services listed below.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1D6A8D47" w14:textId="77777777" w:rsidR="00CE2A03" w:rsidRPr="004A6BB9" w:rsidRDefault="00CE2A03" w:rsidP="00CE2A03">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="14"/>
+              </w:numPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004A6BB9">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t>Short-term functional rehab (non-urgent, 3–</w:t>
+            </w:r>
+            <w:r w:rsidR="004D45AC">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004A6BB9">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> month wait):</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1BBAA194" w14:textId="77777777" w:rsidR="00CE2A03" w:rsidRPr="004A6BB9" w:rsidRDefault="00CE2A03" w:rsidP="00CE2A03">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="1"/>
+                <w:numId w:val="14"/>
+              </w:numPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004A6BB9">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t>Activities of daily Living difficulties (personal care, meal prep)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="61D57ADD" w14:textId="77777777" w:rsidR="00CE2A03" w:rsidRPr="004A6BB9" w:rsidRDefault="00CE2A03" w:rsidP="00CE2A03">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="1"/>
+                <w:numId w:val="14"/>
+              </w:numPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004A6BB9">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t>Fatigue or pain management</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="55D750CB" w14:textId="77777777" w:rsidR="00CE2A03" w:rsidRPr="004A6BB9" w:rsidRDefault="00CE2A03" w:rsidP="00CE2A03">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="1"/>
+                <w:numId w:val="14"/>
+              </w:numPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004A6BB9">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t>Functional assessments (mobility, cognition, safety)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="404353CA" w14:textId="77777777" w:rsidR="00CE2A03" w:rsidRPr="004A6BB9" w:rsidRDefault="00CE2A03" w:rsidP="00CE2A03">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="1"/>
+                <w:numId w:val="14"/>
+              </w:numPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004A6BB9">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t>Small aids and equipment to support rehab and independence (bath boards, commode etc)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004A6BB9">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="004A6BB9">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004A6BB9">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t>Refer to CRAFS OT</w:t>
+            </w:r>
+            <w:r w:rsidR="001531DD" w:rsidRPr="004A6BB9">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> or CRAFS OT /PT</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="71F23044" w14:textId="77777777" w:rsidR="004C2E60" w:rsidRPr="004A6BB9" w:rsidRDefault="004C2E60" w:rsidP="004C2E60">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="14"/>
+              </w:numPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004A6BB9">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t>Physiotherapy (1:1):</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="73329045" w14:textId="6BCBE5BA" w:rsidR="004C2E60" w:rsidRPr="004A6BB9" w:rsidRDefault="004C2E60" w:rsidP="004C2E60">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="1"/>
+                <w:numId w:val="14"/>
+              </w:numPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004A6BB9">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Recent change in health affecting function, frailty, or falls </w:t>
+            </w:r>
+            <w:r w:rsidR="00C235DC" w:rsidRPr="004A6BB9">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve">prevention </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004A6BB9">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve">classes alone are not </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="004A6BB9">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t>enough</w:t>
+            </w:r>
+            <w:r w:rsidR="000F0A83">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004A6BB9">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004A6BB9">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t>Refer</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="004A6BB9">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> to CRAFS Physio</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="75D592BC" w14:textId="77777777" w:rsidR="004C2E60" w:rsidRPr="004A6BB9" w:rsidRDefault="00C235DC" w:rsidP="004C2E60">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="1"/>
+                <w:numId w:val="14"/>
+              </w:numPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004A6BB9">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve">If </w:t>
+            </w:r>
+            <w:r w:rsidR="004A6BB9" w:rsidRPr="004A6BB9">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>musculoskeletal</w:t>
+            </w:r>
+            <w:r w:rsidR="004A6BB9" w:rsidRPr="004A6BB9">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004A6BB9">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve">only and is not </w:t>
+            </w:r>
+            <w:r w:rsidR="001531DD" w:rsidRPr="004A6BB9">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t>housebound</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004A6BB9">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="004C2E60" w:rsidRPr="004A6BB9">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t>→ refer MSK outpatients</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004A6BB9">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (Hospital transport can be arranged if criteria </w:t>
+            </w:r>
+            <w:r w:rsidR="004D45AC" w:rsidRPr="004A6BB9">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t>are</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004A6BB9">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> met)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1D6B3740" w14:textId="77777777" w:rsidR="004C2E60" w:rsidRPr="004A6BB9" w:rsidRDefault="00C235DC" w:rsidP="004C2E60">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="1"/>
+                <w:numId w:val="14"/>
+              </w:numPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004A6BB9">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve">If neuro specific discuss with </w:t>
+            </w:r>
+            <w:r w:rsidR="004C2E60" w:rsidRPr="004A6BB9">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t>neuro</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004A6BB9">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> outpatients or community neuro team</w:t>
+            </w:r>
+            <w:r w:rsidR="004C2E60" w:rsidRPr="004A6BB9">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> → refer </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="004C2E60" w:rsidRPr="004A6BB9">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t>Neurorehab</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+          <w:p w14:paraId="35335CF4" w14:textId="77777777" w:rsidR="004C2E60" w:rsidRPr="004A6BB9" w:rsidRDefault="004C2E60" w:rsidP="004C2E60">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="14"/>
+              </w:numPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004A6BB9">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t>Falls</w:t>
+            </w:r>
+            <w:r w:rsidR="00E23B85">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Clinic</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004A6BB9">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Assessment:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0E81DA28" w14:textId="77777777" w:rsidR="004C2E60" w:rsidRDefault="00742B0F" w:rsidP="004C2E60">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="1"/>
+                <w:numId w:val="14"/>
+              </w:numPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t>Have fallen in the last year and are frail</w:t>
+            </w:r>
+            <w:r w:rsidR="002464BF">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="269AD805" w14:textId="77777777" w:rsidR="00742B0F" w:rsidRDefault="00742B0F" w:rsidP="004C2E60">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="1"/>
+                <w:numId w:val="14"/>
+              </w:numPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Were Injured in a </w:t>
+            </w:r>
+            <w:r w:rsidR="002464BF">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t>f</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t>all and need medical treatment</w:t>
+            </w:r>
+            <w:r w:rsidR="002464BF">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1D5E0718" w14:textId="77777777" w:rsidR="00742B0F" w:rsidRDefault="00742B0F" w:rsidP="004C2E60">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="1"/>
+                <w:numId w:val="14"/>
+              </w:numPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Have </w:t>
+            </w:r>
+            <w:r w:rsidR="002464BF">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t>e</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve">xperienced loss of </w:t>
+            </w:r>
+            <w:r w:rsidR="002464BF">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t>consciousness</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> related to a fall.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3B42DDF0" w14:textId="3F498080" w:rsidR="002464BF" w:rsidRDefault="002464BF" w:rsidP="004C2E60">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="1"/>
+                <w:numId w:val="14"/>
+              </w:numPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Have been </w:t>
+            </w:r>
+            <w:r w:rsidR="007020E1">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t>un</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t>able to get up after a fall.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0F491F33" w14:textId="77777777" w:rsidR="002464BF" w:rsidRDefault="002464BF" w:rsidP="002464BF">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="1"/>
+                <w:numId w:val="14"/>
+              </w:numPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t>Have had two or more falls in the last year.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="033EA74C" w14:textId="77777777" w:rsidR="004D45AC" w:rsidRPr="004D45AC" w:rsidRDefault="004C2E60" w:rsidP="0099247C">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="1"/>
+                <w:numId w:val="14"/>
+              </w:numPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004D45AC">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t>Unexplained cause of falls</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004D45AC">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:br/>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004D45AC">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t>Refer to</w:t>
+            </w:r>
+            <w:r w:rsidR="00C235DC" w:rsidRPr="004D45AC">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> nearest</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004D45AC">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Falls Clinic</w:t>
+            </w:r>
+            <w:r w:rsidR="002464BF" w:rsidRPr="004D45AC">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve">. </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004D45AC">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t>Whittington Centre</w:t>
+            </w:r>
+            <w:r w:rsidR="002464BF" w:rsidRPr="004D45AC">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="002464BF" w:rsidRPr="004D45AC">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>SE24, SE27, SW2, SW4, SW8, SW9, SW12 (Lambeth GPs only</w:t>
+            </w:r>
+            <w:r w:rsidR="004D45AC" w:rsidRPr="004D45AC">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+            <w:r w:rsidR="004D45AC">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>, SW</w:t>
+            </w:r>
+            <w:r w:rsidR="002464BF" w:rsidRPr="004D45AC">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>16</w:t>
+            </w:r>
+            <w:r w:rsidR="004D45AC" w:rsidRPr="004D45AC">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="15A4B1D4" w14:textId="77777777" w:rsidR="004D45AC" w:rsidRPr="004D45AC" w:rsidRDefault="004D45AC" w:rsidP="0099247C">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="1"/>
+                <w:numId w:val="14"/>
+              </w:numPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004D45AC">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Contact details: </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r w:rsidRPr="004D45AC">
+                <w:rPr>
+                  <w:rStyle w:val="Hyperlink"/>
+                  <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                  <w:b/>
+                  <w:sz w:val="18"/>
+                  <w:szCs w:val="18"/>
+                  <w:lang w:eastAsia="en-GB"/>
+                </w:rPr>
+                <w:t>gstt.lambethcommunityrehabandfalls@nhs.net</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p w14:paraId="6A46D3BA" w14:textId="77777777" w:rsidR="004D45AC" w:rsidRPr="004D45AC" w:rsidRDefault="004D45AC" w:rsidP="004D45AC">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+              <w:ind w:left="1440"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="3A3582E1" w14:textId="77777777" w:rsidR="004D45AC" w:rsidRPr="004D45AC" w:rsidRDefault="002464BF" w:rsidP="004D45AC">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="1"/>
+                <w:numId w:val="14"/>
+              </w:numPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="003F7025" w:rsidRPr="002464BF">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Kings </w:t>
+            </w:r>
+            <w:r w:rsidR="004D45AC" w:rsidRPr="002464BF">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t>College</w:t>
+            </w:r>
+            <w:r w:rsidR="004D45AC">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="004D45AC" w:rsidRPr="004D45AC">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t>E</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002464BF">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002464BF">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> SE15, SE22, SE24, SE19, SE21, SE23, SE</w:t>
+            </w:r>
+            <w:r w:rsidR="004D45AC" w:rsidRPr="002464BF">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>26</w:t>
+            </w:r>
+            <w:r w:rsidR="004D45AC" w:rsidRPr="002464BF">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="004D45AC">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t>Referral via ERS</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="31EAB254" w14:textId="77777777" w:rsidR="004C2E60" w:rsidRPr="002464BF" w:rsidRDefault="003F7025" w:rsidP="004D45AC">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="1"/>
+                <w:numId w:val="14"/>
+              </w:numPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002464BF">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Guys Hospital</w:t>
+            </w:r>
+            <w:r w:rsidR="002464BF">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="002464BF" w:rsidRPr="002464BF">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>SE1, SE8, SE11, SE16, SE17</w:t>
+            </w:r>
+            <w:r w:rsidR="004D45AC">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="004D45AC" w:rsidRPr="004D45AC">
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Referral via ERS</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="13C80A06" w14:textId="77777777" w:rsidR="004C2E60" w:rsidRPr="002464BF" w:rsidRDefault="004C2E60" w:rsidP="002464BF">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="14"/>
+              </w:numPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002464BF">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t>Falls Prevention Exercises</w:t>
+            </w:r>
+            <w:r w:rsidR="001718A3">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (patient does not need to be housebound or unable to attend out-patient clinic</w:t>
+            </w:r>
+            <w:r w:rsidR="00C17CDA">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidR="00C17CDA">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t>in order to</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidR="00C17CDA">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> be referred</w:t>
+            </w:r>
+            <w:r w:rsidR="001718A3">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7C3542EC" w14:textId="77777777" w:rsidR="003F7025" w:rsidRDefault="004C2E60" w:rsidP="003F7025">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="1"/>
+                <w:numId w:val="14"/>
+              </w:numPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004A6BB9">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Strength and balance </w:t>
+            </w:r>
+            <w:r w:rsidR="003F7025" w:rsidRPr="004A6BB9">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t>exercises in variety of settings</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="22554129" w14:textId="77777777" w:rsidR="001E0A34" w:rsidRPr="004A6BB9" w:rsidRDefault="001E0A34" w:rsidP="003F7025">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="1"/>
+                <w:numId w:val="14"/>
+              </w:numPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t>Patient must be able to walk on their own with or without an aid and go to the toilet on their own.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3BB18B40" w14:textId="77777777" w:rsidR="004C2E60" w:rsidRPr="004A6BB9" w:rsidRDefault="003F7025" w:rsidP="003F7025">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="1"/>
+                <w:numId w:val="14"/>
+              </w:numPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004A6BB9">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Patients can self-refer </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004A6BB9">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t>020 3049 5424</w:t>
+            </w:r>
+            <w:r w:rsidR="004C2E60" w:rsidRPr="004A6BB9">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:br/>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="004C2E60" w:rsidRPr="004A6BB9">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t>Email referral to:</w:t>
+            </w:r>
+            <w:r w:rsidR="004C2E60" w:rsidRPr="004A6BB9">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> gstt.strengthandbalancehelpline@nhs.net</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2537E96C" w14:textId="77777777" w:rsidR="004C2E60" w:rsidRPr="004A6BB9" w:rsidRDefault="004C2E60" w:rsidP="004C2E60">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="14"/>
+              </w:numPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004A6BB9">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t>Walking Aid Replacement:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6D029F89" w14:textId="77777777" w:rsidR="004C2E60" w:rsidRPr="00DE3211" w:rsidRDefault="00E23B85" w:rsidP="006B4FC3">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="1"/>
+                <w:numId w:val="14"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:u w:val="none"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Non- urgent </w:t>
+            </w:r>
+            <w:r w:rsidR="004D45AC">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t>a</w:t>
+            </w:r>
+            <w:r w:rsidR="004D45AC" w:rsidRPr="004A6BB9">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t>ssessment</w:t>
+            </w:r>
+            <w:r w:rsidR="00D7542A" w:rsidRPr="004A6BB9">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> and r</w:t>
+            </w:r>
+            <w:r w:rsidR="004C2E60" w:rsidRPr="004A6BB9">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve">eplace </w:t>
+            </w:r>
+            <w:r w:rsidR="00D7542A" w:rsidRPr="004A6BB9">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve">of </w:t>
+            </w:r>
+            <w:r w:rsidR="004C2E60" w:rsidRPr="004A6BB9">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve">existing walking </w:t>
+            </w:r>
+            <w:r w:rsidR="004A6BB9" w:rsidRPr="004A6BB9">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t>aids i.e.</w:t>
+            </w:r>
+            <w:r w:rsidR="004C2E60" w:rsidRPr="004A6BB9">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (Crutches, Rollator frames and walking stick.) (non-urgent, 2 weeks wait)</w:t>
+            </w:r>
+            <w:r w:rsidR="004C2E60" w:rsidRPr="004A6BB9">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:br/>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="004C2E60" w:rsidRPr="004A6BB9">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t>CRAFS TA</w:t>
+            </w:r>
+            <w:r w:rsidR="00DE3211">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="006B4FC3">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Lambeth </w:t>
+            </w:r>
+            <w:r w:rsidR="006B4FC3" w:rsidRPr="004A6BB9">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t>–</w:t>
+            </w:r>
+            <w:r w:rsidR="004C2E60" w:rsidRPr="004A6BB9">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Walking Aid Replacement</w:t>
+            </w:r>
+            <w:r w:rsidR="00D7542A" w:rsidRPr="004A6BB9">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> refer to </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r w:rsidR="00D7542A" w:rsidRPr="004A6BB9">
+                <w:rPr>
+                  <w:rStyle w:val="Hyperlink"/>
+                  <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                  <w:b/>
+                  <w:bCs/>
+                  <w:sz w:val="18"/>
+                  <w:szCs w:val="18"/>
+                  <w:lang w:eastAsia="en-GB"/>
+                </w:rPr>
+                <w:t>gstt.lambethcommunityrehabandfalls@nhs.net</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r w:rsidR="00DE3211">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="18AF39AB" w14:textId="77777777" w:rsidR="00DE3211" w:rsidRPr="00DE3211" w:rsidRDefault="006B4FC3" w:rsidP="006B4FC3">
+            <w:pPr>
+              <w:ind w:left="1440"/>
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:u w:val="none"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:u w:val="none"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00DE3211" w:rsidRPr="00DE3211">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:u w:val="none"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t>CRAFS TA Southwark – walking Aid Replacement refer to</w:t>
+            </w:r>
+            <w:r w:rsidR="00DE3211" w:rsidRPr="00DE3211">
+              <w:rPr>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r w:rsidR="00DE3211" w:rsidRPr="00DE3211">
+                <w:rPr>
+                  <w:rStyle w:val="Hyperlink"/>
+                  <w:b/>
+                  <w:sz w:val="18"/>
+                  <w:szCs w:val="18"/>
+                </w:rPr>
+                <w:t>gstt.southwarkcommunityrehabandfalls@nhs.net</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p w14:paraId="15440202" w14:textId="77777777" w:rsidR="00BE5737" w:rsidRPr="004A6BB9" w:rsidRDefault="009076F8" w:rsidP="00BE5737">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00595386">
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="002060"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Please complete all section of form</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00AF4253" w:rsidTr="005D640E">
+      <w:tr w:rsidR="00AF4253" w14:paraId="3FC5B0C6" w14:textId="77777777" w:rsidTr="00595386">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7093" w:type="dxa"/>
-            <w:gridSpan w:val="9"/>
+            <w:tcW w:w="7448" w:type="dxa"/>
+            <w:gridSpan w:val="7"/>
           </w:tcPr>
-          <w:p w:rsidR="00646889" w:rsidRPr="00B057E5" w:rsidRDefault="00646889" w:rsidP="00BC1941">
-[...23 lines deleted...]
-                <w:szCs w:val="18"/>
+          <w:p w14:paraId="418ADBA0" w14:textId="77777777" w:rsidR="00646889" w:rsidRPr="00595386" w:rsidRDefault="00646889" w:rsidP="00BC1941">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00595386">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>Patient Name:</w:t>
+            </w:r>
+            <w:r w:rsidR="000A398E" w:rsidRPr="00595386">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1244" w:type="dxa"/>
+            <w:tcW w:w="1211" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="00646889" w:rsidRPr="00B057E5" w:rsidRDefault="00646889" w:rsidP="00BC1941">
-[...9 lines deleted...]
-                <w:szCs w:val="18"/>
+          <w:p w14:paraId="07185CD3" w14:textId="77777777" w:rsidR="00646889" w:rsidRPr="00595386" w:rsidRDefault="00646889" w:rsidP="00BC1941">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00595386">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>DOB:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3003" w:type="dxa"/>
+            <w:tcW w:w="2681" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00646889" w:rsidRPr="00B057E5" w:rsidRDefault="00646889" w:rsidP="00BC1941">
-[...18 lines deleted...]
-              <w:t xml:space="preserve">: </w:t>
+          <w:p w14:paraId="4CADBA02" w14:textId="77777777" w:rsidR="00646889" w:rsidRPr="00595386" w:rsidRDefault="00646889" w:rsidP="00BC1941">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00595386">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">NHS Number: </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B1695F" w:rsidRPr="00FC372A" w:rsidTr="005D640E">
+      <w:tr w:rsidR="00B1695F" w:rsidRPr="00FC372A" w14:paraId="21BD8959" w14:textId="77777777" w:rsidTr="00595386">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5173" w:type="dxa"/>
-            <w:gridSpan w:val="6"/>
+            <w:tcW w:w="5890" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
           </w:tcPr>
-          <w:p w:rsidR="00B1695F" w:rsidRPr="00FC372A" w:rsidRDefault="00225F29" w:rsidP="00BC1941">
-[...9 lines deleted...]
-                <w:szCs w:val="18"/>
+          <w:p w14:paraId="1E1B71CD" w14:textId="77777777" w:rsidR="00B1695F" w:rsidRPr="00595386" w:rsidRDefault="00225F29" w:rsidP="00BC1941">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00595386">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Address:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6167" w:type="dxa"/>
-            <w:gridSpan w:val="6"/>
+            <w:tcW w:w="5450" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
           </w:tcPr>
-          <w:p w:rsidR="00B1695F" w:rsidRPr="00FC372A" w:rsidRDefault="00B1695F" w:rsidP="00BC1941">
-[...9 lines deleted...]
-                <w:szCs w:val="18"/>
+          <w:p w14:paraId="1DE97F18" w14:textId="77777777" w:rsidR="00B1695F" w:rsidRPr="00595386" w:rsidRDefault="00B1695F" w:rsidP="00BC1941">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00595386">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Postcode:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00646889" w:rsidRPr="00B057E5" w:rsidTr="005D640E">
+      <w:tr w:rsidR="00646889" w:rsidRPr="00B057E5" w14:paraId="7AFECE7D" w14:textId="77777777" w:rsidTr="00595386">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7093" w:type="dxa"/>
-            <w:gridSpan w:val="9"/>
+            <w:tcW w:w="7448" w:type="dxa"/>
+            <w:gridSpan w:val="7"/>
           </w:tcPr>
-          <w:p w:rsidR="00646889" w:rsidRPr="00B057E5" w:rsidRDefault="00646889" w:rsidP="00BC1941">
-[...9 lines deleted...]
-                <w:szCs w:val="18"/>
+          <w:p w14:paraId="7F4AD5B3" w14:textId="77777777" w:rsidR="00646889" w:rsidRPr="00595386" w:rsidRDefault="00646889" w:rsidP="00BC1941">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00595386">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Email: </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4247" w:type="dxa"/>
+            <w:tcW w:w="3892" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
-          <w:p w:rsidR="00646889" w:rsidRDefault="00646889" w:rsidP="00BC1941">
-[...9 lines deleted...]
-                <w:szCs w:val="18"/>
+          <w:p w14:paraId="74F520F8" w14:textId="77777777" w:rsidR="00646889" w:rsidRPr="00595386" w:rsidRDefault="00646889" w:rsidP="00BC1941">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00595386">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Telephone number:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B1695F" w:rsidRPr="00FC372A" w:rsidTr="005D640E">
+      <w:tr w:rsidR="00B1695F" w:rsidRPr="00FC372A" w14:paraId="3ED16433" w14:textId="77777777" w:rsidTr="00595386">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3793" w:type="dxa"/>
+            <w:tcW w:w="4815" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
           </w:tcPr>
-          <w:p w:rsidR="00B1695F" w:rsidRPr="00FC372A" w:rsidRDefault="00B1695F" w:rsidP="00BC1941">
-[...9 lines deleted...]
-                <w:szCs w:val="18"/>
+          <w:p w14:paraId="1C44901E" w14:textId="77777777" w:rsidR="00B1695F" w:rsidRPr="00595386" w:rsidRDefault="00B1695F" w:rsidP="00BC1941">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00595386">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Ethnicity: </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7547" w:type="dxa"/>
-            <w:gridSpan w:val="8"/>
+            <w:tcW w:w="6525" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
           </w:tcPr>
-          <w:p w:rsidR="00B1695F" w:rsidRPr="00FC372A" w:rsidRDefault="00B1695F" w:rsidP="00BC1941">
-[...9 lines deleted...]
-                <w:szCs w:val="18"/>
+          <w:p w14:paraId="0D59885F" w14:textId="77777777" w:rsidR="00B1695F" w:rsidRPr="00595386" w:rsidRDefault="00B1695F" w:rsidP="00BC1941">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00595386">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Interpreter required: No </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
-                  <w:sz w:val="18"/>
-                  <w:szCs w:val="18"/>
+                  <w:rFonts w:cstheme="minorHAnsi"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:id w:val="1006787950"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="00225F29">
+                <w:r w:rsidR="00225F29" w:rsidRPr="00595386">
                   <w:rPr>
-                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
-[...1 lines deleted...]
-                    <w:szCs w:val="18"/>
+                    <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
-            <w:r w:rsidR="00EF61D6">
-[...2 lines deleted...]
-                <w:szCs w:val="18"/>
+            <w:r w:rsidR="00EF61D6" w:rsidRPr="00595386">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">  </w:t>
             </w:r>
-            <w:r w:rsidRPr="00FC372A">
-[...2 lines deleted...]
-                <w:szCs w:val="18"/>
+            <w:r w:rsidRPr="00595386">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Yes </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
-                  <w:sz w:val="18"/>
-                  <w:szCs w:val="18"/>
+                  <w:rFonts w:cstheme="minorHAnsi"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:id w:val="-1418238740"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="00225F29">
+                <w:r w:rsidR="00225F29" w:rsidRPr="00595386">
                   <w:rPr>
-                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
-[...1 lines deleted...]
-                    <w:szCs w:val="18"/>
+                    <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
-            <w:r w:rsidRPr="00FC372A">
-[...18 lines deleted...]
-              <w:t>Language:</w:t>
+            <w:r w:rsidRPr="00595386">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">        Language:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00646889" w:rsidRPr="00B057E5" w:rsidTr="005D640E">
+      <w:tr w:rsidR="00646889" w:rsidRPr="00B057E5" w14:paraId="181FAC99" w14:textId="77777777" w:rsidTr="00595386">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8337" w:type="dxa"/>
-            <w:gridSpan w:val="11"/>
+            <w:tcW w:w="8659" w:type="dxa"/>
+            <w:gridSpan w:val="9"/>
           </w:tcPr>
-          <w:p w:rsidR="00646889" w:rsidRPr="00B057E5" w:rsidRDefault="00646889" w:rsidP="00BC1941">
-[...9 lines deleted...]
-                <w:szCs w:val="18"/>
+          <w:p w14:paraId="01FDE182" w14:textId="77777777" w:rsidR="00646889" w:rsidRPr="00595386" w:rsidRDefault="00646889" w:rsidP="00BC1941">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00595386">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>NOK in case of emergency (must be completed):</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3003" w:type="dxa"/>
+            <w:tcW w:w="2681" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00646889" w:rsidRPr="00B057E5" w:rsidRDefault="00646889" w:rsidP="00BC1941">
-[...9 lines deleted...]
-                <w:szCs w:val="18"/>
+          <w:p w14:paraId="03C0D7B3" w14:textId="77777777" w:rsidR="00646889" w:rsidRPr="00595386" w:rsidRDefault="00646889" w:rsidP="00BC1941">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00595386">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Telephone number:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00646889" w:rsidRPr="00B057E5" w:rsidTr="005D640E">
+      <w:tr w:rsidR="00646889" w:rsidRPr="00B057E5" w14:paraId="4712144F" w14:textId="77777777" w:rsidTr="00595386">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8337" w:type="dxa"/>
-            <w:gridSpan w:val="11"/>
+            <w:tcW w:w="8659" w:type="dxa"/>
+            <w:gridSpan w:val="9"/>
           </w:tcPr>
-          <w:p w:rsidR="00646889" w:rsidRPr="00B057E5" w:rsidRDefault="00646889" w:rsidP="00BC1941">
-[...9 lines deleted...]
-                <w:szCs w:val="18"/>
+          <w:p w14:paraId="122D2764" w14:textId="77777777" w:rsidR="00646889" w:rsidRPr="00595386" w:rsidRDefault="00646889" w:rsidP="00BC1941">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00595386">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Contact to make appointment (if not patient or NOK):</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3003" w:type="dxa"/>
+            <w:tcW w:w="2681" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00646889" w:rsidRPr="00B057E5" w:rsidRDefault="00646889" w:rsidP="00BC1941">
-[...9 lines deleted...]
-                <w:szCs w:val="18"/>
+          <w:p w14:paraId="694CEC4C" w14:textId="77777777" w:rsidR="00646889" w:rsidRPr="00595386" w:rsidRDefault="00646889" w:rsidP="00BC1941">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00595386">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Telephone number:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B31449" w:rsidTr="005D640E">
+      <w:tr w:rsidR="00B31449" w14:paraId="17D5AC45" w14:textId="77777777" w:rsidTr="00595386">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2694" w:type="dxa"/>
+            <w:tcW w:w="3707" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="00B31449" w:rsidRDefault="00B31449" w:rsidP="0046462F">
+          <w:p w14:paraId="1BA2040D" w14:textId="77777777" w:rsidR="00B31449" w:rsidRPr="00595386" w:rsidRDefault="00B31449" w:rsidP="0046462F">
             <w:pPr>
               <w:pStyle w:val="Footer"/>
               <w:tabs>
                 <w:tab w:val="clear" w:pos="9026"/>
               </w:tabs>
               <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B057E5">
-[...11 lines deleted...]
-              <w:t xml:space="preserve"> Yes </w:t>
+            <w:r w:rsidRPr="00595386">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Do they live alone: Yes </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
-                  <w:sz w:val="18"/>
-                  <w:szCs w:val="18"/>
+                  <w:rFonts w:cstheme="minorHAnsi"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:id w:val="1625414793"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r>
+                <w:r w:rsidRPr="00595386">
                   <w:rPr>
-                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
-[...1 lines deleted...]
-                    <w:szCs w:val="18"/>
+                    <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
-            <w:r>
-[...2 lines deleted...]
-                <w:szCs w:val="18"/>
+            <w:r w:rsidRPr="00595386">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">    No </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
-                  <w:sz w:val="18"/>
-                  <w:szCs w:val="18"/>
+                  <w:rFonts w:cstheme="minorHAnsi"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:id w:val="-490562807"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r>
+                <w:r w:rsidRPr="00595386">
                   <w:rPr>
-                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
-[...1 lines deleted...]
-                    <w:szCs w:val="18"/>
+                    <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2693" w:type="dxa"/>
-            <w:gridSpan w:val="5"/>
+            <w:tcW w:w="2506" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
           </w:tcPr>
-          <w:p w:rsidR="00B31449" w:rsidRDefault="00B31449" w:rsidP="0046462F">
+          <w:p w14:paraId="31822909" w14:textId="77777777" w:rsidR="00B31449" w:rsidRPr="00595386" w:rsidRDefault="00B31449" w:rsidP="0046462F">
             <w:pPr>
               <w:pStyle w:val="Footer"/>
               <w:tabs>
                 <w:tab w:val="clear" w:pos="9026"/>
               </w:tabs>
               <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B057E5">
-[...2 lines deleted...]
-                <w:szCs w:val="18"/>
+            <w:r w:rsidRPr="00595386">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Access Details:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5953" w:type="dxa"/>
-            <w:gridSpan w:val="5"/>
+            <w:tcW w:w="5127" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
           </w:tcPr>
-          <w:p w:rsidR="00B31449" w:rsidRPr="00B31449" w:rsidRDefault="00B31449" w:rsidP="0046462F">
-[...18 lines deleted...]
-              <w:t>:</w:t>
+          <w:p w14:paraId="696D0E97" w14:textId="77777777" w:rsidR="00B31449" w:rsidRPr="00595386" w:rsidRDefault="001531DD" w:rsidP="0046462F">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00595386">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Key safe: </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DF7DAA" w:rsidRPr="00B057E5" w:rsidTr="002D4E58">
+      <w:tr w:rsidR="00DF7DAA" w:rsidRPr="00B057E5" w14:paraId="2C5CCA66" w14:textId="77777777" w:rsidTr="00595386">
+        <w:trPr>
+          <w:trHeight w:val="882"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="11340" w:type="dxa"/>
-            <w:gridSpan w:val="12"/>
+            <w:gridSpan w:val="10"/>
           </w:tcPr>
-          <w:p w:rsidR="00DF7DAA" w:rsidRPr="00DF7DAA" w:rsidRDefault="00DF7DAA" w:rsidP="00BC1941">
-[...21 lines deleted...]
-              <w:t xml:space="preserve">Yes  </w:t>
+          <w:p w14:paraId="7B3E9EBE" w14:textId="77777777" w:rsidR="00DF7DAA" w:rsidRPr="00595386" w:rsidRDefault="006E3811" w:rsidP="00BC1941">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00595386">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Are there any circumstances that could impact staff safety during a home visit (such as the presence of animals, visitors, or other environmental factors?</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00595386">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> If yes, please explain</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="009076F8" w:rsidRPr="00B057E5" w14:paraId="7A6AEC16" w14:textId="77777777" w:rsidTr="00595386">
+        <w:trPr>
+          <w:trHeight w:val="882"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="11340" w:type="dxa"/>
+            <w:gridSpan w:val="10"/>
+          </w:tcPr>
+          <w:tbl>
+            <w:tblPr>
+              <w:tblStyle w:val="TableGrid"/>
+              <w:tblW w:w="11340" w:type="dxa"/>
+              <w:tblLayout w:type="fixed"/>
+              <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+            </w:tblPr>
+            <w:tblGrid>
+              <w:gridCol w:w="3084"/>
+              <w:gridCol w:w="1311"/>
+              <w:gridCol w:w="1559"/>
+              <w:gridCol w:w="1258"/>
+              <w:gridCol w:w="4128"/>
+            </w:tblGrid>
+            <w:tr w:rsidR="009076F8" w:rsidRPr="00595386" w14:paraId="295F85AE" w14:textId="77777777" w:rsidTr="00595386">
+              <w:trPr>
+                <w:trHeight w:val="157"/>
+              </w:trPr>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="11340" w:type="dxa"/>
+                  <w:gridSpan w:val="5"/>
+                  <w:shd w:val="clear" w:color="auto" w:fill="D0CECE" w:themeFill="background2" w:themeFillShade="E6"/>
+                </w:tcPr>
+                <w:p w14:paraId="7ECD69C4" w14:textId="77777777" w:rsidR="009076F8" w:rsidRPr="00595386" w:rsidRDefault="009076F8" w:rsidP="009076F8">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:rFonts w:cstheme="minorHAnsi"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00595386">
+                    <w:rPr>
+                      <w:rFonts w:cstheme="minorHAnsi"/>
+                      <w:b/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                    <w:t>Additional Information</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+            </w:tr>
+            <w:tr w:rsidR="009076F8" w:rsidRPr="00595386" w14:paraId="166D82CB" w14:textId="77777777" w:rsidTr="00595386">
+              <w:trPr>
+                <w:trHeight w:val="157"/>
+              </w:trPr>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="3084" w:type="dxa"/>
+                  <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+                </w:tcPr>
+                <w:p w14:paraId="50983941" w14:textId="77777777" w:rsidR="009076F8" w:rsidRPr="00595386" w:rsidRDefault="009076F8" w:rsidP="009076F8">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:rFonts w:cstheme="minorHAnsi"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00595386">
+                    <w:rPr>
+                      <w:rFonts w:cstheme="minorHAnsi"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                    <w:t>Impaired Cognition</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="1311" w:type="dxa"/>
+                </w:tcPr>
+                <w:p w14:paraId="7AD952AB" w14:textId="77777777" w:rsidR="009076F8" w:rsidRPr="00595386" w:rsidRDefault="009076F8" w:rsidP="009076F8">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:rFonts w:cstheme="minorHAnsi"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00595386">
+                    <w:rPr>
+                      <w:rFonts w:cstheme="minorHAnsi"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve">No </w:t>
+                  </w:r>
+                  <w:sdt>
+                    <w:sdtPr>
+                      <w:rPr>
+                        <w:rFonts w:cstheme="minorHAnsi"/>
+                        <w:sz w:val="20"/>
+                        <w:szCs w:val="20"/>
+                      </w:rPr>
+                      <w:id w:val="-768774892"/>
+                      <w14:checkbox>
+                        <w14:checked w14:val="0"/>
+                        <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                        <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                      </w14:checkbox>
+                    </w:sdtPr>
+                    <w:sdtEndPr/>
+                    <w:sdtContent>
+                      <w:r w:rsidRPr="00595386">
+                        <w:rPr>
+                          <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t>☐</w:t>
+                      </w:r>
+                    </w:sdtContent>
+                  </w:sdt>
+                  <w:r w:rsidRPr="00595386">
+                    <w:rPr>
+                      <w:rFonts w:cstheme="minorHAnsi"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve">  Yes </w:t>
+                  </w:r>
+                  <w:sdt>
+                    <w:sdtPr>
+                      <w:rPr>
+                        <w:rFonts w:cstheme="minorHAnsi"/>
+                        <w:sz w:val="20"/>
+                        <w:szCs w:val="20"/>
+                      </w:rPr>
+                      <w:id w:val="-109748025"/>
+                      <w14:checkbox>
+                        <w14:checked w14:val="0"/>
+                        <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                        <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                      </w14:checkbox>
+                    </w:sdtPr>
+                    <w:sdtEndPr/>
+                    <w:sdtContent>
+                      <w:r w:rsidRPr="00595386">
+                        <w:rPr>
+                          <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t>☐</w:t>
+                      </w:r>
+                    </w:sdtContent>
+                  </w:sdt>
+                  <w:r w:rsidRPr="00595386">
+                    <w:rPr>
+                      <w:rFonts w:cstheme="minorHAnsi"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve">   </w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="1559" w:type="dxa"/>
+                </w:tcPr>
+                <w:p w14:paraId="7E456513" w14:textId="77777777" w:rsidR="009076F8" w:rsidRPr="00595386" w:rsidRDefault="009076F8" w:rsidP="009076F8">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:rFonts w:cstheme="minorHAnsi"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00595386">
+                    <w:rPr>
+                      <w:rFonts w:cstheme="minorHAnsi"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                    <w:t>Impaired Vision</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="1258" w:type="dxa"/>
+                </w:tcPr>
+                <w:p w14:paraId="47438CF4" w14:textId="77777777" w:rsidR="009076F8" w:rsidRPr="00595386" w:rsidRDefault="009076F8" w:rsidP="009076F8">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:rFonts w:cstheme="minorHAnsi"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00595386">
+                    <w:rPr>
+                      <w:rFonts w:cstheme="minorHAnsi"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve">No </w:t>
+                  </w:r>
+                  <w:sdt>
+                    <w:sdtPr>
+                      <w:rPr>
+                        <w:rFonts w:cstheme="minorHAnsi"/>
+                        <w:sz w:val="20"/>
+                        <w:szCs w:val="20"/>
+                      </w:rPr>
+                      <w:id w:val="-1211720748"/>
+                      <w14:checkbox>
+                        <w14:checked w14:val="0"/>
+                        <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                        <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                      </w14:checkbox>
+                    </w:sdtPr>
+                    <w:sdtEndPr/>
+                    <w:sdtContent>
+                      <w:r w:rsidRPr="00595386">
+                        <w:rPr>
+                          <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t>☐</w:t>
+                      </w:r>
+                    </w:sdtContent>
+                  </w:sdt>
+                  <w:r w:rsidRPr="00595386">
+                    <w:rPr>
+                      <w:rFonts w:cstheme="minorHAnsi"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve">  Yes </w:t>
+                  </w:r>
+                  <w:sdt>
+                    <w:sdtPr>
+                      <w:rPr>
+                        <w:rFonts w:cstheme="minorHAnsi"/>
+                        <w:sz w:val="20"/>
+                        <w:szCs w:val="20"/>
+                      </w:rPr>
+                      <w:id w:val="2048796474"/>
+                      <w14:checkbox>
+                        <w14:checked w14:val="0"/>
+                        <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                        <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                      </w14:checkbox>
+                    </w:sdtPr>
+                    <w:sdtEndPr/>
+                    <w:sdtContent>
+                      <w:r w:rsidRPr="00595386">
+                        <w:rPr>
+                          <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t>☐</w:t>
+                      </w:r>
+                    </w:sdtContent>
+                  </w:sdt>
+                  <w:r w:rsidRPr="00595386">
+                    <w:rPr>
+                      <w:rFonts w:cstheme="minorHAnsi"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve">   </w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="4128" w:type="dxa"/>
+                  <w:vMerge w:val="restart"/>
+                </w:tcPr>
+                <w:p w14:paraId="05833AA5" w14:textId="77777777" w:rsidR="009076F8" w:rsidRPr="00595386" w:rsidRDefault="009076F8" w:rsidP="009076F8">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:rFonts w:cstheme="minorHAnsi"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00595386">
+                    <w:rPr>
+                      <w:rFonts w:cstheme="minorHAnsi"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                    <w:t>If yes, please provide details below:</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+            </w:tr>
+            <w:tr w:rsidR="009076F8" w:rsidRPr="00595386" w14:paraId="2BBC0CF4" w14:textId="77777777" w:rsidTr="00595386">
+              <w:trPr>
+                <w:trHeight w:val="157"/>
+              </w:trPr>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="3084" w:type="dxa"/>
+                  <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+                </w:tcPr>
+                <w:p w14:paraId="023F57BA" w14:textId="77777777" w:rsidR="009076F8" w:rsidRPr="00595386" w:rsidRDefault="009076F8" w:rsidP="009076F8">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:rFonts w:cstheme="minorHAnsi"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00595386">
+                    <w:rPr>
+                      <w:rFonts w:cstheme="minorHAnsi"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                    <w:t>Communication Difficulties</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="1311" w:type="dxa"/>
+                </w:tcPr>
+                <w:p w14:paraId="531533F7" w14:textId="77777777" w:rsidR="009076F8" w:rsidRPr="00595386" w:rsidRDefault="009076F8" w:rsidP="009076F8">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:rFonts w:cstheme="minorHAnsi"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00595386">
+                    <w:rPr>
+                      <w:rFonts w:cstheme="minorHAnsi"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve">No </w:t>
+                  </w:r>
+                  <w:sdt>
+                    <w:sdtPr>
+                      <w:rPr>
+                        <w:rFonts w:cstheme="minorHAnsi"/>
+                        <w:sz w:val="20"/>
+                        <w:szCs w:val="20"/>
+                      </w:rPr>
+                      <w:id w:val="86052671"/>
+                      <w14:checkbox>
+                        <w14:checked w14:val="0"/>
+                        <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                        <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                      </w14:checkbox>
+                    </w:sdtPr>
+                    <w:sdtEndPr/>
+                    <w:sdtContent>
+                      <w:r w:rsidRPr="00595386">
+                        <w:rPr>
+                          <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t>☐</w:t>
+                      </w:r>
+                    </w:sdtContent>
+                  </w:sdt>
+                  <w:r w:rsidRPr="00595386">
+                    <w:rPr>
+                      <w:rFonts w:cstheme="minorHAnsi"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve">  Yes </w:t>
+                  </w:r>
+                  <w:sdt>
+                    <w:sdtPr>
+                      <w:rPr>
+                        <w:rFonts w:cstheme="minorHAnsi"/>
+                        <w:sz w:val="20"/>
+                        <w:szCs w:val="20"/>
+                      </w:rPr>
+                      <w:id w:val="934481764"/>
+                      <w14:checkbox>
+                        <w14:checked w14:val="0"/>
+                        <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                        <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                      </w14:checkbox>
+                    </w:sdtPr>
+                    <w:sdtEndPr/>
+                    <w:sdtContent>
+                      <w:r w:rsidRPr="00595386">
+                        <w:rPr>
+                          <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t>☐</w:t>
+                      </w:r>
+                    </w:sdtContent>
+                  </w:sdt>
+                  <w:r w:rsidRPr="00595386">
+                    <w:rPr>
+                      <w:rFonts w:cstheme="minorHAnsi"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve">   </w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="1559" w:type="dxa"/>
+                </w:tcPr>
+                <w:p w14:paraId="6F7769D0" w14:textId="77777777" w:rsidR="009076F8" w:rsidRPr="00595386" w:rsidRDefault="009076F8" w:rsidP="009076F8">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:rFonts w:cstheme="minorHAnsi"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00595386">
+                    <w:rPr>
+                      <w:rFonts w:cstheme="minorHAnsi"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                    <w:t>Impaired Hearing</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="1258" w:type="dxa"/>
+                </w:tcPr>
+                <w:p w14:paraId="532354A9" w14:textId="77777777" w:rsidR="009076F8" w:rsidRPr="00595386" w:rsidRDefault="009076F8" w:rsidP="009076F8">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:rFonts w:cstheme="minorHAnsi"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00595386">
+                    <w:rPr>
+                      <w:rFonts w:cstheme="minorHAnsi"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve">No </w:t>
+                  </w:r>
+                  <w:sdt>
+                    <w:sdtPr>
+                      <w:rPr>
+                        <w:rFonts w:cstheme="minorHAnsi"/>
+                        <w:sz w:val="20"/>
+                        <w:szCs w:val="20"/>
+                      </w:rPr>
+                      <w:id w:val="623665657"/>
+                      <w14:checkbox>
+                        <w14:checked w14:val="0"/>
+                        <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                        <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                      </w14:checkbox>
+                    </w:sdtPr>
+                    <w:sdtEndPr/>
+                    <w:sdtContent>
+                      <w:r w:rsidRPr="00595386">
+                        <w:rPr>
+                          <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t>☐</w:t>
+                      </w:r>
+                    </w:sdtContent>
+                  </w:sdt>
+                  <w:r w:rsidRPr="00595386">
+                    <w:rPr>
+                      <w:rFonts w:cstheme="minorHAnsi"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve">  Yes </w:t>
+                  </w:r>
+                  <w:sdt>
+                    <w:sdtPr>
+                      <w:rPr>
+                        <w:rFonts w:cstheme="minorHAnsi"/>
+                        <w:sz w:val="20"/>
+                        <w:szCs w:val="20"/>
+                      </w:rPr>
+                      <w:id w:val="-586219442"/>
+                      <w14:checkbox>
+                        <w14:checked w14:val="0"/>
+                        <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                        <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                      </w14:checkbox>
+                    </w:sdtPr>
+                    <w:sdtEndPr/>
+                    <w:sdtContent>
+                      <w:r w:rsidRPr="00595386">
+                        <w:rPr>
+                          <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t>☐</w:t>
+                      </w:r>
+                    </w:sdtContent>
+                  </w:sdt>
+                  <w:r w:rsidRPr="00595386">
+                    <w:rPr>
+                      <w:rFonts w:cstheme="minorHAnsi"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve">   </w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="4128" w:type="dxa"/>
+                  <w:vMerge/>
+                </w:tcPr>
+                <w:p w14:paraId="0D73BA3A" w14:textId="77777777" w:rsidR="009076F8" w:rsidRPr="00595386" w:rsidRDefault="009076F8" w:rsidP="009076F8">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:rFonts w:cstheme="minorHAnsi"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+              </w:tc>
+            </w:tr>
+            <w:tr w:rsidR="009076F8" w:rsidRPr="00595386" w14:paraId="7FBEB3FD" w14:textId="77777777" w:rsidTr="00595386">
+              <w:trPr>
+                <w:trHeight w:val="631"/>
+              </w:trPr>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="3084" w:type="dxa"/>
+                  <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+                </w:tcPr>
+                <w:p w14:paraId="6849A3DC" w14:textId="77777777" w:rsidR="009076F8" w:rsidRPr="00595386" w:rsidRDefault="009076F8" w:rsidP="009076F8">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:rFonts w:cstheme="minorHAnsi"/>
+                      <w:b/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00595386">
+                    <w:rPr>
+                      <w:rFonts w:cstheme="minorHAnsi"/>
+                      <w:b/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                    <w:t>Safeguarding concerns</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="1311" w:type="dxa"/>
+                </w:tcPr>
+                <w:p w14:paraId="6C202A1A" w14:textId="77777777" w:rsidR="009076F8" w:rsidRPr="00595386" w:rsidRDefault="009076F8" w:rsidP="009076F8">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:rFonts w:cstheme="minorHAnsi"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00595386">
+                    <w:rPr>
+                      <w:rFonts w:cstheme="minorHAnsi"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve">No </w:t>
+                  </w:r>
+                  <w:sdt>
+                    <w:sdtPr>
+                      <w:rPr>
+                        <w:rFonts w:cstheme="minorHAnsi"/>
+                        <w:sz w:val="20"/>
+                        <w:szCs w:val="20"/>
+                      </w:rPr>
+                      <w:id w:val="-1007290381"/>
+                      <w14:checkbox>
+                        <w14:checked w14:val="0"/>
+                        <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                        <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                      </w14:checkbox>
+                    </w:sdtPr>
+                    <w:sdtEndPr/>
+                    <w:sdtContent>
+                      <w:r w:rsidR="003126B8" w:rsidRPr="00595386">
+                        <w:rPr>
+                          <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t>☐</w:t>
+                      </w:r>
+                    </w:sdtContent>
+                  </w:sdt>
+                  <w:r w:rsidRPr="00595386">
+                    <w:rPr>
+                      <w:rFonts w:cstheme="minorHAnsi"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve">  Yes </w:t>
+                  </w:r>
+                  <w:sdt>
+                    <w:sdtPr>
+                      <w:rPr>
+                        <w:rFonts w:cstheme="minorHAnsi"/>
+                        <w:sz w:val="20"/>
+                        <w:szCs w:val="20"/>
+                      </w:rPr>
+                      <w:id w:val="-76058042"/>
+                      <w14:checkbox>
+                        <w14:checked w14:val="0"/>
+                        <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                        <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                      </w14:checkbox>
+                    </w:sdtPr>
+                    <w:sdtEndPr/>
+                    <w:sdtContent>
+                      <w:r w:rsidR="00F75ABD" w:rsidRPr="00595386">
+                        <w:rPr>
+                          <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t>☐</w:t>
+                      </w:r>
+                    </w:sdtContent>
+                  </w:sdt>
+                  <w:r w:rsidRPr="00595386">
+                    <w:rPr>
+                      <w:rFonts w:cstheme="minorHAnsi"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve">   </w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="1559" w:type="dxa"/>
+                  <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF" w:themeFill="background1" w:themeFillShade="BF"/>
+                </w:tcPr>
+                <w:p w14:paraId="28FC18F7" w14:textId="77777777" w:rsidR="009076F8" w:rsidRPr="00595386" w:rsidRDefault="009076F8" w:rsidP="009076F8">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:rFonts w:cstheme="minorHAnsi"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="1258" w:type="dxa"/>
+                  <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF" w:themeFill="background1" w:themeFillShade="BF"/>
+                </w:tcPr>
+                <w:p w14:paraId="6A567666" w14:textId="77777777" w:rsidR="009076F8" w:rsidRPr="00595386" w:rsidRDefault="009076F8" w:rsidP="009076F8">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:rFonts w:cstheme="minorHAnsi"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="4128" w:type="dxa"/>
+                  <w:vMerge/>
+                </w:tcPr>
+                <w:p w14:paraId="12090983" w14:textId="77777777" w:rsidR="009076F8" w:rsidRPr="00595386" w:rsidRDefault="009076F8" w:rsidP="009076F8">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:rFonts w:cstheme="minorHAnsi"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+              </w:tc>
+            </w:tr>
+          </w:tbl>
+          <w:p w14:paraId="520BE31A" w14:textId="77777777" w:rsidR="009076F8" w:rsidRPr="00595386" w:rsidRDefault="009076F8" w:rsidP="009076F8">
+            <w:pPr>
+              <w:spacing w:line="120" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2D142F64" w14:textId="77777777" w:rsidR="009076F8" w:rsidRPr="00595386" w:rsidRDefault="009076F8" w:rsidP="00BC1941">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00AD03F8" w14:paraId="7381794A" w14:textId="77777777" w:rsidTr="00595386">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5890" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D0CECE" w:themeFill="background2" w:themeFillShade="E6"/>
+          </w:tcPr>
+          <w:p w14:paraId="72F0033F" w14:textId="77777777" w:rsidR="00AD03F8" w:rsidRPr="00595386" w:rsidRDefault="00AD03F8" w:rsidP="006B0D53">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00595386">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Reason for Referral</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5450" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+          </w:tcPr>
+          <w:p w14:paraId="7CB98071" w14:textId="77777777" w:rsidR="00AD03F8" w:rsidRPr="00595386" w:rsidRDefault="00AD03F8" w:rsidP="006B0D53">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00595386">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Patient consented to referral</w:t>
+            </w:r>
+            <w:r w:rsidR="00DA60FD" w:rsidRPr="00595386">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (must </w:t>
+            </w:r>
+            <w:r w:rsidR="0088126B" w:rsidRPr="00595386">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">be </w:t>
+            </w:r>
+            <w:r w:rsidR="00DA60FD" w:rsidRPr="00595386">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">given):  Yes </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:cstheme="minorHAnsi"/>
-                  <w:sz w:val="18"/>
-[...258 lines deleted...]
-                <w:rPr>
                   <w:b/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:id w:val="1155954908"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="00DA60FD">
+                <w:r w:rsidR="00DA60FD" w:rsidRPr="00595386">
                   <w:rPr>
-                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+                    <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                     <w:b/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00AD03F8" w:rsidTr="002D4E58">
+      <w:tr w:rsidR="00AD03F8" w14:paraId="7E23BA62" w14:textId="77777777" w:rsidTr="00595386">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="11340" w:type="dxa"/>
-            <w:gridSpan w:val="12"/>
+            <w:gridSpan w:val="10"/>
           </w:tcPr>
-          <w:p w:rsidR="00510037" w:rsidRDefault="00AD03F8" w:rsidP="006B0D53">
-[...50 lines deleted...]
-                <w:szCs w:val="18"/>
+          <w:p w14:paraId="49171108" w14:textId="77777777" w:rsidR="009076F8" w:rsidRPr="004D45AC" w:rsidRDefault="001531DD" w:rsidP="003126B8">
+            <w:pPr>
+              <w:rPr>
+                <w:rStyle w:val="Emphasis"/>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004D45AC">
+              <w:rPr>
+                <w:rStyle w:val="Emphasis"/>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Please selec</w:t>
+            </w:r>
+            <w:r w:rsidR="004A6BB9" w:rsidRPr="004D45AC">
+              <w:rPr>
+                <w:rStyle w:val="Emphasis"/>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">t service: </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004D45AC">
+              <w:rPr>
+                <w:rStyle w:val="Emphasis"/>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="009076F8" w:rsidRPr="004D45AC">
+              <w:rPr>
+                <w:rStyle w:val="Emphasis"/>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  Falls clinic</w:t>
+            </w:r>
+            <w:r w:rsidR="004A6BB9" w:rsidRPr="004D45AC">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                  <w:color w:val="FF0000"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:id w:val="1720012400"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="004A6BB9" w:rsidRPr="004D45AC">
+                  <w:rPr>
+                    <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+                    <w:color w:val="FF0000"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidR="004A6BB9" w:rsidRPr="004D45AC">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">   </w:t>
+            </w:r>
+            <w:r w:rsidR="003126B8" w:rsidRPr="004D45AC">
+              <w:rPr>
+                <w:rStyle w:val="Emphasis"/>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">   </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004D45AC">
+              <w:rPr>
+                <w:rStyle w:val="Emphasis"/>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="003126B8" w:rsidRPr="004D45AC">
+              <w:rPr>
+                <w:rStyle w:val="Emphasis"/>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">PT </w:t>
+            </w:r>
+            <w:r w:rsidR="00F75ABD" w:rsidRPr="004D45AC">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                  <w:color w:val="FF0000"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:id w:val="-822044762"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="00F75ABD" w:rsidRPr="004D45AC">
+                  <w:rPr>
+                    <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+                    <w:color w:val="FF0000"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidR="00F75ABD" w:rsidRPr="004D45AC">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">   </w:t>
+            </w:r>
+            <w:r w:rsidR="004A6BB9" w:rsidRPr="004D45AC">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+            <w:r w:rsidR="003126B8" w:rsidRPr="004D45AC">
+              <w:rPr>
+                <w:rStyle w:val="Emphasis"/>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">     OT  </w:t>
+            </w:r>
+            <w:r w:rsidR="00F75ABD" w:rsidRPr="004D45AC">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                  <w:color w:val="FF0000"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:id w:val="421540524"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="00F75ABD" w:rsidRPr="004D45AC">
+                  <w:rPr>
+                    <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+                    <w:color w:val="FF0000"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidR="00F75ABD" w:rsidRPr="004D45AC">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">   </w:t>
+            </w:r>
+            <w:r w:rsidR="003126B8" w:rsidRPr="004D45AC">
+              <w:rPr>
+                <w:rStyle w:val="Emphasis"/>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">   </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004D45AC">
+              <w:rPr>
+                <w:rStyle w:val="Emphasis"/>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Falls prevention exercises   </w:t>
+            </w:r>
+            <w:r w:rsidR="00F75ABD" w:rsidRPr="004D45AC">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                  <w:color w:val="FF0000"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:id w:val="1000083385"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="00F75ABD" w:rsidRPr="004D45AC">
+                  <w:rPr>
+                    <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+                    <w:color w:val="FF0000"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidR="00F75ABD" w:rsidRPr="004D45AC">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">   </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004D45AC">
+              <w:rPr>
+                <w:rStyle w:val="Emphasis"/>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+            <w:r w:rsidR="003126B8" w:rsidRPr="004D45AC">
+              <w:rPr>
+                <w:rStyle w:val="Emphasis"/>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004D45AC">
+              <w:rPr>
+                <w:rStyle w:val="Emphasis"/>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Walking Aid replacement</w:t>
+            </w:r>
+            <w:r w:rsidR="004A6BB9" w:rsidRPr="004D45AC">
+              <w:rPr>
+                <w:rStyle w:val="Emphasis"/>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="004A6BB9" w:rsidRPr="004D45AC">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                  <w:color w:val="FF0000"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:id w:val="-1317638804"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="004A6BB9" w:rsidRPr="004D45AC">
+                  <w:rPr>
+                    <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+                    <w:color w:val="FF0000"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidR="004A6BB9" w:rsidRPr="004D45AC">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">   </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="14F53135" w14:textId="77777777" w:rsidR="00AC30FC" w:rsidRPr="00595386" w:rsidRDefault="00AC30FC" w:rsidP="001531DD">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rStyle w:val="Emphasis"/>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="1D6D74CE" w14:textId="77777777" w:rsidR="003D489A" w:rsidRPr="00595386" w:rsidRDefault="00BE5737" w:rsidP="006B0D53">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00595386">
+              <w:rPr>
+                <w:rStyle w:val="Emphasis"/>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">What specific functional difficulties </w:t>
+            </w:r>
+            <w:r w:rsidR="00D7542A" w:rsidRPr="00595386">
+              <w:rPr>
+                <w:rStyle w:val="Emphasis"/>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>would the</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00595386">
+              <w:rPr>
+                <w:rStyle w:val="Emphasis"/>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> patient</w:t>
+            </w:r>
+            <w:r w:rsidR="00D7542A" w:rsidRPr="00595386">
+              <w:rPr>
+                <w:rStyle w:val="Emphasis"/>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> like support with,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00595386">
+              <w:rPr>
+                <w:rStyle w:val="Emphasis"/>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> that you would like Occupational Therapy and physiotherapy to address? </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00595386">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>(</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00595386">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>For example: personal care, meal preparation, fatigue management, mobility safety, cognitive support, strength and balance, transfers, falls)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0B26BF4E" w14:textId="77777777" w:rsidR="00BE5737" w:rsidRPr="00595386" w:rsidRDefault="00BE5737" w:rsidP="006B0D53">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="6885DD37" w14:textId="77777777" w:rsidR="00BE5737" w:rsidRPr="00595386" w:rsidRDefault="00BE5737" w:rsidP="006B0D53">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="72846490" w14:textId="77777777" w:rsidR="00BE5737" w:rsidRPr="00595386" w:rsidRDefault="00BE5737" w:rsidP="006B0D53">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="5C12E37E" w14:textId="77777777" w:rsidR="00BE5737" w:rsidRPr="00595386" w:rsidRDefault="00BE5737" w:rsidP="006B0D53">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="5BAE4A4A" w14:textId="77777777" w:rsidR="00BE5737" w:rsidRPr="00595386" w:rsidRDefault="00BE5737" w:rsidP="006B0D53">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="4864D9D7" w14:textId="77777777" w:rsidR="00BE5737" w:rsidRPr="00595386" w:rsidRDefault="00BE5737" w:rsidP="006B0D53">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="6005E897" w14:textId="77777777" w:rsidR="00BE5737" w:rsidRPr="00595386" w:rsidRDefault="00BE5737" w:rsidP="006B0D53">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="5DB8E0BD" w14:textId="77777777" w:rsidR="00BE5737" w:rsidRPr="00595386" w:rsidRDefault="00BE5737" w:rsidP="006B0D53">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="1892A47B" w14:textId="77777777" w:rsidR="00BE5737" w:rsidRPr="00595386" w:rsidRDefault="00BE5737" w:rsidP="006B0D53">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="4CBCB2CA" w14:textId="77777777" w:rsidR="00BE5737" w:rsidRPr="00595386" w:rsidRDefault="00BE5737" w:rsidP="006B0D53">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C671C4" w:rsidTr="007F681C">
+      <w:tr w:rsidR="00C671C4" w14:paraId="3F8DB947" w14:textId="77777777" w:rsidTr="00595386">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="11340" w:type="dxa"/>
-            <w:gridSpan w:val="12"/>
+            <w:gridSpan w:val="10"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C671C4" w:rsidRPr="00CA1084" w:rsidRDefault="00C671C4" w:rsidP="00387F81">
-[...9 lines deleted...]
-                <w:szCs w:val="18"/>
+          <w:p w14:paraId="3BB23AFC" w14:textId="77777777" w:rsidR="00C671C4" w:rsidRPr="00595386" w:rsidRDefault="00C671C4" w:rsidP="00387F81">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00595386">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Has there been a recent admission to hospital   No  </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
-                  <w:sz w:val="18"/>
-                  <w:szCs w:val="18"/>
+                  <w:rFonts w:cstheme="minorHAnsi"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:id w:val="-1972813101"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r>
+                <w:r w:rsidRPr="00595386">
                   <w:rPr>
-                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
-[...1 lines deleted...]
-                    <w:szCs w:val="18"/>
+                    <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
-            <w:r>
-[...2 lines deleted...]
-                <w:szCs w:val="18"/>
+            <w:r w:rsidRPr="00595386">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">   Yes </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
-                  <w:sz w:val="18"/>
-                  <w:szCs w:val="18"/>
+                  <w:rFonts w:cstheme="minorHAnsi"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:id w:val="-331065413"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r>
+                <w:r w:rsidRPr="00595386">
                   <w:rPr>
-                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
-[...1 lines deleted...]
-                    <w:szCs w:val="18"/>
+                    <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
-            <w:r>
-[...2 lines deleted...]
-                <w:szCs w:val="18"/>
+            <w:r w:rsidRPr="00595386">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">  If yes</w:t>
             </w:r>
-            <w:r w:rsidR="00CA1084">
-[...2 lines deleted...]
-                <w:szCs w:val="18"/>
+            <w:r w:rsidR="00CA1084" w:rsidRPr="00595386">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>,</w:t>
             </w:r>
-            <w:r>
-[...2 lines deleted...]
-                <w:szCs w:val="18"/>
+            <w:r w:rsidRPr="00595386">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> please provide </w:t>
             </w:r>
-            <w:r w:rsidR="00CA1084">
-[...2 lines deleted...]
-                <w:szCs w:val="18"/>
+            <w:r w:rsidR="00CA1084" w:rsidRPr="00595386">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>the following details:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CA1084" w:rsidTr="007F681C">
+      <w:tr w:rsidR="00CA1084" w14:paraId="2AE95B4D" w14:textId="77777777" w:rsidTr="00595386">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3793" w:type="dxa"/>
+            <w:tcW w:w="4815" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00CA1084" w:rsidRDefault="00CA1084" w:rsidP="00387F81">
-[...9 lines deleted...]
-                <w:szCs w:val="18"/>
+          <w:p w14:paraId="3B09A991" w14:textId="77777777" w:rsidR="00CA1084" w:rsidRPr="00595386" w:rsidRDefault="00CA1084" w:rsidP="00387F81">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00595386">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Admission date:                                                         </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7547" w:type="dxa"/>
-            <w:gridSpan w:val="8"/>
+            <w:tcW w:w="6525" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00CA1084" w:rsidRDefault="00CA1084" w:rsidP="00387F81">
-[...9 lines deleted...]
-                <w:szCs w:val="18"/>
+          <w:p w14:paraId="7CBAF22B" w14:textId="77777777" w:rsidR="00CA1084" w:rsidRPr="00595386" w:rsidRDefault="00CA1084" w:rsidP="00387F81">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00595386">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Discharge Date:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CA1084" w:rsidTr="007F681C">
+      <w:tr w:rsidR="00CA1084" w14:paraId="784BAD4C" w14:textId="77777777" w:rsidTr="00595386">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3793" w:type="dxa"/>
+            <w:tcW w:w="4815" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00CA1084" w:rsidRDefault="00CA1084" w:rsidP="00387F81">
-[...9 lines deleted...]
-                <w:szCs w:val="18"/>
+          <w:p w14:paraId="5560603A" w14:textId="77777777" w:rsidR="00CA1084" w:rsidRPr="00595386" w:rsidRDefault="00CA1084" w:rsidP="00387F81">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00595386">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Hospital admitted to:                                               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7547" w:type="dxa"/>
-            <w:gridSpan w:val="8"/>
+            <w:tcW w:w="6525" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00CA1084" w:rsidRDefault="00CA1084" w:rsidP="00387F81">
-[...9 lines deleted...]
-                <w:szCs w:val="18"/>
+          <w:p w14:paraId="6D58874E" w14:textId="77777777" w:rsidR="00CA1084" w:rsidRPr="00595386" w:rsidRDefault="00CA1084" w:rsidP="00387F81">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00595386">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Reason for admission:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00AD03F8" w:rsidRPr="00510037" w:rsidTr="005D640E">
+      <w:tr w:rsidR="00AD03F8" w:rsidRPr="00510037" w14:paraId="03E49125" w14:textId="77777777" w:rsidTr="00595386">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5173" w:type="dxa"/>
-            <w:gridSpan w:val="6"/>
+            <w:tcW w:w="5890" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
           </w:tcPr>
-          <w:p w:rsidR="00AD03F8" w:rsidRDefault="00510037" w:rsidP="006B0D53">
-[...10 lines deleted...]
-              </w:rPr>
+          <w:p w14:paraId="0A444775" w14:textId="77777777" w:rsidR="00AD03F8" w:rsidRPr="00595386" w:rsidRDefault="00510037" w:rsidP="006B0D53">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00595386">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>Relevant Past Medical History:</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00DA60FD" w:rsidRDefault="00DA60FD" w:rsidP="006B0D53">
-[...27 lines deleted...]
-                <w:szCs w:val="18"/>
+          <w:p w14:paraId="7875F6F1" w14:textId="77777777" w:rsidR="00DA60FD" w:rsidRPr="00595386" w:rsidRDefault="00DA60FD" w:rsidP="006B0D53">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="608F7888" w14:textId="77777777" w:rsidR="00646889" w:rsidRPr="00595386" w:rsidRDefault="00646889" w:rsidP="006B0D53">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="7B0FD258" w14:textId="77777777" w:rsidR="00510037" w:rsidRPr="00595386" w:rsidRDefault="00510037" w:rsidP="006B0D53">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="29056B1D" w14:textId="77777777" w:rsidR="00510037" w:rsidRPr="00595386" w:rsidRDefault="00510037" w:rsidP="006B0D53">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6167" w:type="dxa"/>
-            <w:gridSpan w:val="6"/>
+            <w:tcW w:w="5450" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
           </w:tcPr>
-          <w:p w:rsidR="00AD03F8" w:rsidRPr="00510037" w:rsidRDefault="00510037" w:rsidP="006B0D53">
-[...18 lines deleted...]
-              <w:t>:</w:t>
+          <w:p w14:paraId="4FEAF5CD" w14:textId="77777777" w:rsidR="00AD03F8" w:rsidRPr="00595386" w:rsidRDefault="00510037" w:rsidP="006B0D53">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00595386">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Current Medication (GP please attached medication summary):</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00AD03F8" w:rsidTr="005D640E">
+      <w:tr w:rsidR="00AD03F8" w14:paraId="48058648" w14:textId="77777777" w:rsidTr="00595386">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5173" w:type="dxa"/>
-            <w:gridSpan w:val="6"/>
+            <w:tcW w:w="5890" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D0CECE" w:themeFill="background2" w:themeFillShade="E6"/>
           </w:tcPr>
-          <w:p w:rsidR="00AD03F8" w:rsidRPr="00510037" w:rsidRDefault="00510037" w:rsidP="006B0D53">
-[...8 lines deleted...]
-              <w:rPr>
+          <w:p w14:paraId="72A0D97B" w14:textId="77777777" w:rsidR="00AD03F8" w:rsidRPr="00595386" w:rsidRDefault="00510037" w:rsidP="006B0D53">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00595386">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Falls</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6167" w:type="dxa"/>
-            <w:gridSpan w:val="6"/>
+            <w:tcW w:w="5450" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D0CECE" w:themeFill="background2" w:themeFillShade="E6"/>
           </w:tcPr>
-          <w:p w:rsidR="00AD03F8" w:rsidRDefault="00AD03F8" w:rsidP="006B0D53"/>
+          <w:p w14:paraId="1FC447DC" w14:textId="77777777" w:rsidR="00AD03F8" w:rsidRPr="00595386" w:rsidRDefault="00AD03F8" w:rsidP="006B0D53">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00ED3DD0" w:rsidRPr="00FC372A" w:rsidTr="005D640E">
+      <w:tr w:rsidR="00ED3DD0" w:rsidRPr="00FC372A" w14:paraId="2BF67332" w14:textId="77777777" w:rsidTr="00595386">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5173" w:type="dxa"/>
-            <w:gridSpan w:val="6"/>
+            <w:tcW w:w="5890" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
           </w:tcPr>
-          <w:p w:rsidR="00ED3DD0" w:rsidRPr="00FC372A" w:rsidRDefault="00ED3DD0" w:rsidP="00BC1941">
+          <w:p w14:paraId="16FD5D50" w14:textId="77777777" w:rsidR="00ED3DD0" w:rsidRPr="00595386" w:rsidRDefault="00ED3DD0" w:rsidP="00BC1941">
             <w:pPr>
               <w:spacing w:line="259" w:lineRule="auto"/>
               <w:rPr>
-                <w:b/>
-[...7 lines deleted...]
-                <w:szCs w:val="18"/>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00595386">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Is the person falling/at risk of falling?  Yes   </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
-                  <w:sz w:val="18"/>
-                  <w:szCs w:val="18"/>
+                  <w:rFonts w:cstheme="minorHAnsi"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:id w:val="1487663733"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidRPr="00FC372A">
+                <w:r w:rsidRPr="00595386">
                   <w:rPr>
                     <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
-                    <w:sz w:val="18"/>
-                    <w:szCs w:val="18"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
-            <w:r w:rsidRPr="00FC372A">
-[...2 lines deleted...]
-                <w:szCs w:val="18"/>
+            <w:r w:rsidRPr="00595386">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">    No </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
-                  <w:sz w:val="18"/>
-                  <w:szCs w:val="18"/>
+                  <w:rFonts w:cstheme="minorHAnsi"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:id w:val="-252664387"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidRPr="00FC372A">
+                <w:r w:rsidRPr="00595386">
                   <w:rPr>
                     <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
-                    <w:sz w:val="18"/>
-                    <w:szCs w:val="18"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
-          <w:p w:rsidR="00ED3DD0" w:rsidRPr="00FC372A" w:rsidRDefault="00ED3DD0" w:rsidP="00BC1941">
+          <w:p w14:paraId="10F181C9" w14:textId="77777777" w:rsidR="00ED3DD0" w:rsidRPr="00595386" w:rsidRDefault="00ED3DD0" w:rsidP="00BC1941">
             <w:pPr>
               <w:spacing w:line="259" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
-                <w:sz w:val="18"/>
-[...7 lines deleted...]
-                <w:szCs w:val="18"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00595386">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Frequency of Falls: Daily </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:cstheme="minorHAnsi"/>
-                  <w:sz w:val="18"/>
-                  <w:szCs w:val="18"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:id w:val="-1472582510"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidRPr="00FC372A">
+                <w:r w:rsidRPr="00595386">
                   <w:rPr>
                     <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
-                    <w:sz w:val="18"/>
-                    <w:szCs w:val="18"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
-            <w:r w:rsidRPr="00FC372A">
-[...3 lines deleted...]
-                <w:szCs w:val="18"/>
+            <w:r w:rsidRPr="00595386">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">    Weekly  </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:cstheme="minorHAnsi"/>
-                  <w:sz w:val="18"/>
-                  <w:szCs w:val="18"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:id w:val="902870700"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidRPr="00FC372A">
+                <w:r w:rsidRPr="00595386">
                   <w:rPr>
                     <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
-                    <w:sz w:val="18"/>
-                    <w:szCs w:val="18"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
-            <w:r w:rsidRPr="00FC372A">
-[...3 lines deleted...]
-                <w:szCs w:val="18"/>
+            <w:r w:rsidRPr="00595386">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">     Monthly </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:cstheme="minorHAnsi"/>
-                  <w:sz w:val="18"/>
-                  <w:szCs w:val="18"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:id w:val="952445317"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidRPr="00FC372A">
+                <w:r w:rsidRPr="00595386">
                   <w:rPr>
                     <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
-                    <w:sz w:val="18"/>
-                    <w:szCs w:val="18"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
-            <w:r w:rsidRPr="00FC372A">
-[...3 lines deleted...]
-                <w:szCs w:val="18"/>
+            <w:r w:rsidRPr="00595386">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">     Rarely  </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:cstheme="minorHAnsi"/>
-                  <w:sz w:val="18"/>
-                  <w:szCs w:val="18"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:id w:val="786625365"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidRPr="00FC372A">
+                <w:r w:rsidRPr="00595386">
                   <w:rPr>
                     <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
-                    <w:sz w:val="18"/>
-                    <w:szCs w:val="18"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
-          <w:p w:rsidR="00ED3DD0" w:rsidRDefault="00ED3DD0" w:rsidP="00BC1941">
+          <w:p w14:paraId="1C0CA695" w14:textId="77777777" w:rsidR="00ED3DD0" w:rsidRPr="00595386" w:rsidRDefault="00ED3DD0" w:rsidP="00BC1941">
             <w:pPr>
               <w:spacing w:line="259" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
-                <w:sz w:val="18"/>
-[...7 lines deleted...]
-                <w:szCs w:val="18"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00595386">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Date of last fall:</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00ED3DD0" w:rsidRPr="00FC372A" w:rsidRDefault="00ED3DD0" w:rsidP="00BC1941">
+          <w:p w14:paraId="2C5F5C33" w14:textId="77777777" w:rsidR="00ED3DD0" w:rsidRPr="00595386" w:rsidRDefault="00ED3DD0" w:rsidP="00BC1941">
             <w:pPr>
               <w:spacing w:line="259" w:lineRule="auto"/>
               <w:rPr>
-                <w:sz w:val="18"/>
-[...6 lines deleted...]
-                <w:szCs w:val="18"/>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00595386">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Cause of falls/risk of falling if known: </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00ED3DD0" w:rsidRPr="00FC372A" w:rsidRDefault="00ED3DD0" w:rsidP="00BC1941">
+          <w:p w14:paraId="6160E199" w14:textId="77777777" w:rsidR="00ED3DD0" w:rsidRPr="00595386" w:rsidRDefault="00ED3DD0" w:rsidP="00BC1941">
             <w:pPr>
               <w:spacing w:line="259" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
-                <w:sz w:val="18"/>
-[...36 lines deleted...]
-            </w:r>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="5CBB98F3" w14:textId="77777777" w:rsidR="00ED3DD0" w:rsidRDefault="00ED3DD0" w:rsidP="00BC1941">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="23E79179" w14:textId="77777777" w:rsidR="00595386" w:rsidRDefault="00595386" w:rsidP="00BC1941">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="05C497B7" w14:textId="77777777" w:rsidR="00595386" w:rsidRPr="00595386" w:rsidRDefault="00595386" w:rsidP="00BC1941">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6167" w:type="dxa"/>
-            <w:gridSpan w:val="6"/>
+            <w:tcW w:w="5450" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
           </w:tcPr>
-          <w:p w:rsidR="00ED3DD0" w:rsidRPr="00FC372A" w:rsidRDefault="00ED3DD0" w:rsidP="00BC1941">
+          <w:p w14:paraId="61FD0944" w14:textId="77777777" w:rsidR="00ED3DD0" w:rsidRPr="00595386" w:rsidRDefault="00ED3DD0" w:rsidP="00BC1941">
             <w:pPr>
               <w:spacing w:line="259" w:lineRule="auto"/>
               <w:rPr>
-                <w:sz w:val="18"/>
-[...6 lines deleted...]
-                <w:szCs w:val="18"/>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00595386">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Have the falls been investigated? </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00ED3DD0" w:rsidRPr="00FC372A" w:rsidRDefault="00ED3DD0" w:rsidP="00BC1941">
+          <w:p w14:paraId="435961FA" w14:textId="77777777" w:rsidR="00ED3DD0" w:rsidRPr="00595386" w:rsidRDefault="00ED3DD0" w:rsidP="00BC1941">
             <w:pPr>
               <w:spacing w:line="259" w:lineRule="auto"/>
               <w:rPr>
-                <w:sz w:val="18"/>
-[...6 lines deleted...]
-                <w:szCs w:val="18"/>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00595386">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Yes    </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
-                  <w:sz w:val="18"/>
-                  <w:szCs w:val="18"/>
+                  <w:rFonts w:cstheme="minorHAnsi"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:id w:val="1087568126"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidRPr="00FC372A">
+                <w:r w:rsidRPr="00595386">
                   <w:rPr>
                     <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
-                    <w:sz w:val="18"/>
-                    <w:szCs w:val="18"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
-            <w:r w:rsidRPr="00FC372A">
-[...2 lines deleted...]
-                <w:szCs w:val="18"/>
+            <w:r w:rsidRPr="00595386">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">             No </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
-                  <w:sz w:val="18"/>
-                  <w:szCs w:val="18"/>
+                  <w:rFonts w:cstheme="minorHAnsi"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:id w:val="-1666860134"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidRPr="00FC372A">
+                <w:r w:rsidRPr="00595386">
                   <w:rPr>
                     <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
-                    <w:sz w:val="18"/>
-                    <w:szCs w:val="18"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
-          <w:p w:rsidR="00ED3DD0" w:rsidRPr="00FC372A" w:rsidRDefault="000A398E" w:rsidP="00BC1941">
+          <w:p w14:paraId="5710795A" w14:textId="77777777" w:rsidR="00ED3DD0" w:rsidRPr="00595386" w:rsidRDefault="000A398E" w:rsidP="00BC1941">
             <w:pPr>
               <w:spacing w:line="259" w:lineRule="auto"/>
               <w:rPr>
-                <w:sz w:val="18"/>
-[...13 lines deleted...]
-                <w:szCs w:val="18"/>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00595386">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">If </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00595386">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>yes</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00595386">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> please provide d</w:t>
+            </w:r>
+            <w:r w:rsidR="00ED3DD0" w:rsidRPr="00595386">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">etails:                                                                                                                            </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00ED3DD0" w:rsidRPr="00FC372A" w:rsidRDefault="00ED3DD0" w:rsidP="00BC1941">
-[...3 lines deleted...]
-                <w:szCs w:val="18"/>
+          <w:p w14:paraId="2E0C611D" w14:textId="77777777" w:rsidR="00ED3DD0" w:rsidRPr="00595386" w:rsidRDefault="00ED3DD0" w:rsidP="00BC1941">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00510037" w:rsidRPr="00127E6D" w:rsidTr="002D4E58">
+      <w:tr w:rsidR="00510037" w:rsidRPr="00127E6D" w14:paraId="3B32F7AC" w14:textId="77777777" w:rsidTr="00595386">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="11340" w:type="dxa"/>
-            <w:gridSpan w:val="12"/>
+            <w:gridSpan w:val="10"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D0CECE" w:themeFill="background2" w:themeFillShade="E6"/>
           </w:tcPr>
-          <w:p w:rsidR="00510037" w:rsidRPr="00127E6D" w:rsidRDefault="00510037" w:rsidP="00BC1941">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:p w14:paraId="28AE20F4" w14:textId="77777777" w:rsidR="00510037" w:rsidRPr="00595386" w:rsidRDefault="00510037" w:rsidP="00BC1941">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:color w:val="1F497D"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00127E6D">
+            <w:r w:rsidRPr="00595386">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Mobility</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B85868" w:rsidRPr="00127E6D" w:rsidTr="005D640E">
+      <w:tr w:rsidR="00B85868" w:rsidRPr="00127E6D" w14:paraId="13643080" w14:textId="77777777" w:rsidTr="00595386">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2100" w:type="dxa"/>
+            <w:tcW w:w="2269" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00B85868" w:rsidRPr="005D640E" w:rsidRDefault="00B85868" w:rsidP="0046462F">
+          <w:p w14:paraId="2D5462D1" w14:textId="77777777" w:rsidR="00B85868" w:rsidRPr="00595386" w:rsidRDefault="00B85868" w:rsidP="0046462F">
             <w:pPr>
               <w:ind w:right="-113"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b/>
-                <w:sz w:val="18"/>
-                <w:szCs w:val="18"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3073" w:type="dxa"/>
-            <w:gridSpan w:val="5"/>
+            <w:tcW w:w="3621" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
           </w:tcPr>
-          <w:p w:rsidR="00B85868" w:rsidRPr="005D640E" w:rsidRDefault="00B85868" w:rsidP="0046462F">
-[...13 lines deleted...]
-                <w:szCs w:val="18"/>
+          <w:p w14:paraId="195FC3E5" w14:textId="77777777" w:rsidR="00B85868" w:rsidRPr="00595386" w:rsidRDefault="00B85868" w:rsidP="0046462F">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00595386">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Level of dependence</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6167" w:type="dxa"/>
-            <w:gridSpan w:val="6"/>
+            <w:tcW w:w="5450" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
           </w:tcPr>
-          <w:p w:rsidR="00B85868" w:rsidRPr="005D640E" w:rsidRDefault="00B85868" w:rsidP="0046462F">
-[...13 lines deleted...]
-                <w:szCs w:val="18"/>
+          <w:p w14:paraId="09EAE51D" w14:textId="77777777" w:rsidR="00B85868" w:rsidRPr="00595386" w:rsidRDefault="00B85868" w:rsidP="0046462F">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00595386">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Transfer/Mobility Aid</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B85868" w:rsidRPr="00127E6D" w:rsidTr="005D640E">
+      <w:tr w:rsidR="00B85868" w:rsidRPr="00127E6D" w14:paraId="60A9D486" w14:textId="77777777" w:rsidTr="00595386">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2100" w:type="dxa"/>
+            <w:tcW w:w="2269" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00B85868" w:rsidRDefault="00B85868" w:rsidP="0046462F">
+          <w:p w14:paraId="05A5635D" w14:textId="77777777" w:rsidR="00B85868" w:rsidRPr="00595386" w:rsidRDefault="00B85868" w:rsidP="0046462F">
             <w:pPr>
               <w:ind w:right="-113"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
-                <w:sz w:val="18"/>
-[...7 lines deleted...]
-                <w:szCs w:val="18"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00595386">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Transfers</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3073" w:type="dxa"/>
-            <w:gridSpan w:val="5"/>
+            <w:tcW w:w="3621" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
           </w:tcPr>
-          <w:p w:rsidR="00B85868" w:rsidRDefault="00B85868" w:rsidP="005D640E">
-[...21 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+          <w:p w14:paraId="34E1977D" w14:textId="77777777" w:rsidR="00B85868" w:rsidRPr="00595386" w:rsidRDefault="00B85868" w:rsidP="005D640E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00595386">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Independent     </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:cstheme="minorHAnsi"/>
-                  <w:sz w:val="18"/>
-                  <w:szCs w:val="18"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:id w:val="-1474819206"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r>
+                <w:r w:rsidRPr="00595386">
                   <w:rPr>
-                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
-[...1 lines deleted...]
-                    <w:szCs w:val="18"/>
+                    <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
-            <w:r w:rsidR="005D640E">
-[...3 lines deleted...]
-                <w:szCs w:val="18"/>
+            <w:r w:rsidR="005D640E" w:rsidRPr="00595386">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">    </w:t>
             </w:r>
-            <w:r>
-[...3 lines deleted...]
-                <w:szCs w:val="18"/>
+            <w:r w:rsidRPr="00595386">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> Assistance of 1 </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:cstheme="minorHAnsi"/>
-                  <w:sz w:val="18"/>
-                  <w:szCs w:val="18"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:id w:val="-1673783689"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r>
+                <w:r w:rsidRPr="00595386">
                   <w:rPr>
-                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
-[...1 lines deleted...]
-                    <w:szCs w:val="18"/>
+                    <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
-            <w:r>
-[...3 lines deleted...]
-                <w:szCs w:val="18"/>
+            <w:r w:rsidRPr="00595386">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">          Assistance of 2 </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:cstheme="minorHAnsi"/>
-                  <w:sz w:val="18"/>
-                  <w:szCs w:val="18"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:id w:val="-2026085858"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="005D640E">
+                <w:r w:rsidR="005D640E" w:rsidRPr="00595386">
                   <w:rPr>
-                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
-[...1 lines deleted...]
-                    <w:szCs w:val="18"/>
+                    <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
-            <w:r>
-[...21 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+            <w:r w:rsidRPr="00595386">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">      Unable </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:cstheme="minorHAnsi"/>
-                  <w:sz w:val="18"/>
-                  <w:szCs w:val="18"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:id w:val="394480634"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="005D640E">
+                <w:r w:rsidR="005D640E" w:rsidRPr="00595386">
                   <w:rPr>
-                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
-[...1 lines deleted...]
-                    <w:szCs w:val="18"/>
+                    <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6167" w:type="dxa"/>
-            <w:gridSpan w:val="6"/>
+            <w:tcW w:w="5450" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
           </w:tcPr>
-          <w:p w:rsidR="00B85868" w:rsidRDefault="00B85868" w:rsidP="0046462F">
-[...11 lines deleted...]
-                <w:szCs w:val="18"/>
+          <w:p w14:paraId="4D7D72CC" w14:textId="77777777" w:rsidR="00B85868" w:rsidRPr="00595386" w:rsidRDefault="00B85868" w:rsidP="0046462F">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00595386">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Detail transfer aid: </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B85868" w:rsidRPr="00127E6D" w:rsidTr="005D640E">
+      <w:tr w:rsidR="00B85868" w:rsidRPr="00127E6D" w14:paraId="2ED55788" w14:textId="77777777" w:rsidTr="00595386">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2100" w:type="dxa"/>
+            <w:tcW w:w="2269" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00B85868" w:rsidRDefault="00B85868" w:rsidP="0046462F">
+          <w:p w14:paraId="6E4AFF67" w14:textId="77777777" w:rsidR="00B85868" w:rsidRDefault="00B85868" w:rsidP="0046462F">
             <w:pPr>
               <w:ind w:right="-113"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Indoor mobility</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3073" w:type="dxa"/>
-            <w:gridSpan w:val="5"/>
+            <w:tcW w:w="3621" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
           </w:tcPr>
-          <w:p w:rsidR="00B85868" w:rsidRDefault="00B85868" w:rsidP="005D640E">
+          <w:p w14:paraId="4E3513BE" w14:textId="77777777" w:rsidR="00B85868" w:rsidRDefault="00B85868" w:rsidP="005D640E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Independent    </w:t>
             </w:r>
             <w:r w:rsidRPr="00127E6D">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
@@ -2268,54 +5999,54 @@
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:id w:val="-507141158"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6167" w:type="dxa"/>
-            <w:gridSpan w:val="6"/>
+            <w:tcW w:w="5450" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
           </w:tcPr>
-          <w:p w:rsidR="00B85868" w:rsidRDefault="00B85868" w:rsidP="00B85868">
+          <w:p w14:paraId="65434DA4" w14:textId="77777777" w:rsidR="00B85868" w:rsidRDefault="00B85868" w:rsidP="00B85868">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="4280"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00127E6D">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Rollator Frame</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
@@ -2425,102 +6156,102 @@
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Calibri" w:hint="eastAsia"/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:tab/>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00B85868" w:rsidRDefault="00B85868" w:rsidP="00B85868">
+          <w:p w14:paraId="620682D0" w14:textId="77777777" w:rsidR="00B85868" w:rsidRDefault="00B85868" w:rsidP="00B85868">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="4280"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Other: </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B85868" w:rsidRPr="00127E6D" w:rsidTr="005D640E">
+      <w:tr w:rsidR="00B85868" w:rsidRPr="00127E6D" w14:paraId="22F9733C" w14:textId="77777777" w:rsidTr="00595386">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2100" w:type="dxa"/>
+            <w:tcW w:w="2269" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00B85868" w:rsidRDefault="00B85868" w:rsidP="0046462F">
+          <w:p w14:paraId="498BBA72" w14:textId="77777777" w:rsidR="00B85868" w:rsidRDefault="00B85868" w:rsidP="0046462F">
             <w:pPr>
               <w:ind w:right="-113"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Outdoor mobility</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3073" w:type="dxa"/>
-            <w:gridSpan w:val="5"/>
+            <w:tcW w:w="3621" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
           </w:tcPr>
-          <w:p w:rsidR="00B85868" w:rsidRDefault="00B85868" w:rsidP="005D640E">
+          <w:p w14:paraId="107C908B" w14:textId="77777777" w:rsidR="00B85868" w:rsidRDefault="00B85868" w:rsidP="005D640E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Independent    </w:t>
             </w:r>
             <w:r w:rsidRPr="00127E6D">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
@@ -2664,54 +6395,54 @@
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:id w:val="1009488371"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6167" w:type="dxa"/>
-            <w:gridSpan w:val="6"/>
+            <w:tcW w:w="5450" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
           </w:tcPr>
-          <w:p w:rsidR="00B85868" w:rsidRDefault="005D640E" w:rsidP="00B85868">
+          <w:p w14:paraId="15C1D1E8" w14:textId="77777777" w:rsidR="00B85868" w:rsidRDefault="005D640E" w:rsidP="00B85868">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="4280"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>3 / 4 wheeled walker</w:t>
             </w:r>
             <w:r w:rsidR="00B85868">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
@@ -2821,268 +6552,207 @@
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00B85868">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Calibri" w:hint="eastAsia"/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00B85868">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:tab/>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00B85868" w:rsidRPr="00127E6D" w:rsidRDefault="00B85868" w:rsidP="00B85868">
+          <w:p w14:paraId="479E679B" w14:textId="77777777" w:rsidR="00B85868" w:rsidRPr="00127E6D" w:rsidRDefault="00B85868" w:rsidP="00B85868">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Other:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00510037" w:rsidRPr="00130087" w:rsidTr="00156C64">
+      <w:tr w:rsidR="00510037" w:rsidRPr="00130087" w14:paraId="1C36AB19" w14:textId="77777777" w:rsidTr="00595386">
         <w:trPr>
           <w:trHeight w:val="322"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="11340" w:type="dxa"/>
-            <w:gridSpan w:val="12"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6" w:themeFill="background2"/>
+            <w:gridSpan w:val="10"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D0CECE" w:themeFill="background2" w:themeFillShade="E6"/>
           </w:tcPr>
-          <w:p w:rsidR="00156C64" w:rsidRDefault="00156C64" w:rsidP="00BC1941">
-[...59 lines deleted...]
-          <w:p w:rsidR="00510037" w:rsidRPr="00130087" w:rsidRDefault="00510037" w:rsidP="00BC1941">
+          <w:p w14:paraId="56C69B0A" w14:textId="77777777" w:rsidR="00510037" w:rsidRPr="00130087" w:rsidRDefault="00510037" w:rsidP="00BC1941">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00130087">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Home tasks and activities: How is the patient managing at home?</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005D640E" w:rsidRPr="00FC1EE4" w:rsidTr="008E64E9">
+      <w:tr w:rsidR="005D640E" w:rsidRPr="00FC1EE4" w14:paraId="3259FA79" w14:textId="77777777" w:rsidTr="00595386">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3084" w:type="dxa"/>
+            <w:tcW w:w="4023" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
-          <w:p w:rsidR="005D640E" w:rsidRPr="005D640E" w:rsidRDefault="005D640E" w:rsidP="00BC1941">
+          <w:p w14:paraId="784E9719" w14:textId="77777777" w:rsidR="005D640E" w:rsidRPr="005D640E" w:rsidRDefault="005D640E" w:rsidP="00BC1941">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005D640E">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>Activity of daily living</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4128" w:type="dxa"/>
-            <w:gridSpan w:val="7"/>
+            <w:tcW w:w="3629" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
           </w:tcPr>
-          <w:p w:rsidR="005D640E" w:rsidRPr="005D640E" w:rsidRDefault="005D640E" w:rsidP="00BC1941">
+          <w:p w14:paraId="7A07A30C" w14:textId="77777777" w:rsidR="005D640E" w:rsidRPr="005D640E" w:rsidRDefault="005D640E" w:rsidP="00BC1941">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005D640E">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Level of dependence </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4128" w:type="dxa"/>
+            <w:tcW w:w="3688" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="005D640E" w:rsidRPr="005D640E" w:rsidRDefault="005D640E" w:rsidP="00BC1941">
+          <w:p w14:paraId="12070510" w14:textId="77777777" w:rsidR="005D640E" w:rsidRPr="005D640E" w:rsidRDefault="005D640E" w:rsidP="00BC1941">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Comment</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005D640E" w:rsidRPr="00FC1EE4" w:rsidTr="006E3B44">
+      <w:tr w:rsidR="005D640E" w:rsidRPr="00FC1EE4" w14:paraId="5EF612D0" w14:textId="77777777" w:rsidTr="00595386">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3084" w:type="dxa"/>
+            <w:tcW w:w="4023" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
-          <w:p w:rsidR="005D640E" w:rsidRDefault="005D640E" w:rsidP="00BC1941">
+          <w:p w14:paraId="40EACE9F" w14:textId="77777777" w:rsidR="005D640E" w:rsidRDefault="005D640E" w:rsidP="00BC1941">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Domestic tasks (e.g. cooking, cleaning)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4128" w:type="dxa"/>
-            <w:gridSpan w:val="7"/>
+            <w:tcW w:w="3629" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
           </w:tcPr>
-          <w:p w:rsidR="005D640E" w:rsidRDefault="005D640E" w:rsidP="005D640E">
+          <w:p w14:paraId="0B057B5D" w14:textId="77777777" w:rsidR="005D640E" w:rsidRDefault="005D640E" w:rsidP="005D640E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Independent    </w:t>
             </w:r>
             <w:r w:rsidRPr="00127E6D">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
@@ -3176,94 +6846,94 @@
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:id w:val="-1978518099"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4128" w:type="dxa"/>
+            <w:tcW w:w="3688" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="005D640E" w:rsidRDefault="005D640E" w:rsidP="005D640E">
+          <w:p w14:paraId="6C5A4AD7" w14:textId="77777777" w:rsidR="005D640E" w:rsidRDefault="005D640E" w:rsidP="005D640E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005D640E" w:rsidRPr="00FC1EE4" w:rsidTr="008249EC">
+      <w:tr w:rsidR="005D640E" w:rsidRPr="00FC1EE4" w14:paraId="71ADC17F" w14:textId="77777777" w:rsidTr="00595386">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3084" w:type="dxa"/>
+            <w:tcW w:w="4023" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
-          <w:p w:rsidR="005D640E" w:rsidRDefault="005D640E" w:rsidP="00BC1941">
+          <w:p w14:paraId="213CA761" w14:textId="77777777" w:rsidR="005D640E" w:rsidRDefault="005D640E" w:rsidP="00BC1941">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Personal tasks (e.g. washing, toileting)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4128" w:type="dxa"/>
-            <w:gridSpan w:val="7"/>
+            <w:tcW w:w="3629" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
           </w:tcPr>
-          <w:p w:rsidR="005D640E" w:rsidRDefault="005D640E" w:rsidP="00BC1941">
+          <w:p w14:paraId="2EEE0AB5" w14:textId="77777777" w:rsidR="005D640E" w:rsidRDefault="005D640E" w:rsidP="00BC1941">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Independent    </w:t>
             </w:r>
             <w:r w:rsidRPr="00127E6D">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
@@ -3357,3293 +7027,911 @@
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:id w:val="676776473"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4128" w:type="dxa"/>
+            <w:tcW w:w="3688" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="005D640E" w:rsidRDefault="005D640E" w:rsidP="00BC1941">
+          <w:p w14:paraId="7D1D8CC1" w14:textId="77777777" w:rsidR="005D640E" w:rsidRDefault="005D640E" w:rsidP="00BC1941">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0088126B" w:rsidTr="002D4E58">
+      <w:tr w:rsidR="0088126B" w14:paraId="3A91FD7F" w14:textId="77777777" w:rsidTr="00595386">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="11340" w:type="dxa"/>
-            <w:gridSpan w:val="12"/>
+            <w:gridSpan w:val="10"/>
           </w:tcPr>
-          <w:p w:rsidR="005D640E" w:rsidRPr="005D640E" w:rsidRDefault="0088126B" w:rsidP="00BC1941">
+          <w:p w14:paraId="31E508DE" w14:textId="77777777" w:rsidR="005D640E" w:rsidRPr="005D640E" w:rsidRDefault="0088126B" w:rsidP="00BC1941">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Details of any equipment at home if known:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0088126B" w:rsidTr="002D4E58">
+      <w:tr w:rsidR="0088126B" w14:paraId="38874B24" w14:textId="77777777" w:rsidTr="00595386">
         <w:trPr>
           <w:trHeight w:val="157"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="11340" w:type="dxa"/>
-            <w:gridSpan w:val="12"/>
+            <w:gridSpan w:val="10"/>
           </w:tcPr>
-          <w:p w:rsidR="005D640E" w:rsidRPr="005D640E" w:rsidRDefault="0088126B" w:rsidP="00BC1941">
+          <w:p w14:paraId="0DB6CA9B" w14:textId="77777777" w:rsidR="005D640E" w:rsidRPr="005D640E" w:rsidRDefault="0088126B" w:rsidP="00BC1941">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Details of package of care/support if known:</w:t>
-            </w:r>
-[...1920 lines deleted...]
-              <w:t>UPA 020 3049 5751</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblpPr w:leftFromText="180" w:rightFromText="180" w:vertAnchor="text" w:horzAnchor="margin" w:tblpXSpec="center" w:tblpY="45"/>
-        <w:tblW w:w="11345" w:type="dxa"/>
+        <w:tblW w:w="11619" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="6896"/>
-        <w:gridCol w:w="4449"/>
+        <w:gridCol w:w="4723"/>
       </w:tblGrid>
-      <w:tr w:rsidR="006454D2" w:rsidRPr="00982914" w:rsidTr="00FB68FF">
+      <w:tr w:rsidR="006454D2" w:rsidRPr="00982914" w14:paraId="5CE2F178" w14:textId="77777777" w:rsidTr="00595386">
         <w:trPr>
           <w:trHeight w:val="279"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="11345" w:type="dxa"/>
+            <w:tcW w:w="11619" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="AEAAAA" w:themeFill="background2" w:themeFillShade="BF"/>
           </w:tcPr>
-          <w:p w:rsidR="006454D2" w:rsidRPr="00F86DDB" w:rsidRDefault="006454D2" w:rsidP="00387F81">
+          <w:p w14:paraId="395A6BB6" w14:textId="77777777" w:rsidR="006454D2" w:rsidRPr="00F86DDB" w:rsidRDefault="004D45AC" w:rsidP="00387F81">
             <w:pPr>
               <w:spacing w:after="100" w:afterAutospacing="1"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F86DDB">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">Referrer  Details </w:t>
+              <w:t>Referrer Details</w:t>
+            </w:r>
+            <w:r w:rsidR="006454D2" w:rsidRPr="00F86DDB">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006454D2" w:rsidRPr="00982914" w:rsidTr="00FB68FF">
+      <w:tr w:rsidR="006454D2" w:rsidRPr="00982914" w14:paraId="4C1239E3" w14:textId="77777777" w:rsidTr="00595386">
         <w:trPr>
           <w:trHeight w:val="239"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6896" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="006454D2" w:rsidRPr="00982914" w:rsidRDefault="006454D2" w:rsidP="00387F81">
+          <w:p w14:paraId="095665F5" w14:textId="77777777" w:rsidR="006454D2" w:rsidRPr="00982914" w:rsidRDefault="006454D2" w:rsidP="00387F81">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00982914">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Name:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4449" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="4723" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="006454D2" w:rsidRPr="00982914" w:rsidRDefault="006454D2" w:rsidP="00387F81">
+          <w:p w14:paraId="529227EB" w14:textId="77777777" w:rsidR="006454D2" w:rsidRPr="00982914" w:rsidRDefault="006454D2" w:rsidP="00387F81">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Telephone number:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006454D2" w:rsidTr="00FB68FF">
+      <w:tr w:rsidR="006454D2" w14:paraId="53D6E285" w14:textId="77777777" w:rsidTr="00595386">
         <w:trPr>
           <w:trHeight w:val="271"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6896" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="006454D2" w:rsidRPr="00982914" w:rsidRDefault="006454D2" w:rsidP="00387F81">
+          <w:p w14:paraId="7243994C" w14:textId="77777777" w:rsidR="006454D2" w:rsidRPr="00982914" w:rsidRDefault="006454D2" w:rsidP="00387F81">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Occupation and Service/GP:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4449" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="4723" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="006454D2" w:rsidRDefault="006454D2" w:rsidP="00387F81">
+          <w:p w14:paraId="265CDEAA" w14:textId="77777777" w:rsidR="006454D2" w:rsidRDefault="006454D2" w:rsidP="00387F81">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Email address:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006454D2" w:rsidRPr="00982914" w:rsidTr="00FB68FF">
+      <w:tr w:rsidR="006454D2" w:rsidRPr="00982914" w14:paraId="59AA2536" w14:textId="77777777" w:rsidTr="00595386">
         <w:trPr>
           <w:trHeight w:val="353"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6896" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="006454D2" w:rsidRPr="00982914" w:rsidRDefault="006454D2" w:rsidP="00387F81">
+          <w:p w14:paraId="75BCDC15" w14:textId="77777777" w:rsidR="006454D2" w:rsidRPr="00982914" w:rsidRDefault="006454D2" w:rsidP="00387F81">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Address: </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4449" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="4723" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="006454D2" w:rsidRPr="00982914" w:rsidRDefault="006454D2" w:rsidP="00387F81">
+          <w:p w14:paraId="695414AD" w14:textId="77777777" w:rsidR="006454D2" w:rsidRPr="00982914" w:rsidRDefault="006454D2" w:rsidP="00387F81">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Postcode: </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006454D2" w:rsidTr="00FB68FF">
+      <w:tr w:rsidR="006454D2" w14:paraId="0D6FD8E5" w14:textId="77777777" w:rsidTr="00595386">
         <w:trPr>
           <w:trHeight w:val="353"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6896" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="006454D2" w:rsidRDefault="006454D2" w:rsidP="00387F81">
+          <w:p w14:paraId="6F6265D3" w14:textId="77777777" w:rsidR="006454D2" w:rsidRDefault="006454D2" w:rsidP="00387F81">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Signature: </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4449" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="4723" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="006454D2" w:rsidRDefault="006454D2" w:rsidP="00387F81">
+          <w:p w14:paraId="2CE94E5C" w14:textId="77777777" w:rsidR="006454D2" w:rsidRDefault="006454D2" w:rsidP="00387F81">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Date: </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00B31449" w:rsidRPr="00240E9A" w:rsidRDefault="00B31449" w:rsidP="00B31449">
+    <w:p w14:paraId="16E088E2" w14:textId="77777777" w:rsidR="00B31449" w:rsidRPr="00240E9A" w:rsidRDefault="00B31449" w:rsidP="00B31449">
       <w:pPr>
         <w:pStyle w:val="Footer"/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="9026"/>
         </w:tabs>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:sectPr w:rsidR="00B31449" w:rsidRPr="00240E9A" w:rsidSect="00156C64">
-[...1 lines deleted...]
-      <w:footerReference w:type="default" r:id="rId10"/>
+    <w:sectPr w:rsidR="00B31449" w:rsidRPr="00240E9A" w:rsidSect="000F0A83">
+      <w:headerReference w:type="default" r:id="rId12"/>
+      <w:footerReference w:type="default" r:id="rId13"/>
       <w:pgSz w:w="11906" w:h="16838"/>
-      <w:pgMar w:top="567" w:right="1440" w:bottom="284" w:left="1440" w:header="0" w:footer="57" w:gutter="0"/>
+      <w:pgMar w:top="284" w:right="1440" w:bottom="284" w:left="1440" w:header="737" w:footer="57" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00647C5F" w:rsidRDefault="00647C5F" w:rsidP="00982914">
+    <w:p w14:paraId="1C41C46F" w14:textId="77777777" w:rsidR="0088157E" w:rsidRDefault="0088157E" w:rsidP="00982914">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00647C5F" w:rsidRDefault="00647C5F" w:rsidP="00982914">
+    <w:p w14:paraId="498046DE" w14:textId="77777777" w:rsidR="0088157E" w:rsidRDefault="0088157E" w:rsidP="00982914">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="Segoe UI Symbol">
+    <w:panose1 w:val="020B0502040204020203"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="800001E3" w:usb1="1200FFEF" w:usb2="00040000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
-  </w:font>
-[...19 lines deleted...]
-    <w:sig w:usb0="A00006FF" w:usb1="4000205B" w:usb2="00000010" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
-  <w:p w:rsidR="00CF53F1" w:rsidRPr="005D640E" w:rsidRDefault="00CF53F1" w:rsidP="00CF53F1">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="2FD34BD5" w14:textId="77777777" w:rsidR="00CF53F1" w:rsidRPr="005D640E" w:rsidRDefault="00CF53F1" w:rsidP="00CF53F1">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="9026"/>
       </w:tabs>
       <w:ind w:left="-709"/>
       <w:rPr>
         <w:lang w:val="en-US"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="005D640E">
       <w:rPr>
         <w:b/>
         <w:lang w:val="en-US"/>
       </w:rPr>
       <w:t>Southwark referrals:</w:t>
     </w:r>
     <w:r w:rsidRPr="005D640E">
       <w:rPr>
         <w:lang w:val="en-US"/>
       </w:rPr>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
     <w:hyperlink r:id="rId1" w:history="1">
       <w:r w:rsidR="00047435" w:rsidRPr="00726C1C">
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
         </w:rPr>
         <w:t>gstt.southwarkcommunityrehabandfalls@nhs.net</w:t>
       </w:r>
     </w:hyperlink>
     <w:r w:rsidR="00047435">
       <w:t xml:space="preserve"> </w:t>
     </w:r>
     <w:r w:rsidRPr="005D640E">
       <w:rPr>
         <w:lang w:val="en-US"/>
       </w:rPr>
       <w:t>Contact: 0203 049 4558</w:t>
     </w:r>
   </w:p>
-  <w:p w:rsidR="00CF53F1" w:rsidRPr="005D640E" w:rsidRDefault="00CF53F1" w:rsidP="00CF53F1">
+  <w:p w14:paraId="5810EB7E" w14:textId="77777777" w:rsidR="00CF53F1" w:rsidRPr="005D640E" w:rsidRDefault="00CF53F1" w:rsidP="00CF53F1">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="9026"/>
       </w:tabs>
       <w:ind w:left="-709"/>
       <w:rPr>
         <w:lang w:val="en-US"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="005D640E">
       <w:rPr>
         <w:b/>
         <w:lang w:val="en-US"/>
       </w:rPr>
       <w:t xml:space="preserve">Lambeth referrals: </w:t>
     </w:r>
     <w:hyperlink r:id="rId2" w:history="1">
       <w:r w:rsidR="00047435" w:rsidRPr="00726C1C">
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
         </w:rPr>
         <w:t>gstt.lambethcommunityrehabandfalls@nhs.net</w:t>
       </w:r>
     </w:hyperlink>
     <w:r w:rsidR="00047435">
       <w:t xml:space="preserve"> </w:t>
     </w:r>
     <w:r w:rsidRPr="005D640E">
       <w:rPr>
         <w:lang w:val="en-US"/>
       </w:rPr>
       <w:t>Contact: 0203 049 4558</w:t>
     </w:r>
   </w:p>
-  <w:p w:rsidR="00CF53F1" w:rsidRPr="005D640E" w:rsidRDefault="00CF53F1" w:rsidP="00556DD5">
+  <w:p w14:paraId="1C2714B2" w14:textId="77777777" w:rsidR="00CF53F1" w:rsidRPr="005D640E" w:rsidRDefault="00CF53F1" w:rsidP="00556DD5">
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:ind w:left="-709"/>
       <w:rPr>
         <w:lang w:val="en-US"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="005D640E">
       <w:rPr>
         <w:b/>
         <w:lang w:val="en-US"/>
       </w:rPr>
       <w:t xml:space="preserve">Falls Prevention Exercises: </w:t>
     </w:r>
     <w:hyperlink r:id="rId3" w:history="1">
       <w:r w:rsidR="00090C6F" w:rsidRPr="00726C1C">
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
         </w:rPr>
         <w:t>gstt.strengthandbalancehelpline@nhs.net</w:t>
       </w:r>
     </w:hyperlink>
     <w:r w:rsidR="00090C6F">
       <w:t xml:space="preserve"> </w:t>
     </w:r>
     <w:r w:rsidRPr="005D640E">
       <w:rPr>
         <w:lang w:val="en-US"/>
       </w:rPr>
       <w:t>Contact: 0203 049 5424</w:t>
     </w:r>
   </w:p>
-  <w:p w:rsidR="00556DD5" w:rsidRPr="00556DD5" w:rsidRDefault="00952DE0" w:rsidP="00556DD5">
+  <w:p w14:paraId="2251B4ED" w14:textId="77777777" w:rsidR="00556DD5" w:rsidRPr="00556DD5" w:rsidRDefault="00952DE0" w:rsidP="00556DD5">
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:ind w:left="-709"/>
       <w:rPr>
         <w:i/>
         <w:color w:val="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
         <w:lang w:val="en-US"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:i/>
         <w:color w:val="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
         <w:lang w:val="en-US"/>
       </w:rPr>
       <w:t xml:space="preserve">Final Version </w:t>
     </w:r>
     <w:r w:rsidR="00090C6F">
       <w:rPr>
         <w:i/>
         <w:color w:val="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
         <w:lang w:val="en-US"/>
       </w:rPr>
       <w:t>July 2025</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00647C5F" w:rsidRDefault="00647C5F" w:rsidP="00982914">
+    <w:p w14:paraId="26E1CD76" w14:textId="77777777" w:rsidR="0088157E" w:rsidRDefault="0088157E" w:rsidP="00982914">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00647C5F" w:rsidRDefault="00647C5F" w:rsidP="00982914">
+    <w:p w14:paraId="2BA51357" w14:textId="77777777" w:rsidR="0088157E" w:rsidRDefault="0088157E" w:rsidP="00982914">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
-  <w:p w:rsidR="00156C64" w:rsidRPr="00156C64" w:rsidRDefault="00156C64" w:rsidP="00156C64">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="5D035012" w14:textId="4F20D2FD" w:rsidR="000F0A83" w:rsidRPr="000F0A83" w:rsidRDefault="000F0A83" w:rsidP="000F0A83">
     <w:pPr>
-      <w:pStyle w:val="ListParagraph"/>
-[...1 lines deleted...]
-      <w:ind w:left="-993" w:right="-754"/>
+      <w:pStyle w:val="NormalWeb"/>
       <w:jc w:val="right"/>
+      <w:rPr>
+        <w:noProof/>
+      </w:rPr>
+    </w:pPr>
+    <w:r w:rsidRPr="006A5AE3">
       <w:rPr>
         <w:b/>
         <w:noProof/>
-        <w:sz w:val="18"/>
-[...94 lines deleted...]
-        <w:lang w:eastAsia="en-GB"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
-            <wp:anchor distT="45720" distB="45720" distL="114300" distR="114300" simplePos="0" relativeHeight="251661312" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
+            <wp:anchor distT="45720" distB="45720" distL="114300" distR="114300" simplePos="0" relativeHeight="251661312" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="256DE561" wp14:editId="4CA1B201">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="margin">
-                <wp:align>left</wp:align>
+                <wp:posOffset>247650</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
-                <wp:posOffset>-5080</wp:posOffset>
+                <wp:posOffset>681355</wp:posOffset>
               </wp:positionV>
-              <wp:extent cx="5667375" cy="482600"/>
+              <wp:extent cx="5667375" cy="292100"/>
               <wp:effectExtent l="0" t="0" r="9525" b="0"/>
               <wp:wrapSquare wrapText="bothSides"/>
               <wp:docPr id="217" name="Text Box 2"/>
               <wp:cNvGraphicFramePr>
                 <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
               </wp:cNvGraphicFramePr>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                   <wps:wsp>
                     <wps:cNvSpPr txBox="1">
                       <a:spLocks noChangeArrowheads="1"/>
                     </wps:cNvSpPr>
                     <wps:spPr bwMode="auto">
                       <a:xfrm>
                         <a:off x="0" y="0"/>
-                        <a:ext cx="5667375" cy="482600"/>
+                        <a:ext cx="5667375" cy="292100"/>
                       </a:xfrm>
                       <a:prstGeom prst="rect">
                         <a:avLst/>
                       </a:prstGeom>
                       <a:solidFill>
                         <a:srgbClr val="FFFFFF"/>
                       </a:solidFill>
                       <a:ln w="9525">
                         <a:noFill/>
                         <a:miter lim="800000"/>
                         <a:headEnd/>
                         <a:tailEnd/>
                       </a:ln>
                     </wps:spPr>
                     <wps:txbx>
                       <w:txbxContent>
-                        <w:p w:rsidR="00D927B3" w:rsidRPr="005B0376" w:rsidRDefault="00982914" w:rsidP="007436E5">
+                        <w:p w14:paraId="60010F22" w14:textId="77777777" w:rsidR="00D927B3" w:rsidRPr="000F0A83" w:rsidRDefault="00982914" w:rsidP="007436E5">
                           <w:pPr>
                             <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                             <w:jc w:val="center"/>
                             <w:rPr>
                               <w:b/>
                               <w:sz w:val="28"/>
                               <w:szCs w:val="28"/>
                             </w:rPr>
                           </w:pPr>
-                          <w:r w:rsidRPr="005B0376">
+                          <w:r w:rsidRPr="000F0A83">
                             <w:rPr>
                               <w:b/>
                               <w:sz w:val="28"/>
                               <w:szCs w:val="28"/>
                             </w:rPr>
                             <w:t>Community Rehabilitation and Falls Service Referral Form</w:t>
                           </w:r>
                         </w:p>
-                        <w:p w:rsidR="00D927B3" w:rsidRDefault="007436E5" w:rsidP="007436E5">
-[...11 lines deleted...]
-                        <w:p w:rsidR="00156C64" w:rsidRPr="00D927B3" w:rsidRDefault="00156C64" w:rsidP="007436E5">
+                        <w:p w14:paraId="23AE71C8" w14:textId="77777777" w:rsidR="00D927B3" w:rsidRPr="00D927B3" w:rsidRDefault="00D927B3" w:rsidP="007436E5">
                           <w:pPr>
                             <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                             <w:jc w:val="center"/>
                             <w:rPr>
                               <w:sz w:val="28"/>
                               <w:szCs w:val="28"/>
                             </w:rPr>
                           </w:pPr>
+                          <w:r w:rsidRPr="00D927B3">
+                            <w:t xml:space="preserve"> </w:t>
+                          </w:r>
                         </w:p>
-                        <w:p w:rsidR="00D927B3" w:rsidRDefault="00D927B3" w:rsidP="00D927B3">
+                        <w:p w14:paraId="764FC4BE" w14:textId="77777777" w:rsidR="00D927B3" w:rsidRDefault="00D927B3" w:rsidP="00D927B3">
                           <w:pPr>
                             <w:spacing w:after="0"/>
                             <w:jc w:val="center"/>
                             <w:rPr>
                               <w:sz w:val="28"/>
                               <w:szCs w:val="28"/>
                             </w:rPr>
                           </w:pPr>
                         </w:p>
-                        <w:p w:rsidR="00982914" w:rsidRDefault="00982914" w:rsidP="00982914">
+                        <w:p w14:paraId="6D3BAAFA" w14:textId="77777777" w:rsidR="00982914" w:rsidRDefault="00982914" w:rsidP="00982914">
                           <w:pPr>
                             <w:spacing w:before="100" w:beforeAutospacing="1" w:after="0"/>
                             <w:jc w:val="center"/>
                             <w:rPr>
                               <w:sz w:val="28"/>
                               <w:szCs w:val="28"/>
                             </w:rPr>
                           </w:pPr>
                         </w:p>
-                        <w:p w:rsidR="00982914" w:rsidRPr="00982914" w:rsidRDefault="00982914" w:rsidP="00982914">
+                        <w:p w14:paraId="251B1FB3" w14:textId="77777777" w:rsidR="00982914" w:rsidRPr="00982914" w:rsidRDefault="00982914" w:rsidP="00982914">
                           <w:pPr>
                             <w:spacing w:after="40"/>
                             <w:jc w:val="center"/>
                             <w:rPr>
                               <w:sz w:val="28"/>
                               <w:szCs w:val="28"/>
                             </w:rPr>
                           </w:pPr>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0">
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="margin">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
               <wp14:sizeRelV relativeFrom="margin">
                 <wp14:pctHeight>0</wp14:pctHeight>
               </wp14:sizeRelV>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
-            <v:shapetype id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
+            <v:shapetype w14:anchorId="256DE561" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
               <v:stroke joinstyle="miter"/>
               <v:path gradientshapeok="t" o:connecttype="rect"/>
             </v:shapetype>
-            <v:shape id="Text Box 2" o:spid="_x0000_s1026" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:0;margin-top:-.4pt;width:446.25pt;height:38pt;z-index:251661312;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:3.6pt;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:3.6pt;mso-position-horizontal:left;mso-position-horizontal-relative:margin;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCdGmOtIwIAACQEAAAOAAAAZHJzL2Uyb0RvYy54bWysU9uO2yAQfa/Uf0C8N3bc3NaKs9pmm6rS&#10;9iLt9gMwxjEqMBRI7PTrO+BsNtq+VeUBMcxwmDlzZn07aEWOwnkJpqLTSU6JMBwaafYV/fG0e7ei&#10;xAdmGqbAiIqehKe3m7dv1r0tRQEdqEY4giDGl72taBeCLbPM805o5idghUFnC06zgKbbZ41jPaJr&#10;lRV5vsh6cI11wIX3eHs/Oukm4bet4OFb23oRiKoo5hbS7tJexz3brFm5d8x2kp/TYP+QhWbS4KcX&#10;qHsWGDk4+ReUltyBhzZMOOgM2lZykWrAaqb5q2oeO2ZFqgXJ8fZCk/9/sPzr8bsjsqloMV1SYpjG&#10;Jj2JIZAPMJAi8tNbX2LYo8XAMOA19jnV6u0D8J+eGNh2zOzFnXPQd4I1mN80vsyuno44PoLU/Rdo&#10;8Bt2CJCAhtbpSB7SQRAd+3S69CamwvFyvlgs3y/nlHD0zVbFIk/Ny1j5/No6Hz4J0CQeKuqw9wmd&#10;HR98iNmw8jkkfuZByWYnlUqG29db5ciRoU52aaUCXoUpQ/qK3syLeUI2EN8nCWkZUMdK6oqu8rhG&#10;ZUU2PpomhQQm1XjGTJQ50xMZGbkJQz2kTiTuInU1NCfky8EoWxwzPHTgflPSo2Qr6n8dmBOUqM8G&#10;Ob+ZzmZR48mYzZcFGu7aU197mOEIVdFAyXjchjQXkQ4Dd9ibVibaXjI5p4xSTGyexyZq/dpOUS/D&#10;vfkDAAD//wMAUEsDBBQABgAIAAAAIQBhIAA42gAAAAUBAAAPAAAAZHJzL2Rvd25yZXYueG1sTM/B&#10;ToNAEAbgu4nvsBkTL8YuEiktZWjUROO1tQ8wwBRI2VnCbgt9e7cnPU7+yT/f5NvZ9OrCo+usILws&#10;IlAsla07aRAOP5/PK1DOk9TUW2GEKzvYFvd3OWW1nWTHl71vVCgRlxFC6/2Qae2qlg25hR1YQna0&#10;oyEfxrHR9UhTKDe9jqNoqQ11Ei60NPBHy9VpfzYIx+/pKVlP5Zc/pLvX5Tt1aWmviI8P89sGlOfZ&#10;/y3DjR/oUARTac9SO9UjhEc8wo0fwtU6TkCVCGkSgy5y/V9f/AIAAP//AwBQSwECLQAUAAYACAAA&#10;ACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQIt&#10;ABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQIt&#10;ABQABgAIAAAAIQCdGmOtIwIAACQEAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBL&#10;AQItABQABgAIAAAAIQBhIAA42gAAAAUBAAAPAAAAAAAAAAAAAAAAAH0EAABkcnMvZG93bnJldi54&#10;bWxQSwUGAAAAAAQABADzAAAAhAUAAAAA&#10;" stroked="f">
+            <v:shape id="Text Box 2" o:spid="_x0000_s1026" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:19.5pt;margin-top:53.65pt;width:446.25pt;height:23pt;z-index:251661312;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:3.6pt;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:3.6pt;mso-position-horizontal:absolute;mso-position-horizontal-relative:margin;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQACxSyBDgIAAPYDAAAOAAAAZHJzL2Uyb0RvYy54bWysU9uO2yAQfa/Uf0C8N3bcXDZWnNU221SV&#10;thdp2w/AGMeowFAgsdOv3wFns9H2rSoPaIYZDjNnDuvbQStyFM5LMBWdTnJKhOHQSLOv6M8fu3c3&#10;lPjATMMUGFHRk/D0dvP2zbq3pSigA9UIRxDE+LK3Fe1CsGWWed4JzfwErDAYbMFpFtB1+6xxrEd0&#10;rbIizxdZD66xDrjwHk/vxyDdJPy2FTx8a1svAlEVxdpC2l3a67hnmzUr947ZTvJzGewfqtBMGnz0&#10;AnXPAiMHJ/+C0pI78NCGCQedQdtKLlIP2M00f9XNY8esSL0gOd5eaPL/D5Z/PT7a746E4QMMOMDU&#10;hLcPwH95YmDbMbMXd85B3wnW4MPTSFnWW1+er0aqfekjSN1/gQaHzA4BEtDQOh1ZwT4JouMAThfS&#10;xRAIx8P5YrF8v5xTwjFWrIppnqaSsfL5tnU+fBKgSTQq6nCoCZ0dH3yI1bDyOSU+5kHJZieVSo7b&#10;11vlyJGhAHZppQZepSlD+oqu5sU8IRuI95M2tAwoUCV1RW/yuEbJRDY+mialBCbVaGMlypzpiYyM&#10;3IShHjAx0lRDc0KiHIxCxI+DRgfuDyU9irCi/veBOUGJ+myQ7NV0NouqTc5svizQcdeR+jrCDEeo&#10;igZKRnMbktIjDwbucCitTHy9VHKuFcWVaDx/hKjeaz9lvXzXzRMAAAD//wMAUEsDBBQABgAIAAAA&#10;IQD/Mf8t3gAAAAoBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/BTsMwEETvSPyDtUhcEHWKSUNCnAqQ&#10;QFxb+gFOvE0i4nUUu0369ywnOO7saOZNuV3cIM44hd6ThvUqAYHUeNtTq+Hw9X7/BCJEQ9YMnlDD&#10;BQNsq+ur0hTWz7TD8z62gkMoFEZDF+NYSBmaDp0JKz8i8e/oJ2cin1Mr7WRmDneDfEiSjXSmJ27o&#10;zIhvHTbf+5PTcPyc79J8rj/iIds9bl5Nn9X+ovXtzfLyDCLiEv/M8IvP6FAxU+1PZIMYNKicp0TW&#10;k0yBYEOu1imImpVUKZBVKf9PqH4AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMA&#10;AAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YA&#10;AACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAAsUsgQ4C&#10;AAD2AwAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEA/zH/&#10;Ld4AAAAKAQAADwAAAAAAAAAAAAAAAABoBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAA&#10;AHMFAAAAAA==&#10;" stroked="f">
               <v:textbox>
                 <w:txbxContent>
-                  <w:p w:rsidR="00D927B3" w:rsidRPr="005B0376" w:rsidRDefault="00982914" w:rsidP="007436E5">
+                  <w:p w14:paraId="60010F22" w14:textId="77777777" w:rsidR="00D927B3" w:rsidRPr="000F0A83" w:rsidRDefault="00982914" w:rsidP="007436E5">
                     <w:pPr>
                       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                       <w:jc w:val="center"/>
                       <w:rPr>
                         <w:b/>
                         <w:sz w:val="28"/>
                         <w:szCs w:val="28"/>
                       </w:rPr>
                     </w:pPr>
-                    <w:r w:rsidRPr="005B0376">
+                    <w:r w:rsidRPr="000F0A83">
                       <w:rPr>
                         <w:b/>
                         <w:sz w:val="28"/>
                         <w:szCs w:val="28"/>
                       </w:rPr>
                       <w:t>Community Rehabilitation and Falls Service Referral Form</w:t>
                     </w:r>
                   </w:p>
-                  <w:p w:rsidR="00D927B3" w:rsidRDefault="007436E5" w:rsidP="007436E5">
-[...11 lines deleted...]
-                  <w:p w:rsidR="00156C64" w:rsidRPr="00D927B3" w:rsidRDefault="00156C64" w:rsidP="007436E5">
+                  <w:p w14:paraId="23AE71C8" w14:textId="77777777" w:rsidR="00D927B3" w:rsidRPr="00D927B3" w:rsidRDefault="00D927B3" w:rsidP="007436E5">
                     <w:pPr>
                       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                       <w:jc w:val="center"/>
                       <w:rPr>
                         <w:sz w:val="28"/>
                         <w:szCs w:val="28"/>
                       </w:rPr>
                     </w:pPr>
+                    <w:r w:rsidRPr="00D927B3">
+                      <w:t xml:space="preserve"> </w:t>
+                    </w:r>
                   </w:p>
-                  <w:p w:rsidR="00D927B3" w:rsidRDefault="00D927B3" w:rsidP="00D927B3">
+                  <w:p w14:paraId="764FC4BE" w14:textId="77777777" w:rsidR="00D927B3" w:rsidRDefault="00D927B3" w:rsidP="00D927B3">
                     <w:pPr>
                       <w:spacing w:after="0"/>
                       <w:jc w:val="center"/>
                       <w:rPr>
                         <w:sz w:val="28"/>
                         <w:szCs w:val="28"/>
                       </w:rPr>
                     </w:pPr>
                   </w:p>
-                  <w:p w:rsidR="00982914" w:rsidRDefault="00982914" w:rsidP="00982914">
+                  <w:p w14:paraId="6D3BAAFA" w14:textId="77777777" w:rsidR="00982914" w:rsidRDefault="00982914" w:rsidP="00982914">
                     <w:pPr>
                       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="0"/>
                       <w:jc w:val="center"/>
                       <w:rPr>
                         <w:sz w:val="28"/>
                         <w:szCs w:val="28"/>
                       </w:rPr>
                     </w:pPr>
                   </w:p>
-                  <w:p w:rsidR="00982914" w:rsidRPr="00982914" w:rsidRDefault="00982914" w:rsidP="00982914">
+                  <w:p w14:paraId="251B1FB3" w14:textId="77777777" w:rsidR="00982914" w:rsidRPr="00982914" w:rsidRDefault="00982914" w:rsidP="00982914">
                     <w:pPr>
                       <w:spacing w:after="40"/>
                       <w:jc w:val="center"/>
                       <w:rPr>
                         <w:sz w:val="28"/>
                         <w:szCs w:val="28"/>
                       </w:rPr>
                     </w:pPr>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
               <w10:wrap type="square" anchorx="margin"/>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
-    <w:r w:rsidR="00DD4D22">
-[...1 lines deleted...]
-        <w:b/>
+    <w:r w:rsidRPr="000F0A83">
+      <w:rPr>
         <w:noProof/>
-        <w:sz w:val="18"/>
-[...3 lines deleted...]
-      <w:t>We are a non-</w:t>
+      </w:rPr>
+      <w:drawing>
+        <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="7976C8D3" wp14:editId="783957B5">
+          <wp:extent cx="1257300" cy="579018"/>
+          <wp:effectExtent l="0" t="0" r="0" b="0"/>
+          <wp:docPr id="519121791" name="Picture 2" descr="A logo for a foundation&#10;&#10;AI-generated content may be incorrect."/>
+          <wp:cNvGraphicFramePr>
+            <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+          </wp:cNvGraphicFramePr>
+          <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+            <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+              <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:nvPicPr>
+                  <pic:cNvPr id="519121791" name="Picture 2" descr="A logo for a foundation&#10;&#10;AI-generated content may be incorrect."/>
+                  <pic:cNvPicPr>
+                    <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                  </pic:cNvPicPr>
+                </pic:nvPicPr>
+                <pic:blipFill>
+                  <a:blip r:embed="rId1">
+                    <a:extLst>
+                      <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                        <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                      </a:ext>
+                    </a:extLst>
+                  </a:blip>
+                  <a:srcRect/>
+                  <a:stretch>
+                    <a:fillRect/>
+                  </a:stretch>
+                </pic:blipFill>
+                <pic:spPr bwMode="auto">
+                  <a:xfrm>
+                    <a:off x="0" y="0"/>
+                    <a:ext cx="1257300" cy="579018"/>
+                  </a:xfrm>
+                  <a:prstGeom prst="rect">
+                    <a:avLst/>
+                  </a:prstGeom>
+                  <a:noFill/>
+                  <a:ln>
+                    <a:noFill/>
+                  </a:ln>
+                </pic:spPr>
+              </pic:pic>
+            </a:graphicData>
+          </a:graphic>
+        </wp:inline>
+      </w:drawing>
     </w:r>
-    <w:r w:rsidR="001E5B96" w:rsidRPr="006A5AE3">
-[...380 lines deleted...]
-    </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="0E7E2E0D"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="AFD655F8"/>
     <w:lvl w:ilvl="0" w:tplc="0E705DD8">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Calibri" w:cs="Calibri" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -7256,50 +8544,163 @@
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="336E4D05"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="1A102408"/>
+    <w:lvl w:ilvl="0" w:tplc="08090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="08090003">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="08090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="08090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="355408D3"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="5AD875B0"/>
     <w:lvl w:ilvl="0" w:tplc="08090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -7368,51 +8769,616 @@
     <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="356A7176"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="1188E51E"/>
+    <w:lvl w:ilvl="0" w:tplc="4DD2FC1E">
+      <w:start w:val="18"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1080" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1800" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2520" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="08090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3240" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3960" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4680" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="08090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5400" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6120" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6840" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="362569D1"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="AE44E8D6"/>
+    <w:lvl w:ilvl="0" w:tplc="08090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1080" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1800" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2520" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="08090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3240" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3960" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4680" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="08090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5400" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6120" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6840" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="3CE2623D"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="1F7429CC"/>
+    <w:lvl w:ilvl="0" w:tplc="08090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="08090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="08090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="439A289A"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="11C626BC"/>
+    <w:lvl w:ilvl="0" w:tplc="08090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="08090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="08090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="46EE51EF"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="FB049150"/>
+    <w:lvl w:ilvl="0" w:tplc="08090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="08090003">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="08090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="08090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="4BB814ED"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="EB20CEF0"/>
     <w:lvl w:ilvl="0" w:tplc="08090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -7481,51 +9447,51 @@
     <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7200" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="4E2B0C63"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="B1FE137A"/>
     <w:lvl w:ilvl="0" w:tplc="0809000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="-273" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="447" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0809001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -7567,51 +9533,285 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4047" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="08090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4767" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0809001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="5487" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="50BA411A"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="7D0C9EE0"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="58D7060A"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="9E6E67E4"/>
+    <w:lvl w:ilvl="0" w:tplc="08090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="08090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="08090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="17" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="59D61F4C"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="8B2CBEC6"/>
     <w:lvl w:ilvl="0" w:tplc="08090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="833" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1553" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -7680,51 +9880,200 @@
     <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5873" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6593" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="18" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="5E647C33"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="0AD4AADA"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="19" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="63D07F62"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="2D80DCBC"/>
     <w:lvl w:ilvl="0" w:tplc="08090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -7793,51 +10142,347 @@
     <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="20" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="70925305"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="3FE8009E"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:isLgl/>
+      <w:lvlText w:val="%1.%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:isLgl/>
+      <w:lvlText w:val="%1.%2.%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1080" w:hanging="720"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:isLgl/>
+      <w:lvlText w:val="%1.%2.%3.%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1080" w:hanging="720"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:isLgl/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="1080"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:isLgl/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="1080"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:isLgl/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1800" w:hanging="1440"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:isLgl/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1800" w:hanging="1440"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:isLgl/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="1800"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="21" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="70C50D83"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="D5C80190"/>
+    <w:lvl w:ilvl="0" w:tplc="0809000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="08090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0809001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0809000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="08090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0809001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0809000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="08090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0809001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="22" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="77555587"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="FF26F786"/>
+    <w:lvl w:ilvl="0" w:tplc="4DD2FC1E">
+      <w:start w:val="18"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="08090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="08090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="23" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7B262222"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="0CDE11E6"/>
     <w:lvl w:ilvl="0" w:tplc="08090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -7906,51 +10551,51 @@
     <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="24" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7B513862"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="DC0A0AD6"/>
     <w:lvl w:ilvl="0" w:tplc="D8DAA4BA">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Calibri" w:cs="Calibri" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
@@ -8018,361 +10663,470 @@
     <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1">
+  <w:num w:numId="1" w16cid:durableId="1087120390">
     <w:abstractNumId w:val="5"/>
   </w:num>
-  <w:num w:numId="2">
+  <w:num w:numId="2" w16cid:durableId="1007709598">
+    <w:abstractNumId w:val="23"/>
+  </w:num>
+  <w:num w:numId="3" w16cid:durableId="462113882">
+    <w:abstractNumId w:val="4"/>
+  </w:num>
+  <w:num w:numId="4" w16cid:durableId="670376822">
+    <w:abstractNumId w:val="0"/>
+  </w:num>
+  <w:num w:numId="5" w16cid:durableId="1363628844">
+    <w:abstractNumId w:val="17"/>
+  </w:num>
+  <w:num w:numId="6" w16cid:durableId="603150285">
+    <w:abstractNumId w:val="3"/>
+  </w:num>
+  <w:num w:numId="7" w16cid:durableId="1673871235">
+    <w:abstractNumId w:val="13"/>
+  </w:num>
+  <w:num w:numId="8" w16cid:durableId="634798188">
+    <w:abstractNumId w:val="24"/>
+  </w:num>
+  <w:num w:numId="9" w16cid:durableId="1748764795">
+    <w:abstractNumId w:val="1"/>
+  </w:num>
+  <w:num w:numId="10" w16cid:durableId="198665466">
+    <w:abstractNumId w:val="19"/>
+  </w:num>
+  <w:num w:numId="11" w16cid:durableId="354310544">
+    <w:abstractNumId w:val="14"/>
+  </w:num>
+  <w:num w:numId="12" w16cid:durableId="2072924882">
+    <w:abstractNumId w:val="2"/>
+  </w:num>
+  <w:num w:numId="13" w16cid:durableId="573010405">
+    <w:abstractNumId w:val="7"/>
+  </w:num>
+  <w:num w:numId="14" w16cid:durableId="808666715">
+    <w:abstractNumId w:val="15"/>
+  </w:num>
+  <w:num w:numId="15" w16cid:durableId="931469594">
+    <w:abstractNumId w:val="20"/>
+    <w:lvlOverride w:ilvl="0">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="1">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="2">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="3">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="4">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="5">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="6">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="7">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="8">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+  </w:num>
+  <w:num w:numId="16" w16cid:durableId="340134063">
+    <w:abstractNumId w:val="6"/>
+  </w:num>
+  <w:num w:numId="17" w16cid:durableId="1878464325">
+    <w:abstractNumId w:val="12"/>
+  </w:num>
+  <w:num w:numId="18" w16cid:durableId="1320423429">
     <w:abstractNumId w:val="11"/>
   </w:num>
-  <w:num w:numId="3">
-    <w:abstractNumId w:val="4"/>
+  <w:num w:numId="19" w16cid:durableId="1323121081">
+    <w:abstractNumId w:val="10"/>
   </w:num>
-  <w:num w:numId="4">
-    <w:abstractNumId w:val="0"/>
+  <w:num w:numId="20" w16cid:durableId="37244236">
+    <w:abstractNumId w:val="18"/>
   </w:num>
-  <w:num w:numId="5">
+  <w:num w:numId="21" w16cid:durableId="156268549">
+    <w:abstractNumId w:val="16"/>
+  </w:num>
+  <w:num w:numId="22" w16cid:durableId="1979604651">
+    <w:abstractNumId w:val="22"/>
+  </w:num>
+  <w:num w:numId="23" w16cid:durableId="660887208">
+    <w:abstractNumId w:val="8"/>
+  </w:num>
+  <w:num w:numId="24" w16cid:durableId="1806586248">
     <w:abstractNumId w:val="9"/>
   </w:num>
-  <w:num w:numId="6">
-[...21 lines deleted...]
-    <w:abstractNumId w:val="6"/>
+  <w:num w:numId="25" w16cid:durableId="1544168418">
+    <w:abstractNumId w:val="21"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:documentProtection w:edit="forms" w:enforcement="0"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="36865"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00982914"/>
     <w:rsid w:val="00047435"/>
     <w:rsid w:val="00071C26"/>
     <w:rsid w:val="000766EE"/>
     <w:rsid w:val="000767DB"/>
     <w:rsid w:val="000776C0"/>
     <w:rsid w:val="0008161A"/>
+    <w:rsid w:val="000878EB"/>
     <w:rsid w:val="00090C6F"/>
     <w:rsid w:val="000A398E"/>
     <w:rsid w:val="000C1104"/>
+    <w:rsid w:val="000C296D"/>
     <w:rsid w:val="000E52B2"/>
+    <w:rsid w:val="000F0A83"/>
     <w:rsid w:val="000F228E"/>
     <w:rsid w:val="000F46FA"/>
     <w:rsid w:val="00110080"/>
     <w:rsid w:val="00127E6D"/>
     <w:rsid w:val="00130087"/>
     <w:rsid w:val="001373A2"/>
     <w:rsid w:val="00141923"/>
     <w:rsid w:val="00144010"/>
-    <w:rsid w:val="00156C64"/>
+    <w:rsid w:val="001531DD"/>
+    <w:rsid w:val="001718A3"/>
     <w:rsid w:val="00176305"/>
     <w:rsid w:val="00185E8C"/>
     <w:rsid w:val="00185F06"/>
     <w:rsid w:val="001B7533"/>
     <w:rsid w:val="001D5146"/>
+    <w:rsid w:val="001E0A34"/>
     <w:rsid w:val="001E5B96"/>
     <w:rsid w:val="00225F29"/>
     <w:rsid w:val="00240E9A"/>
     <w:rsid w:val="002421C4"/>
+    <w:rsid w:val="002464BF"/>
     <w:rsid w:val="00291722"/>
+    <w:rsid w:val="002A0384"/>
     <w:rsid w:val="002C08C1"/>
     <w:rsid w:val="002D4E58"/>
+    <w:rsid w:val="003126B8"/>
     <w:rsid w:val="00336008"/>
+    <w:rsid w:val="003431EE"/>
     <w:rsid w:val="003740E4"/>
+    <w:rsid w:val="003854BE"/>
     <w:rsid w:val="003926F7"/>
     <w:rsid w:val="003A288A"/>
     <w:rsid w:val="003A55B9"/>
     <w:rsid w:val="003D069F"/>
     <w:rsid w:val="003D489A"/>
     <w:rsid w:val="003E5287"/>
     <w:rsid w:val="003F1359"/>
+    <w:rsid w:val="003F7025"/>
     <w:rsid w:val="004142A4"/>
     <w:rsid w:val="00414873"/>
+    <w:rsid w:val="00425992"/>
     <w:rsid w:val="00433527"/>
     <w:rsid w:val="00451A8F"/>
     <w:rsid w:val="00461DE7"/>
     <w:rsid w:val="00477546"/>
+    <w:rsid w:val="00490686"/>
     <w:rsid w:val="00497C47"/>
+    <w:rsid w:val="004A6BB9"/>
+    <w:rsid w:val="004B65C6"/>
+    <w:rsid w:val="004C2E60"/>
     <w:rsid w:val="004C392E"/>
+    <w:rsid w:val="004D45AC"/>
     <w:rsid w:val="00510037"/>
     <w:rsid w:val="00523572"/>
+    <w:rsid w:val="00527E37"/>
     <w:rsid w:val="00535B94"/>
     <w:rsid w:val="00536F66"/>
     <w:rsid w:val="00543F7D"/>
     <w:rsid w:val="00550F1B"/>
     <w:rsid w:val="00556DD5"/>
+    <w:rsid w:val="005622B5"/>
     <w:rsid w:val="00576B24"/>
+    <w:rsid w:val="00595386"/>
     <w:rsid w:val="005B0376"/>
     <w:rsid w:val="005D59D3"/>
     <w:rsid w:val="005D640E"/>
     <w:rsid w:val="005E0C2D"/>
     <w:rsid w:val="005E0EA3"/>
     <w:rsid w:val="00605F1E"/>
     <w:rsid w:val="00614645"/>
     <w:rsid w:val="00632FEC"/>
     <w:rsid w:val="00636BF4"/>
     <w:rsid w:val="006454D2"/>
     <w:rsid w:val="00646889"/>
     <w:rsid w:val="00647C5F"/>
     <w:rsid w:val="00650E82"/>
     <w:rsid w:val="00663C14"/>
     <w:rsid w:val="0068390E"/>
     <w:rsid w:val="00685052"/>
     <w:rsid w:val="00697156"/>
     <w:rsid w:val="006A5AE3"/>
     <w:rsid w:val="006B0D53"/>
     <w:rsid w:val="006B4121"/>
+    <w:rsid w:val="006B4FC3"/>
     <w:rsid w:val="006C05D2"/>
     <w:rsid w:val="006C0BBB"/>
     <w:rsid w:val="006C7AE8"/>
+    <w:rsid w:val="006E3811"/>
     <w:rsid w:val="006F4C8E"/>
     <w:rsid w:val="006F4EBF"/>
+    <w:rsid w:val="007020E1"/>
     <w:rsid w:val="00703ABC"/>
     <w:rsid w:val="00724410"/>
     <w:rsid w:val="00732F8E"/>
     <w:rsid w:val="0074213D"/>
+    <w:rsid w:val="00742B0F"/>
     <w:rsid w:val="007436E5"/>
     <w:rsid w:val="0075181F"/>
+    <w:rsid w:val="00753F32"/>
+    <w:rsid w:val="00772160"/>
     <w:rsid w:val="007A048C"/>
     <w:rsid w:val="007E0CC0"/>
     <w:rsid w:val="007F1829"/>
     <w:rsid w:val="007F681C"/>
     <w:rsid w:val="00817E34"/>
     <w:rsid w:val="00822117"/>
+    <w:rsid w:val="00845A70"/>
     <w:rsid w:val="0088126B"/>
+    <w:rsid w:val="0088157E"/>
     <w:rsid w:val="008838E2"/>
     <w:rsid w:val="008A2D38"/>
     <w:rsid w:val="008F3A86"/>
     <w:rsid w:val="008F6D62"/>
     <w:rsid w:val="00902AF0"/>
+    <w:rsid w:val="009076F8"/>
     <w:rsid w:val="00916E92"/>
     <w:rsid w:val="00946488"/>
     <w:rsid w:val="00950C29"/>
     <w:rsid w:val="00952DE0"/>
     <w:rsid w:val="00963555"/>
     <w:rsid w:val="00975EE0"/>
     <w:rsid w:val="00981A35"/>
     <w:rsid w:val="00982914"/>
+    <w:rsid w:val="009A3440"/>
     <w:rsid w:val="009A3541"/>
     <w:rsid w:val="00A16EAA"/>
     <w:rsid w:val="00A22611"/>
     <w:rsid w:val="00A26346"/>
     <w:rsid w:val="00A42D48"/>
     <w:rsid w:val="00A4543F"/>
     <w:rsid w:val="00A55B2B"/>
     <w:rsid w:val="00A56914"/>
+    <w:rsid w:val="00A737AE"/>
     <w:rsid w:val="00A85CA1"/>
+    <w:rsid w:val="00AC30FC"/>
     <w:rsid w:val="00AD03F8"/>
     <w:rsid w:val="00AD0DA7"/>
+    <w:rsid w:val="00AD21AB"/>
     <w:rsid w:val="00AE7DF0"/>
     <w:rsid w:val="00AF4253"/>
     <w:rsid w:val="00B078D1"/>
     <w:rsid w:val="00B168C0"/>
     <w:rsid w:val="00B1695F"/>
     <w:rsid w:val="00B31449"/>
     <w:rsid w:val="00B602EA"/>
     <w:rsid w:val="00B668F9"/>
     <w:rsid w:val="00B71D45"/>
     <w:rsid w:val="00B85868"/>
     <w:rsid w:val="00B97673"/>
     <w:rsid w:val="00BC136E"/>
     <w:rsid w:val="00BD0D05"/>
     <w:rsid w:val="00BD4836"/>
+    <w:rsid w:val="00BE5737"/>
+    <w:rsid w:val="00BE57BC"/>
     <w:rsid w:val="00BE7071"/>
     <w:rsid w:val="00BF4C33"/>
     <w:rsid w:val="00BF6013"/>
     <w:rsid w:val="00C17CCA"/>
+    <w:rsid w:val="00C17CDA"/>
     <w:rsid w:val="00C20716"/>
+    <w:rsid w:val="00C235DC"/>
     <w:rsid w:val="00C3531D"/>
     <w:rsid w:val="00C671C4"/>
     <w:rsid w:val="00CA1084"/>
     <w:rsid w:val="00CA49D0"/>
     <w:rsid w:val="00CA58CB"/>
     <w:rsid w:val="00CB6F24"/>
-    <w:rsid w:val="00CC10D8"/>
+    <w:rsid w:val="00CE2A03"/>
     <w:rsid w:val="00CF3412"/>
     <w:rsid w:val="00CF53F1"/>
     <w:rsid w:val="00CF67A1"/>
     <w:rsid w:val="00D010F8"/>
     <w:rsid w:val="00D201B8"/>
     <w:rsid w:val="00D25736"/>
     <w:rsid w:val="00D34C1A"/>
     <w:rsid w:val="00D4455A"/>
     <w:rsid w:val="00D47163"/>
+    <w:rsid w:val="00D52907"/>
+    <w:rsid w:val="00D7542A"/>
     <w:rsid w:val="00D8754F"/>
+    <w:rsid w:val="00D92163"/>
     <w:rsid w:val="00D927B3"/>
     <w:rsid w:val="00DA60FD"/>
     <w:rsid w:val="00DC2596"/>
     <w:rsid w:val="00DC7947"/>
     <w:rsid w:val="00DC7B2F"/>
     <w:rsid w:val="00DD0AB8"/>
     <w:rsid w:val="00DD0DA6"/>
     <w:rsid w:val="00DD1A17"/>
     <w:rsid w:val="00DD4D22"/>
+    <w:rsid w:val="00DE3211"/>
     <w:rsid w:val="00DF7DAA"/>
+    <w:rsid w:val="00E23B85"/>
     <w:rsid w:val="00E30F13"/>
     <w:rsid w:val="00E328AF"/>
     <w:rsid w:val="00E423A6"/>
     <w:rsid w:val="00E552B5"/>
     <w:rsid w:val="00E63923"/>
     <w:rsid w:val="00E67A9A"/>
     <w:rsid w:val="00EB1340"/>
     <w:rsid w:val="00EC2AB1"/>
     <w:rsid w:val="00EC4D13"/>
+    <w:rsid w:val="00ED3C00"/>
     <w:rsid w:val="00ED3DD0"/>
     <w:rsid w:val="00EE19E7"/>
     <w:rsid w:val="00EF090F"/>
     <w:rsid w:val="00EF61D6"/>
     <w:rsid w:val="00EF71EC"/>
     <w:rsid w:val="00F04F34"/>
     <w:rsid w:val="00F0766D"/>
     <w:rsid w:val="00F171B5"/>
     <w:rsid w:val="00F2024C"/>
     <w:rsid w:val="00F312E7"/>
     <w:rsid w:val="00F575C6"/>
+    <w:rsid w:val="00F6368A"/>
+    <w:rsid w:val="00F75ABD"/>
     <w:rsid w:val="00F82637"/>
     <w:rsid w:val="00F86DDB"/>
+    <w:rsid w:val="00F87700"/>
     <w:rsid w:val="00F92A7D"/>
     <w:rsid w:val="00FB68FF"/>
     <w:rsid w:val="00FC1EE4"/>
     <w:rsid w:val="00FD0A51"/>
     <w:rsid w:val="00FE3FDA"/>
     <w:rsid w:val="00FF1292"/>
     <w:rsid w:val="00FF2218"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-GB"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="36865"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
-      <o:idmap v:ext="edit" data="1"/>
+      <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
-  <w14:docId w14:val="049CE925"/>
+  <w14:docId w14:val="562F3C14"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{3CA5D864-7473-45D7-8457-BFD3DE10F222}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-GB" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="375">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -8704,60 +11458,60 @@
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="00982914"/>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
-    <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Header">
     <w:name w:val="header"/>
@@ -8943,124 +11697,190 @@
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
   <w:style w:type="character" w:styleId="UnresolvedMention">
     <w:name w:val="Unresolved Mention"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00047435"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="character" w:styleId="Emphasis">
+    <w:name w:val="Emphasis"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="20"/>
+    <w:qFormat/>
+    <w:rsid w:val="00BE5737"/>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="FollowedHyperlink">
+    <w:name w:val="FollowedHyperlink"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00595386"/>
+    <w:rPr>
+      <w:color w:val="954F72" w:themeColor="followedHyperlink"/>
+      <w:u w:val="single"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="NormalWeb">
+    <w:name w:val="Normal (Web)"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="009A3440"/>
+    <w:pPr>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="en-GB"/>
+    </w:rPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="508908271">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="921837311">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="958343885">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1693723909">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1800563451">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
+    <w:div w:id="1992371661">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:gstt.neurorehabservice@nhs.net" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:gstt.strengthandbalancehelpline@nhs.net" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gbr01.safelinks.protection.outlook.com/?url=https%3A%2F%2Fwww.southwark.gov.uk%2Foccupational-therapy-assessment&amp;data=05%7C02%7Colivia.africa%40nhs.net%7Ce860cacf83ce43db511a08dddfb28d92%7C37c354b285b047f5b22207b48d774ee3%7C0%7C0%7C638912680471245997%7CUnknown%7CTWFpbGZsb3d8eyJFbXB0eU1hcGkiOnRydWUsIlYiOiIwLjAuMDAwMCIsIlAiOiJXaW4zMiIsIkFOIjoiTWFpbCIsIldUIjoyfQ%3D%3D%7C0%7C%7C%7C&amp;sdata=MOQJDweeWiOoYALgYqcK4NT701zGw3eGNCeciTqmDWY%3D&amp;reserved=0" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beta.lambeth.gov.uk/adult-social-care-and-health/safeguarding/professionals-and-care-providers" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:gstt.southwarkcommunityrehabandfalls@nhs.net" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:gstt.lambethcommunityrehabandfalls@nhs.net" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:gstt.lambethcommunityrehabandfalls@nhs.net" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/footer1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:gstt.strengthandbalancehelpline@nhs.net" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:gstt.lambethcommunityrehabandfalls@nhs.net" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:gstt.southwarkcommunityrehabandfalls@nhs.net" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:OccupationalTherapyHelpdesk@Southwark.gov.uk" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="5B9BD5"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -9285,75 +12105,75 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>3</Pages>
-  <Words>973</Words>
-  <Characters>5551</Characters>
+  <Words>1145</Words>
+  <Characters>6529</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>46</Lines>
-  <Paragraphs>13</Paragraphs>
+  <Lines>54</Lines>
+  <Paragraphs>15</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>NEL CSU</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>6511</CharactersWithSpaces>
+  <CharactersWithSpaces>7659</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Williams Charlotte</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="WinDIP File ID">
     <vt:lpwstr>20f18dc4-bb7c-43b4-84d6-2e9f59efc786</vt:lpwstr>
   </property>