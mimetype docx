--- v0 (2025-12-05)
+++ v1 (2026-01-27)
@@ -1,222 +1,221 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
+  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
+  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:tbl>
       <w:tblPr>
+        <w:tblpPr w:leftFromText="180" w:rightFromText="180" w:vertAnchor="text" w:tblpY="1"/>
+        <w:tblOverlap w:val="never"/>
         <w:tblW w:w="10647" w:type="dxa"/>
-        <w:jc w:val="center"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="824"/>
         <w:gridCol w:w="72"/>
         <w:gridCol w:w="63"/>
         <w:gridCol w:w="485"/>
         <w:gridCol w:w="15"/>
         <w:gridCol w:w="100"/>
         <w:gridCol w:w="187"/>
         <w:gridCol w:w="142"/>
         <w:gridCol w:w="63"/>
         <w:gridCol w:w="176"/>
         <w:gridCol w:w="319"/>
         <w:gridCol w:w="143"/>
         <w:gridCol w:w="433"/>
         <w:gridCol w:w="125"/>
         <w:gridCol w:w="14"/>
         <w:gridCol w:w="272"/>
         <w:gridCol w:w="158"/>
         <w:gridCol w:w="571"/>
         <w:gridCol w:w="233"/>
         <w:gridCol w:w="283"/>
         <w:gridCol w:w="45"/>
         <w:gridCol w:w="63"/>
         <w:gridCol w:w="433"/>
         <w:gridCol w:w="71"/>
         <w:gridCol w:w="32"/>
         <w:gridCol w:w="417"/>
         <w:gridCol w:w="401"/>
         <w:gridCol w:w="238"/>
         <w:gridCol w:w="46"/>
         <w:gridCol w:w="567"/>
         <w:gridCol w:w="180"/>
         <w:gridCol w:w="103"/>
         <w:gridCol w:w="239"/>
         <w:gridCol w:w="108"/>
         <w:gridCol w:w="458"/>
         <w:gridCol w:w="207"/>
         <w:gridCol w:w="13"/>
         <w:gridCol w:w="489"/>
         <w:gridCol w:w="284"/>
         <w:gridCol w:w="108"/>
         <w:gridCol w:w="458"/>
         <w:gridCol w:w="428"/>
         <w:gridCol w:w="581"/>
       </w:tblGrid>
-      <w:tr w:rsidR="002D2ACE" w:rsidRPr="00245DB2" w:rsidTr="00962379">
+      <w:tr w:rsidR="002D2ACE" w:rsidRPr="00245DB2" w14:paraId="0CB4915B" w14:textId="77777777" w:rsidTr="00EF1791">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="284"/>
-          <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10647" w:type="dxa"/>
             <w:gridSpan w:val="43"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
           </w:tcPr>
-          <w:p w:rsidR="002D2ACE" w:rsidRPr="000633F8" w:rsidRDefault="002D2ACE" w:rsidP="00962379">
+          <w:p w14:paraId="481E1DBC" w14:textId="558F996F" w:rsidR="002D2ACE" w:rsidRPr="000633F8" w:rsidRDefault="002D2ACE" w:rsidP="00EF1791">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:color w:val="0563C1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
-            <w:bookmarkStart w:id="0" w:name="_GoBack"/>
-            <w:bookmarkEnd w:id="0"/>
             <w:r w:rsidRPr="000633F8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t xml:space="preserve">Please return the completed form via email (preferred) to: </w:t>
             </w:r>
-            <w:hyperlink r:id="rId6">
-              <w:r w:rsidRPr="000633F8">
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r w:rsidR="00EF1791" w:rsidRPr="009D3126">
                 <w:rPr>
+                  <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:b/>
                   <w:bCs/>
-                  <w:color w:val="005EB8"/>
                   <w:sz w:val="21"/>
                   <w:szCs w:val="21"/>
                 </w:rPr>
-                <w:t>gst-tr.audiologyappointments@nhs.net</w:t>
+                <w:t>gstt.audiologyappointments@nhs.net</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidRPr="000633F8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:color w:val="0563C1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="000633F8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>or post to:</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="002D2ACE" w:rsidRPr="000633F8" w:rsidRDefault="002D2ACE" w:rsidP="00962379">
+          <w:p w14:paraId="4667870B" w14:textId="77777777" w:rsidR="002D2ACE" w:rsidRPr="000633F8" w:rsidRDefault="002D2ACE" w:rsidP="00EF1791">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:color w:val="005EB8"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002D2ACE" w:rsidRPr="00245DB2" w:rsidTr="008F6BB9">
+      <w:tr w:rsidR="002D2ACE" w:rsidRPr="00245DB2" w14:paraId="177DC496" w14:textId="77777777" w:rsidTr="00EF1791">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="1711"/>
-          <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5322" w:type="dxa"/>
             <w:gridSpan w:val="25"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="002D2ACE" w:rsidRPr="000633F8" w:rsidRDefault="002D2ACE" w:rsidP="00962379">
+          <w:p w14:paraId="06391A2B" w14:textId="77777777" w:rsidR="002D2ACE" w:rsidRPr="000633F8" w:rsidRDefault="002D2ACE" w:rsidP="00EF1791">
             <w:pPr>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="005EB8"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000633F8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="005EB8"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Adult Audiology Centre</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="002D2ACE" w:rsidRPr="000633F8" w:rsidRDefault="002D2ACE" w:rsidP="00962379">
+          <w:p w14:paraId="57AD8962" w14:textId="77777777" w:rsidR="002D2ACE" w:rsidRPr="000633F8" w:rsidRDefault="002D2ACE" w:rsidP="00EF1791">
             <w:pPr>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="005EB8"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000633F8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="005EB8"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Guy’s</w:t>
             </w:r>
             <w:r w:rsidRPr="000633F8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -239,253 +238,248 @@
             </w:r>
             <w:r w:rsidRPr="000633F8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="005EB8"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
               <w:t>rd</w:t>
             </w:r>
             <w:r w:rsidRPr="000633F8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="005EB8"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> Floor Southwark Wing</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="002D2ACE" w:rsidRPr="000633F8" w:rsidRDefault="002D2ACE" w:rsidP="00962379">
+          <w:p w14:paraId="377C636C" w14:textId="77777777" w:rsidR="002D2ACE" w:rsidRPr="000633F8" w:rsidRDefault="002D2ACE" w:rsidP="00EF1791">
             <w:pPr>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="005EB8"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000633F8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="005EB8"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Great Maze</w:t>
             </w:r>
             <w:r w:rsidRPr="000633F8">
               <w:rPr>
                 <w:color w:val="005EB8"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="005EB8"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Pond, London   T: 020 7188 2211 </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="002D2ACE" w:rsidRPr="000633F8" w:rsidRDefault="002D2ACE" w:rsidP="00962379">
+          <w:p w14:paraId="39FEF283" w14:textId="77777777" w:rsidR="002D2ACE" w:rsidRPr="000633F8" w:rsidRDefault="002D2ACE" w:rsidP="00EF1791">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="005EB8"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000633F8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="005EB8"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>SE1 9RT</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5325" w:type="dxa"/>
             <w:gridSpan w:val="18"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="002D2ACE" w:rsidRPr="000633F8" w:rsidRDefault="002D2ACE" w:rsidP="00962379">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="04AA61FC" w14:textId="77777777" w:rsidR="002D2ACE" w:rsidRPr="000633F8" w:rsidRDefault="002D2ACE" w:rsidP="00EF1791">
             <w:pPr>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="005EB8"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000633F8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:color w:val="005EB8"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:drawing>
-                <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251660288" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="27E01764" wp14:editId="5AEE2E3E">
+                <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251660288" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="6584295A" wp14:editId="1A334E7E">
                   <wp:simplePos x="0" y="0"/>
                   <wp:positionH relativeFrom="margin">
                     <wp:align>right</wp:align>
                   </wp:positionH>
                   <wp:positionV relativeFrom="margin">
                     <wp:align>top</wp:align>
                   </wp:positionV>
                   <wp:extent cx="2152800" cy="759600"/>
                   <wp:effectExtent l="0" t="0" r="0" b="2540"/>
                   <wp:wrapSquare wrapText="bothSides"/>
                   <wp:docPr id="1" name="Picture 1"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="GSTTlogo.png"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId7" cstate="print">
+                          <a:blip r:embed="rId10" cstate="print">
                             <a:extLst>
                               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                               </a:ext>
                             </a:extLst>
                           </a:blip>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2152800" cy="759600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                   <wp14:sizeRelH relativeFrom="margin">
                     <wp14:pctWidth>0</wp14:pctWidth>
                   </wp14:sizeRelH>
                   <wp14:sizeRelV relativeFrom="margin">
                     <wp14:pctHeight>0</wp14:pctHeight>
                   </wp14:sizeRelV>
                 </wp:anchor>
               </w:drawing>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002D2ACE" w:rsidRPr="00245DB2" w:rsidTr="00962379">
+      <w:tr w:rsidR="002D2ACE" w:rsidRPr="00245DB2" w14:paraId="36B2BD6C" w14:textId="77777777" w:rsidTr="00EF1791">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="454"/>
-          <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10647" w:type="dxa"/>
             <w:gridSpan w:val="43"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
           </w:tcPr>
-          <w:p w:rsidR="002D2ACE" w:rsidRPr="004A43FC" w:rsidRDefault="002D2ACE" w:rsidP="00962379">
+          <w:p w14:paraId="4EEB5F45" w14:textId="77777777" w:rsidR="002D2ACE" w:rsidRPr="004A43FC" w:rsidRDefault="002D2ACE" w:rsidP="00EF1791">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:iCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000633F8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="005EB8"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
               <w:t>Direct Referral to Adult Audiology Centre</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002D2ACE" w:rsidRPr="00245DB2" w:rsidTr="00962379">
+      <w:tr w:rsidR="002D2ACE" w:rsidRPr="00245DB2" w14:paraId="4F4BC8E2" w14:textId="77777777" w:rsidTr="00EF1791">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="255"/>
-          <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10647" w:type="dxa"/>
             <w:gridSpan w:val="43"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
           </w:tcPr>
-          <w:p w:rsidR="002D2ACE" w:rsidRDefault="002D2ACE" w:rsidP="00962379">
+          <w:p w14:paraId="0219AC88" w14:textId="77777777" w:rsidR="002D2ACE" w:rsidRDefault="002D2ACE" w:rsidP="00EF1791">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t xml:space="preserve">Note: </w:t>
             </w:r>
             <w:r w:rsidRPr="00245DB2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
@@ -495,2896 +489,2843 @@
             <w:r w:rsidRPr="00245DB2">
               <w:rPr>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00245DB2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>hearing loss</w:t>
             </w:r>
             <w:r w:rsidRPr="00245DB2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="002D2ACE" w:rsidRPr="00C6501E" w:rsidRDefault="002D2ACE" w:rsidP="00962379">
+          <w:p w14:paraId="2DFC9E25" w14:textId="77777777" w:rsidR="002D2ACE" w:rsidRPr="00C6501E" w:rsidRDefault="002D2ACE" w:rsidP="00EF1791">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002D2ACE" w:rsidRPr="00245DB2" w:rsidTr="00962379">
+      <w:tr w:rsidR="002D2ACE" w:rsidRPr="00245DB2" w14:paraId="5AB769F3" w14:textId="77777777" w:rsidTr="00EF1791">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="255"/>
-          <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10647" w:type="dxa"/>
             <w:gridSpan w:val="43"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="002D2ACE" w:rsidRPr="00245DB2" w:rsidRDefault="002D2ACE" w:rsidP="00962379">
+          <w:p w14:paraId="296675F9" w14:textId="77777777" w:rsidR="002D2ACE" w:rsidRPr="00245DB2" w:rsidRDefault="002D2ACE" w:rsidP="00EF1791">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00245DB2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>If the patient fails any of the criteria below, please refer to ENT first.</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="002D2ACE" w:rsidRPr="00C6501E" w:rsidRDefault="002D2ACE" w:rsidP="00962379">
+          <w:p w14:paraId="5AC88C33" w14:textId="77777777" w:rsidR="002D2ACE" w:rsidRPr="00C6501E" w:rsidRDefault="002D2ACE" w:rsidP="00EF1791">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002D2ACE" w:rsidRPr="00245DB2" w:rsidTr="00962379">
+      <w:tr w:rsidR="002D2ACE" w:rsidRPr="00245DB2" w14:paraId="48D9EFF0" w14:textId="77777777" w:rsidTr="00EF1791">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="337"/>
-          <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10647" w:type="dxa"/>
             <w:gridSpan w:val="43"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="002D2ACE" w:rsidRPr="00C6501E" w:rsidRDefault="002D2ACE" w:rsidP="00962379">
+          <w:p w14:paraId="49687EEC" w14:textId="77777777" w:rsidR="002D2ACE" w:rsidRPr="00C6501E" w:rsidRDefault="002D2ACE" w:rsidP="00EF1791">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C6501E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>Referral Details</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002D2ACE" w:rsidRPr="00245DB2" w:rsidTr="0071057D">
+      <w:tr w:rsidR="002D2ACE" w:rsidRPr="00245DB2" w14:paraId="07E08304" w14:textId="77777777" w:rsidTr="00EF1791">
         <w:trPr>
           <w:trHeight w:val="305"/>
-          <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2127" w:type="dxa"/>
             <w:gridSpan w:val="10"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D5DCE4" w:themeFill="text2" w:themeFillTint="33"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="002D2ACE" w:rsidRPr="00C6501E" w:rsidRDefault="002D2ACE" w:rsidP="00962379">
+          <w:p w14:paraId="6BD6999C" w14:textId="77777777" w:rsidR="002D2ACE" w:rsidRPr="00C6501E" w:rsidRDefault="004919B2" w:rsidP="00EF1791">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
-              <w:t>Referring GP Name:</w:t>
+              <w:t>Referrer</w:t>
+            </w:r>
+            <w:r w:rsidR="002D2ACE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Name:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3163" w:type="dxa"/>
             <w:gridSpan w:val="14"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
           </w:tcPr>
-          <w:p w:rsidR="002D2ACE" w:rsidRPr="00126B64" w:rsidRDefault="002D2ACE" w:rsidP="00962379">
-[...8 lines deleted...]
-            <w:permEnd w:id="500858338"/>
+          <w:p w14:paraId="22CFE431" w14:textId="77777777" w:rsidR="002D2ACE" w:rsidRPr="00126B64" w:rsidRDefault="002D2ACE" w:rsidP="00EF1791">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:permStart w:id="549748051" w:edGrp="everyone"/>
+            <w:permEnd w:id="549748051"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D5DCE4" w:themeFill="text2" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="002D2ACE" w:rsidRPr="00C6501E" w:rsidRDefault="002D2ACE" w:rsidP="00962379">
+          <w:p w14:paraId="1C7202A5" w14:textId="77777777" w:rsidR="002D2ACE" w:rsidRPr="00C6501E" w:rsidRDefault="002D2ACE" w:rsidP="00EF1791">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>Address:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4223" w:type="dxa"/>
             <w:gridSpan w:val="14"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...10 lines deleted...]
-            <w:permEnd w:id="1135967201"/>
+          </w:tcPr>
+          <w:p w14:paraId="5CDC3B6C" w14:textId="77777777" w:rsidR="002D2ACE" w:rsidRPr="00126B64" w:rsidRDefault="002D2ACE" w:rsidP="00EF1791">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:permStart w:id="1935161773" w:edGrp="everyone"/>
+            <w:permEnd w:id="1935161773"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002D2ACE" w:rsidRPr="00245DB2" w:rsidTr="00962379">
+      <w:tr w:rsidR="002D2ACE" w:rsidRPr="00245DB2" w14:paraId="3A953AEF" w14:textId="77777777" w:rsidTr="00EF1791">
         <w:trPr>
           <w:trHeight w:val="305"/>
-          <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1459" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D5DCE4" w:themeFill="text2" w:themeFillTint="33"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="002D2ACE" w:rsidRPr="00C6501E" w:rsidRDefault="002D2ACE" w:rsidP="00962379">
+          <w:p w14:paraId="4B0EEFB1" w14:textId="77777777" w:rsidR="002D2ACE" w:rsidRPr="00C6501E" w:rsidRDefault="002D2ACE" w:rsidP="00EF1791">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>Tel. Number:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3831" w:type="dxa"/>
             <w:gridSpan w:val="19"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...11 lines deleted...]
-            <w:permEnd w:id="372197491"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="170E3ED5" w14:textId="77777777" w:rsidR="002D2ACE" w:rsidRPr="00126B64" w:rsidRDefault="002D2ACE" w:rsidP="00EF1791">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:permStart w:id="1446729065" w:edGrp="everyone"/>
+            <w:permEnd w:id="1446729065"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="002D2ACE" w:rsidRPr="00C6501E" w:rsidRDefault="002D2ACE" w:rsidP="00962379">
+          </w:tcPr>
+          <w:p w14:paraId="188D2994" w14:textId="77777777" w:rsidR="002D2ACE" w:rsidRPr="00C6501E" w:rsidRDefault="002D2ACE" w:rsidP="00EF1791">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4223" w:type="dxa"/>
             <w:gridSpan w:val="14"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="002D2ACE" w:rsidRPr="00C6501E" w:rsidRDefault="002D2ACE" w:rsidP="00962379">
+          </w:tcPr>
+          <w:p w14:paraId="7A80CF14" w14:textId="77777777" w:rsidR="002D2ACE" w:rsidRPr="00C6501E" w:rsidRDefault="002D2ACE" w:rsidP="00EF1791">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002D2ACE" w:rsidRPr="00245DB2" w:rsidTr="00962379">
+      <w:tr w:rsidR="002D2ACE" w:rsidRPr="00245DB2" w14:paraId="49E7476B" w14:textId="77777777" w:rsidTr="00EF1791">
         <w:trPr>
           <w:trHeight w:val="305"/>
-          <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="896" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D5DCE4" w:themeFill="text2" w:themeFillTint="33"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="002D2ACE" w:rsidRPr="00C6501E" w:rsidRDefault="002D2ACE" w:rsidP="00962379">
+          <w:p w14:paraId="0A02C8A8" w14:textId="77777777" w:rsidR="002D2ACE" w:rsidRPr="00C6501E" w:rsidRDefault="002D2ACE" w:rsidP="00EF1791">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t xml:space="preserve">Email: </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3499" w:type="dxa"/>
             <w:gridSpan w:val="17"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...11 lines deleted...]
-            <w:permEnd w:id="748441302"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="27D882BD" w14:textId="77777777" w:rsidR="002D2ACE" w:rsidRPr="00126B64" w:rsidRDefault="002D2ACE" w:rsidP="00EF1791">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:permStart w:id="1579052905" w:edGrp="everyone"/>
+            <w:permEnd w:id="1579052905"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
             <w:gridSpan w:val="14"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D5DCE4" w:themeFill="text2" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="002D2ACE" w:rsidRPr="00C6501E" w:rsidRDefault="002D2ACE" w:rsidP="00962379">
+          <w:p w14:paraId="381C5EDB" w14:textId="77777777" w:rsidR="002D2ACE" w:rsidRPr="00C6501E" w:rsidRDefault="002D2ACE" w:rsidP="00EF1791">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>Pref. Correspondence Method:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="002D2ACE" w:rsidRPr="00C6501E" w:rsidRDefault="002D5D11" w:rsidP="00962379">
+          </w:tcPr>
+          <w:p w14:paraId="336FDB5D" w14:textId="77777777" w:rsidR="002D2ACE" w:rsidRPr="00C6501E" w:rsidRDefault="00C73240" w:rsidP="00EF1791">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:color w:val="000000"/>
                   <w:sz w:val="21"/>
                   <w:szCs w:val="21"/>
                 </w:rPr>
                 <w:id w:val="412663113"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
-                <w:permStart w:id="716336236" w:edGrp="everyone"/>
+                <w:permStart w:id="672338148" w:edGrp="everyone"/>
                 <w:r w:rsidR="00126B64">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Arial" w:hint="eastAsia"/>
                     <w:color w:val="000000"/>
                     <w:sz w:val="21"/>
                     <w:szCs w:val="21"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
-                <w:permEnd w:id="716336236"/>
+                <w:permEnd w:id="672338148"/>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="002D2ACE">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t xml:space="preserve"> Email</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1575" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="002D2ACE" w:rsidRPr="00C6501E" w:rsidRDefault="002D5D11" w:rsidP="00962379">
+          </w:tcPr>
+          <w:p w14:paraId="653F5686" w14:textId="77777777" w:rsidR="002D2ACE" w:rsidRPr="00C6501E" w:rsidRDefault="00C73240" w:rsidP="00EF1791">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:color w:val="000000"/>
                   <w:sz w:val="21"/>
                   <w:szCs w:val="21"/>
                 </w:rPr>
                 <w:id w:val="-1287500421"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
-                <w:permStart w:id="815676240" w:edGrp="everyone"/>
+                <w:permStart w:id="2120947502" w:edGrp="everyone"/>
                 <w:r w:rsidR="00126B64">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Arial" w:hint="eastAsia"/>
                     <w:color w:val="000000"/>
                     <w:sz w:val="21"/>
                     <w:szCs w:val="21"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
-                <w:permEnd w:id="815676240"/>
+                <w:permEnd w:id="2120947502"/>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="002D2ACE">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t xml:space="preserve"> Post</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002D2ACE" w:rsidRPr="00245DB2" w:rsidTr="0071057D">
+      <w:tr w:rsidR="002D2ACE" w:rsidRPr="00245DB2" w14:paraId="5D0E3272" w14:textId="77777777" w:rsidTr="00EF1791">
         <w:trPr>
           <w:trHeight w:val="298"/>
-          <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2127" w:type="dxa"/>
             <w:gridSpan w:val="10"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D5DCE4" w:themeFill="text2" w:themeFillTint="33"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="002D2ACE" w:rsidRPr="00C6501E" w:rsidRDefault="002D2ACE" w:rsidP="00962379">
+          <w:p w14:paraId="48ABAD8F" w14:textId="77777777" w:rsidR="002D2ACE" w:rsidRPr="00C6501E" w:rsidRDefault="002D2ACE" w:rsidP="00EF1791">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C6501E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>Date of Referral:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
             <w:gridSpan w:val="9"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...11 lines deleted...]
-            <w:permEnd w:id="575413276"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7D2E310B" w14:textId="77777777" w:rsidR="002D2ACE" w:rsidRPr="00126B64" w:rsidRDefault="002D2ACE" w:rsidP="00EF1791">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:permStart w:id="2055240975" w:edGrp="everyone"/>
+            <w:permEnd w:id="2055240975"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
             <w:gridSpan w:val="14"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D5DCE4" w:themeFill="text2" w:themeFillTint="33"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="002D2ACE" w:rsidRPr="00C6501E" w:rsidRDefault="002D2ACE" w:rsidP="00962379">
+          <w:p w14:paraId="701C7AFD" w14:textId="77777777" w:rsidR="002D2ACE" w:rsidRPr="00C6501E" w:rsidRDefault="002D2ACE" w:rsidP="00EF1791">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C6501E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>Urgency of Referral:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="002D2ACE" w:rsidRPr="00C6501E" w:rsidRDefault="002D5D11" w:rsidP="00962379">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0FA72FD4" w14:textId="77777777" w:rsidR="002D2ACE" w:rsidRPr="00C6501E" w:rsidRDefault="00C73240" w:rsidP="00EF1791">
             <w:pPr>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:color w:val="000000"/>
                   <w:sz w:val="21"/>
                   <w:szCs w:val="21"/>
                 </w:rPr>
                 <w:id w:val="837196963"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
-                <w:permStart w:id="1682795432" w:edGrp="everyone"/>
+                <w:permStart w:id="2054446292" w:edGrp="everyone"/>
                 <w:r w:rsidR="00126B64">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Arial" w:hint="eastAsia"/>
                     <w:color w:val="000000"/>
                     <w:sz w:val="21"/>
                     <w:szCs w:val="21"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
-                <w:permEnd w:id="1682795432"/>
+                <w:permEnd w:id="2054446292"/>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="002D2ACE" w:rsidRPr="00C6501E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t xml:space="preserve">  URGENT</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1575" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="002D2ACE" w:rsidRPr="00C6501E" w:rsidRDefault="002D5D11" w:rsidP="00962379">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1BE28B7E" w14:textId="77777777" w:rsidR="002D2ACE" w:rsidRPr="00C6501E" w:rsidRDefault="00C73240" w:rsidP="00EF1791">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:color w:val="000000"/>
                   <w:sz w:val="21"/>
                   <w:szCs w:val="21"/>
                 </w:rPr>
                 <w:id w:val="-2068645600"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
-                <w:permStart w:id="2116951354" w:edGrp="everyone"/>
+                <w:permStart w:id="1940662493" w:edGrp="everyone"/>
                 <w:r w:rsidR="00126B64">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Arial" w:hint="eastAsia"/>
                     <w:color w:val="000000"/>
                     <w:sz w:val="21"/>
                     <w:szCs w:val="21"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
-                <w:permEnd w:id="2116951354"/>
+                <w:permEnd w:id="1940662493"/>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="002D2ACE" w:rsidRPr="00C6501E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t xml:space="preserve">  ROUTINE</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002D2ACE" w:rsidRPr="00245DB2" w:rsidTr="0071057D">
+      <w:tr w:rsidR="002D2ACE" w:rsidRPr="00245DB2" w14:paraId="5E04CEAA" w14:textId="77777777" w:rsidTr="00EF1791">
         <w:trPr>
           <w:trHeight w:val="298"/>
-          <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2127" w:type="dxa"/>
             <w:gridSpan w:val="10"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D5DCE4" w:themeFill="text2" w:themeFillTint="33"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="002D2ACE" w:rsidRPr="00C6501E" w:rsidRDefault="002D2ACE" w:rsidP="00962379">
+          <w:p w14:paraId="04B218CF" w14:textId="77777777" w:rsidR="002D2ACE" w:rsidRPr="00C6501E" w:rsidRDefault="002D2ACE" w:rsidP="00EF1791">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C6501E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>Transport Required?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1306" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="002D2ACE" w:rsidRPr="00C6501E" w:rsidRDefault="002D5D11" w:rsidP="00962379">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3F6E6510" w14:textId="77777777" w:rsidR="002D2ACE" w:rsidRPr="00C6501E" w:rsidRDefault="00C73240" w:rsidP="00EF1791">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:color w:val="000000"/>
                   <w:sz w:val="21"/>
                   <w:szCs w:val="21"/>
                 </w:rPr>
                 <w:id w:val="451445240"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
-                <w:permStart w:id="1011968772" w:edGrp="everyone"/>
+                <w:permStart w:id="1541569936" w:edGrp="everyone"/>
                 <w:r w:rsidR="00126B64">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Arial" w:hint="eastAsia"/>
                     <w:color w:val="000000"/>
                     <w:sz w:val="21"/>
                     <w:szCs w:val="21"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
-                <w:permEnd w:id="1011968772"/>
+                <w:permEnd w:id="1541569936"/>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="002D2ACE" w:rsidRPr="00C6501E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t xml:space="preserve">  Yes</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="962" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="002D2ACE" w:rsidRPr="00C6501E" w:rsidRDefault="002D5D11" w:rsidP="00962379">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0927E292" w14:textId="77777777" w:rsidR="002D2ACE" w:rsidRPr="00C6501E" w:rsidRDefault="00C73240" w:rsidP="00EF1791">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:color w:val="000000"/>
                   <w:sz w:val="21"/>
                   <w:szCs w:val="21"/>
                 </w:rPr>
                 <w:id w:val="1566828587"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
-                <w:permStart w:id="1945916247" w:edGrp="everyone"/>
+                <w:permStart w:id="1980704492" w:edGrp="everyone"/>
                 <w:r w:rsidR="00126B64">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Arial" w:hint="eastAsia"/>
                     <w:color w:val="000000"/>
                     <w:sz w:val="21"/>
                     <w:szCs w:val="21"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
-                <w:permEnd w:id="1945916247"/>
+                <w:permEnd w:id="1980704492"/>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="002D2ACE" w:rsidRPr="00C6501E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t xml:space="preserve">  No</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
             <w:gridSpan w:val="14"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D5DCE4" w:themeFill="text2" w:themeFillTint="33"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="002D2ACE" w:rsidRPr="00C6501E" w:rsidRDefault="002D2ACE" w:rsidP="00962379">
+          <w:p w14:paraId="5A2BA0A7" w14:textId="77777777" w:rsidR="002D2ACE" w:rsidRPr="00C6501E" w:rsidRDefault="002D2ACE" w:rsidP="00EF1791">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C6501E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t xml:space="preserve">Is Patient Housebound?   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="002D2ACE" w:rsidRPr="00C6501E" w:rsidRDefault="002D5D11" w:rsidP="00962379">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="56BF078D" w14:textId="77777777" w:rsidR="002D2ACE" w:rsidRPr="00C6501E" w:rsidRDefault="00C73240" w:rsidP="00EF1791">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:color w:val="000000"/>
                   <w:sz w:val="21"/>
                   <w:szCs w:val="21"/>
                 </w:rPr>
                 <w:id w:val="919298929"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
-                <w:permStart w:id="1937402322" w:edGrp="everyone"/>
+                <w:permStart w:id="143213125" w:edGrp="everyone"/>
                 <w:r w:rsidR="00126B64">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Arial" w:hint="eastAsia"/>
                     <w:color w:val="000000"/>
                     <w:sz w:val="21"/>
                     <w:szCs w:val="21"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
-                <w:permEnd w:id="1937402322"/>
+                <w:permEnd w:id="143213125"/>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="002D2ACE" w:rsidRPr="00C6501E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t xml:space="preserve">  Yes</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1575" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="002D2ACE" w:rsidRPr="00C6501E" w:rsidRDefault="002D5D11" w:rsidP="00962379">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="799180BD" w14:textId="77777777" w:rsidR="002D2ACE" w:rsidRPr="00C6501E" w:rsidRDefault="00C73240" w:rsidP="00EF1791">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:color w:val="000000"/>
                   <w:sz w:val="21"/>
                   <w:szCs w:val="21"/>
                 </w:rPr>
                 <w:id w:val="1504473614"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
-                <w:permStart w:id="269497944" w:edGrp="everyone"/>
+                <w:permStart w:id="171452344" w:edGrp="everyone"/>
                 <w:r w:rsidR="00126B64">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Arial" w:hint="eastAsia"/>
                     <w:color w:val="000000"/>
                     <w:sz w:val="21"/>
                     <w:szCs w:val="21"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
-                <w:permEnd w:id="269497944"/>
+                <w:permEnd w:id="171452344"/>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="002D2ACE" w:rsidRPr="00C6501E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t xml:space="preserve">  No</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002D2ACE" w:rsidRPr="00245DB2" w:rsidTr="00962379">
+      <w:tr w:rsidR="002D2ACE" w:rsidRPr="00245DB2" w14:paraId="3BC9FB63" w14:textId="77777777" w:rsidTr="00EF1791">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="112"/>
-          <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10647" w:type="dxa"/>
             <w:gridSpan w:val="43"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="002D2ACE" w:rsidRPr="00245DB2" w:rsidRDefault="002D2ACE" w:rsidP="00962379">
+          <w:p w14:paraId="79794145" w14:textId="77777777" w:rsidR="002D2ACE" w:rsidRPr="00245DB2" w:rsidRDefault="002D2ACE" w:rsidP="00EF1791">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002D2ACE" w:rsidRPr="00245DB2" w:rsidTr="00962379">
+      <w:tr w:rsidR="002D2ACE" w:rsidRPr="00245DB2" w14:paraId="655E5367" w14:textId="77777777" w:rsidTr="00EF1791">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="282"/>
-          <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10647" w:type="dxa"/>
             <w:gridSpan w:val="43"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="002D2ACE" w:rsidRPr="00245DB2" w:rsidRDefault="002D2ACE" w:rsidP="00962379">
+          <w:p w14:paraId="4EBDE09A" w14:textId="77777777" w:rsidR="002D2ACE" w:rsidRPr="00245DB2" w:rsidRDefault="002D2ACE" w:rsidP="00EF1791">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00245DB2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>Patient Details</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002D2ACE" w:rsidRPr="00245DB2" w:rsidTr="00962379">
+      <w:tr w:rsidR="002D2ACE" w:rsidRPr="00245DB2" w14:paraId="55C2FC33" w14:textId="77777777" w:rsidTr="00EF1791">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="282"/>
-          <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="959" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D5DCE4" w:themeFill="text2" w:themeFillTint="33"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="002D2ACE" w:rsidRPr="00245DB2" w:rsidRDefault="002D2ACE" w:rsidP="00962379">
+          <w:p w14:paraId="6EB27FFD" w14:textId="77777777" w:rsidR="002D2ACE" w:rsidRPr="00245DB2" w:rsidRDefault="002D2ACE" w:rsidP="00EF1791">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>Name:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...10 lines deleted...]
-            <w:permEnd w:id="1480917904"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="50E50A7D" w14:textId="77777777" w:rsidR="002D2ACE" w:rsidRPr="00126B64" w:rsidRDefault="002D2ACE" w:rsidP="00EF1791">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:permStart w:id="2135645059" w:edGrp="everyone"/>
+            <w:permEnd w:id="2135645059"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2835" w:type="dxa"/>
             <w:gridSpan w:val="13"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...10 lines deleted...]
-            <w:permEnd w:id="334499477"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7DD047BB" w14:textId="77777777" w:rsidR="002D2ACE" w:rsidRPr="00126B64" w:rsidRDefault="002D2ACE" w:rsidP="00EF1791">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:permStart w:id="1749823173" w:edGrp="everyone"/>
+            <w:permEnd w:id="1749823173"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2835" w:type="dxa"/>
             <w:gridSpan w:val="12"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...10 lines deleted...]
-            <w:permEnd w:id="523240468"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3A5CC779" w14:textId="77777777" w:rsidR="002D2ACE" w:rsidRPr="00126B64" w:rsidRDefault="002D2ACE" w:rsidP="00EF1791">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:permStart w:id="1837919518" w:edGrp="everyone"/>
+            <w:permEnd w:id="1837919518"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3026" w:type="dxa"/>
             <w:gridSpan w:val="9"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...10 lines deleted...]
-            <w:permEnd w:id="1055269220"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="145D2E39" w14:textId="77777777" w:rsidR="002D2ACE" w:rsidRPr="00126B64" w:rsidRDefault="002D2ACE" w:rsidP="00EF1791">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:permStart w:id="1577152321" w:edGrp="everyone"/>
+            <w:permEnd w:id="1577152321"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002D2ACE" w:rsidRPr="00245DB2" w:rsidTr="00962379">
+      <w:tr w:rsidR="002D2ACE" w:rsidRPr="00245DB2" w14:paraId="345A615D" w14:textId="77777777" w:rsidTr="00EF1791">
         <w:trPr>
           <w:trHeight w:val="112"/>
-          <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="959" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D5DCE4" w:themeFill="text2" w:themeFillTint="33"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="002D2ACE" w:rsidRPr="00245DB2" w:rsidRDefault="002D2ACE" w:rsidP="00962379">
+          <w:p w14:paraId="345212E9" w14:textId="77777777" w:rsidR="002D2ACE" w:rsidRPr="00245DB2" w:rsidRDefault="002D2ACE" w:rsidP="00EF1791">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="002D2ACE" w:rsidRPr="00245DB2" w:rsidRDefault="002D2ACE" w:rsidP="00962379">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4BAC3B14" w14:textId="77777777" w:rsidR="002D2ACE" w:rsidRPr="00245DB2" w:rsidRDefault="002D2ACE" w:rsidP="00EF1791">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008B2729">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Title</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2835" w:type="dxa"/>
             <w:gridSpan w:val="13"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="002D2ACE" w:rsidRPr="00245DB2" w:rsidRDefault="002D2ACE" w:rsidP="00962379">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="29633E37" w14:textId="77777777" w:rsidR="002D2ACE" w:rsidRPr="00245DB2" w:rsidRDefault="002D2ACE" w:rsidP="00EF1791">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008B2729">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>First</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2835" w:type="dxa"/>
             <w:gridSpan w:val="12"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="002D2ACE" w:rsidRPr="00245DB2" w:rsidRDefault="002D2ACE" w:rsidP="00962379">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5F56968D" w14:textId="77777777" w:rsidR="002D2ACE" w:rsidRPr="00245DB2" w:rsidRDefault="002D2ACE" w:rsidP="00EF1791">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008B2729">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Middle</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3026" w:type="dxa"/>
             <w:gridSpan w:val="9"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="002D2ACE" w:rsidRPr="00245DB2" w:rsidRDefault="002D2ACE" w:rsidP="00962379">
+          <w:p w14:paraId="17DA7F82" w14:textId="77777777" w:rsidR="002D2ACE" w:rsidRPr="00245DB2" w:rsidRDefault="002D2ACE" w:rsidP="00EF1791">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008B2729">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Last</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002D2ACE" w:rsidRPr="00245DB2" w:rsidTr="00962379">
+      <w:tr w:rsidR="002D2ACE" w:rsidRPr="00245DB2" w14:paraId="00CE6818" w14:textId="77777777" w:rsidTr="00EF1791">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="282"/>
-          <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1888" w:type="dxa"/>
             <w:gridSpan w:val="8"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D5DCE4" w:themeFill="text2" w:themeFillTint="33"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="002D2ACE" w:rsidRPr="00245DB2" w:rsidRDefault="002D2ACE" w:rsidP="00962379">
+          <w:p w14:paraId="0A55FD09" w14:textId="77777777" w:rsidR="002D2ACE" w:rsidRPr="00245DB2" w:rsidRDefault="002D2ACE" w:rsidP="00EF1791">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00245DB2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>Preferred Name:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3851" w:type="dxa"/>
             <w:gridSpan w:val="18"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...11 lines deleted...]
-            <w:permEnd w:id="1628590267"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1FD90A5A" w14:textId="77777777" w:rsidR="002D2ACE" w:rsidRPr="00126B64" w:rsidRDefault="002D2ACE" w:rsidP="00EF1791">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:permStart w:id="1270948117" w:edGrp="everyone"/>
+            <w:permEnd w:id="1270948117"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1882" w:type="dxa"/>
             <w:gridSpan w:val="8"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D5DCE4" w:themeFill="text2" w:themeFillTint="33"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="002D2ACE" w:rsidRPr="00245DB2" w:rsidRDefault="002D2ACE" w:rsidP="00962379">
+          <w:p w14:paraId="646EEE7E" w14:textId="77777777" w:rsidR="002D2ACE" w:rsidRPr="00245DB2" w:rsidRDefault="002D2ACE" w:rsidP="00EF1791">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00245DB2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>NHS Number:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3026" w:type="dxa"/>
             <w:gridSpan w:val="9"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...11 lines deleted...]
-            <w:permEnd w:id="784741563"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0EC042C6" w14:textId="77777777" w:rsidR="002D2ACE" w:rsidRPr="00126B64" w:rsidRDefault="002D2ACE" w:rsidP="00EF1791">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:permStart w:id="120743725" w:edGrp="everyone"/>
+            <w:permEnd w:id="120743725"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002D2ACE" w:rsidRPr="00245DB2" w:rsidTr="00962379">
+      <w:tr w:rsidR="002D2ACE" w:rsidRPr="00245DB2" w14:paraId="0ADAA2CE" w14:textId="77777777" w:rsidTr="00EF1791">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="282"/>
-          <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D5DCE4" w:themeFill="text2" w:themeFillTint="33"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="002D2ACE" w:rsidRPr="00245DB2" w:rsidRDefault="002D2ACE" w:rsidP="00962379">
+          <w:p w14:paraId="097C231C" w14:textId="77777777" w:rsidR="002D2ACE" w:rsidRPr="00245DB2" w:rsidRDefault="002D2ACE" w:rsidP="00EF1791">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00245DB2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>Date of Birth</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1602" w:type="dxa"/>
             <w:gridSpan w:val="9"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="002D2ACE" w:rsidRPr="00126B64" w:rsidRDefault="002D2ACE" w:rsidP="00962379">
+          <w:p w14:paraId="7A5B9A19" w14:textId="77777777" w:rsidR="002D2ACE" w:rsidRPr="00126B64" w:rsidRDefault="002D2ACE" w:rsidP="00EF1791">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
-            <w:permStart w:id="556870355" w:edGrp="everyone"/>
-            <w:permEnd w:id="556870355"/>
+            <w:permStart w:id="885211104" w:edGrp="everyone"/>
+            <w:permEnd w:id="885211104"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1001" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D5DCE4" w:themeFill="text2" w:themeFillTint="33"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="002D2ACE" w:rsidRPr="00245DB2" w:rsidRDefault="002D2ACE" w:rsidP="00962379">
+          <w:p w14:paraId="2733ADE0" w14:textId="77777777" w:rsidR="002D2ACE" w:rsidRPr="00245DB2" w:rsidRDefault="002D2ACE" w:rsidP="00EF1791">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00245DB2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t xml:space="preserve">Gender: </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2216" w:type="dxa"/>
             <w:gridSpan w:val="10"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="002D2ACE" w:rsidRPr="00245DB2" w:rsidRDefault="002D5D11" w:rsidP="00962379">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="04A2451E" w14:textId="77777777" w:rsidR="002D2ACE" w:rsidRPr="00245DB2" w:rsidRDefault="00C73240" w:rsidP="00EF1791">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:color w:val="000000"/>
                   <w:sz w:val="21"/>
                   <w:szCs w:val="21"/>
                 </w:rPr>
                 <w:id w:val="-2137242194"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
-                <w:permStart w:id="771439600" w:edGrp="everyone"/>
+                <w:permStart w:id="1972507641" w:edGrp="everyone"/>
                 <w:r w:rsidR="00126B64">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Arial" w:hint="eastAsia"/>
                     <w:color w:val="000000"/>
                     <w:sz w:val="21"/>
                     <w:szCs w:val="21"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
-                <w:permEnd w:id="771439600"/>
+                <w:permEnd w:id="1972507641"/>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="002D2ACE">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="002D2ACE" w:rsidRPr="00A44529">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t xml:space="preserve">M  </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:sz w:val="21"/>
                   <w:szCs w:val="21"/>
                 </w:rPr>
                 <w:id w:val="991749124"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
-                <w:permStart w:id="1606494419" w:edGrp="everyone"/>
+                <w:permStart w:id="1679458168" w:edGrp="everyone"/>
                 <w:r w:rsidR="00126B64">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Arial" w:hint="eastAsia"/>
                     <w:sz w:val="21"/>
                     <w:szCs w:val="21"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
-                <w:permEnd w:id="1606494419"/>
+                <w:permEnd w:id="1679458168"/>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="002D2ACE">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t xml:space="preserve"> F Other: </w:t>
             </w:r>
-            <w:permStart w:id="1815220784" w:edGrp="everyone"/>
-            <w:permEnd w:id="1815220784"/>
+            <w:permStart w:id="2000645627" w:edGrp="everyone"/>
+            <w:permEnd w:id="2000645627"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:gridSpan w:val="7"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D5DCE4" w:themeFill="text2" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="002D2ACE" w:rsidRPr="00245DB2" w:rsidRDefault="002D2ACE" w:rsidP="00962379">
+          <w:p w14:paraId="60424219" w14:textId="77777777" w:rsidR="002D2ACE" w:rsidRPr="00245DB2" w:rsidRDefault="002D2ACE" w:rsidP="00EF1791">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>Pronoun Pref.:</w:t>
             </w:r>
             <w:r w:rsidRPr="00245DB2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="002D2ACE" w:rsidRPr="00245DB2" w:rsidRDefault="002D5D11" w:rsidP="00962379">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="68EEADBE" w14:textId="77777777" w:rsidR="002D2ACE" w:rsidRPr="00245DB2" w:rsidRDefault="00C73240" w:rsidP="00EF1791">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:color w:val="000000"/>
                   <w:sz w:val="21"/>
                   <w:szCs w:val="21"/>
                 </w:rPr>
                 <w:id w:val="1127744353"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
-                <w:permStart w:id="957045296" w:edGrp="everyone"/>
+                <w:permStart w:id="177297377" w:edGrp="everyone"/>
                 <w:r w:rsidR="00126B64">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Arial" w:hint="eastAsia"/>
                     <w:color w:val="000000"/>
                     <w:sz w:val="21"/>
                     <w:szCs w:val="21"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
-                <w:permEnd w:id="957045296"/>
+                <w:permEnd w:id="177297377"/>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="002D2ACE">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>He</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="850" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="002D2ACE" w:rsidRPr="00245DB2" w:rsidRDefault="002D5D11" w:rsidP="00962379">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="278C4B1C" w14:textId="77777777" w:rsidR="002D2ACE" w:rsidRPr="00245DB2" w:rsidRDefault="00C73240" w:rsidP="00EF1791">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:color w:val="000000"/>
                   <w:sz w:val="21"/>
                   <w:szCs w:val="21"/>
                 </w:rPr>
                 <w:id w:val="-1276329439"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
-                <w:permStart w:id="206258006" w:edGrp="everyone"/>
+                <w:permStart w:id="1786714125" w:edGrp="everyone"/>
                 <w:r w:rsidR="00126B64">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Arial" w:hint="eastAsia"/>
                     <w:color w:val="000000"/>
                     <w:sz w:val="21"/>
                     <w:szCs w:val="21"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
-                <w:permEnd w:id="206258006"/>
+                <w:permEnd w:id="1786714125"/>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="002D2ACE">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>She</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1009" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="002D2ACE" w:rsidRPr="00245DB2" w:rsidRDefault="002D5D11" w:rsidP="00962379">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4C2A3907" w14:textId="77777777" w:rsidR="002D2ACE" w:rsidRPr="00245DB2" w:rsidRDefault="00C73240" w:rsidP="00EF1791">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:color w:val="000000"/>
                   <w:sz w:val="21"/>
                   <w:szCs w:val="21"/>
                 </w:rPr>
                 <w:id w:val="586505669"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
-                <w:permStart w:id="118585171" w:edGrp="everyone"/>
+                <w:permStart w:id="1990866463" w:edGrp="everyone"/>
                 <w:r w:rsidR="00126B64">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Arial" w:hint="eastAsia"/>
                     <w:color w:val="000000"/>
                     <w:sz w:val="21"/>
                     <w:szCs w:val="21"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
-                <w:permEnd w:id="118585171"/>
+                <w:permEnd w:id="1990866463"/>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="002D2ACE">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>They</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002D2ACE" w:rsidRPr="00245DB2" w:rsidTr="00962379">
+      <w:tr w:rsidR="002D2ACE" w:rsidRPr="00245DB2" w14:paraId="461FD897" w14:textId="77777777" w:rsidTr="00EF1791">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="225"/>
-          <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4395" w:type="dxa"/>
             <w:gridSpan w:val="19"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="002D2ACE" w:rsidRPr="000F3F5C" w:rsidRDefault="002D2ACE" w:rsidP="00962379">
+          <w:p w14:paraId="00A46379" w14:textId="77777777" w:rsidR="002D2ACE" w:rsidRPr="000F3F5C" w:rsidRDefault="002D2ACE" w:rsidP="00EF1791">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="0070C0"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000F3F5C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="0070C0"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t xml:space="preserve">  </w:t>
             </w:r>
             <w:r w:rsidRPr="000F3F5C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">(Patient must be at least 18 years old) </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6252" w:type="dxa"/>
             <w:gridSpan w:val="24"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="002D2ACE" w:rsidRPr="00245DB2" w:rsidRDefault="002D2ACE" w:rsidP="00962379">
+          <w:p w14:paraId="3D88D9FF" w14:textId="77777777" w:rsidR="002D2ACE" w:rsidRPr="00245DB2" w:rsidRDefault="002D2ACE" w:rsidP="00EF1791">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002D2ACE" w:rsidRPr="00245DB2" w:rsidTr="00962379">
+      <w:tr w:rsidR="002D2ACE" w:rsidRPr="00245DB2" w14:paraId="2C716D61" w14:textId="77777777" w:rsidTr="00EF1791">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="282"/>
-          <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1444" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D5DCE4" w:themeFill="text2" w:themeFillTint="33"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="002D2ACE" w:rsidRPr="00245DB2" w:rsidRDefault="002D2ACE" w:rsidP="00962379">
+          <w:p w14:paraId="4EC4ECB3" w14:textId="77777777" w:rsidR="002D2ACE" w:rsidRPr="00245DB2" w:rsidRDefault="002D2ACE" w:rsidP="00EF1791">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00245DB2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>Address:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9203" w:type="dxa"/>
             <w:gridSpan w:val="39"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="002D2ACE" w:rsidRPr="00126B64" w:rsidRDefault="002D2ACE" w:rsidP="00962379">
-[...8 lines deleted...]
-            <w:permEnd w:id="1986527447"/>
+          <w:p w14:paraId="73B972AE" w14:textId="77777777" w:rsidR="002D2ACE" w:rsidRPr="00126B64" w:rsidRDefault="002D2ACE" w:rsidP="00EF1791">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:permStart w:id="190672649" w:edGrp="everyone"/>
+            <w:permEnd w:id="190672649"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002D2ACE" w:rsidRPr="00245DB2" w:rsidTr="00962379">
+      <w:tr w:rsidR="002D2ACE" w:rsidRPr="00245DB2" w14:paraId="071E7FA6" w14:textId="77777777" w:rsidTr="00EF1791">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="282"/>
-          <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1444" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D5DCE4" w:themeFill="text2" w:themeFillTint="33"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="002D2ACE" w:rsidRPr="00245DB2" w:rsidRDefault="002D2ACE" w:rsidP="00962379">
+          <w:p w14:paraId="167DF8EF" w14:textId="77777777" w:rsidR="002D2ACE" w:rsidRPr="00245DB2" w:rsidRDefault="002D2ACE" w:rsidP="00EF1791">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00245DB2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>Postal Code:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1578" w:type="dxa"/>
             <w:gridSpan w:val="9"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...11 lines deleted...]
-            <w:permEnd w:id="1629902395"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="79C3A25E" w14:textId="77777777" w:rsidR="002D2ACE" w:rsidRPr="00126B64" w:rsidRDefault="002D2ACE" w:rsidP="00EF1791">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:permStart w:id="583804176" w:edGrp="everyone"/>
+            <w:permEnd w:id="583804176"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2197" w:type="dxa"/>
             <w:gridSpan w:val="10"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D5DCE4" w:themeFill="text2" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="002D2ACE" w:rsidRPr="00245DB2" w:rsidRDefault="002D2ACE" w:rsidP="00962379">
+          <w:p w14:paraId="6138DD2B" w14:textId="77777777" w:rsidR="002D2ACE" w:rsidRPr="00245DB2" w:rsidRDefault="002D2ACE" w:rsidP="00EF1791">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00245DB2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>Interpreter Required:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="921" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="002D2ACE" w:rsidRPr="00245DB2" w:rsidRDefault="002D5D11" w:rsidP="00962379">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5D899F8C" w14:textId="77777777" w:rsidR="002D2ACE" w:rsidRPr="00245DB2" w:rsidRDefault="00C73240" w:rsidP="00EF1791">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:color w:val="000000"/>
                   <w:sz w:val="21"/>
                   <w:szCs w:val="21"/>
                 </w:rPr>
                 <w:id w:val="2086327298"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
-                <w:permStart w:id="2133160864" w:edGrp="everyone"/>
+                <w:permStart w:id="1139232217" w:edGrp="everyone"/>
                 <w:r w:rsidR="00126B64">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Arial" w:hint="eastAsia"/>
                     <w:color w:val="000000"/>
                     <w:sz w:val="21"/>
                     <w:szCs w:val="21"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
-                <w:permEnd w:id="2133160864"/>
+                <w:permEnd w:id="1139232217"/>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="002D2ACE">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t xml:space="preserve">  Yes</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="851" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="002D2ACE" w:rsidRPr="00245DB2" w:rsidRDefault="002D5D11" w:rsidP="00962379">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="03BAB167" w14:textId="77777777" w:rsidR="002D2ACE" w:rsidRPr="00245DB2" w:rsidRDefault="00C73240" w:rsidP="00EF1791">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:color w:val="000000"/>
                   <w:sz w:val="21"/>
                   <w:szCs w:val="21"/>
                 </w:rPr>
                 <w:id w:val="45883675"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
-                <w:permStart w:id="464327741" w:edGrp="everyone"/>
+                <w:permStart w:id="703948427" w:edGrp="everyone"/>
                 <w:r w:rsidR="00126B64">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Arial" w:hint="eastAsia"/>
                     <w:color w:val="000000"/>
                     <w:sz w:val="21"/>
                     <w:szCs w:val="21"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
-                <w:permEnd w:id="464327741"/>
+                <w:permEnd w:id="703948427"/>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="002D2ACE">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t xml:space="preserve">  No</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1295" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D5DCE4" w:themeFill="text2" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="002D2ACE" w:rsidRPr="00245DB2" w:rsidRDefault="002D2ACE" w:rsidP="00962379">
+          <w:p w14:paraId="2C347358" w14:textId="77777777" w:rsidR="002D2ACE" w:rsidRPr="00245DB2" w:rsidRDefault="002D2ACE" w:rsidP="00EF1791">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00245DB2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>Language:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2361" w:type="dxa"/>
             <w:gridSpan w:val="7"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...11 lines deleted...]
-            <w:permEnd w:id="1121994564"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7339AFE9" w14:textId="77777777" w:rsidR="002D2ACE" w:rsidRPr="00126B64" w:rsidRDefault="002D2ACE" w:rsidP="00EF1791">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:permStart w:id="493363949" w:edGrp="everyone"/>
+            <w:permEnd w:id="493363949"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002D2ACE" w:rsidRPr="00245DB2" w:rsidTr="00962379">
+      <w:tr w:rsidR="002D2ACE" w:rsidRPr="00245DB2" w14:paraId="4BB6F006" w14:textId="77777777" w:rsidTr="00EF1791">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="282"/>
-          <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="824" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D5DCE4" w:themeFill="text2" w:themeFillTint="33"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="002D2ACE" w:rsidRPr="00245DB2" w:rsidRDefault="002D2ACE" w:rsidP="00962379">
+          <w:p w14:paraId="3813BC7A" w14:textId="77777777" w:rsidR="002D2ACE" w:rsidRPr="00245DB2" w:rsidRDefault="002D2ACE" w:rsidP="00EF1791">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00245DB2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>Email:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4915" w:type="dxa"/>
             <w:gridSpan w:val="25"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="002D2ACE" w:rsidRPr="00126B64" w:rsidRDefault="002D2ACE" w:rsidP="00962379">
+          <w:p w14:paraId="68325E7F" w14:textId="77777777" w:rsidR="002D2ACE" w:rsidRPr="00126B64" w:rsidRDefault="002D2ACE" w:rsidP="00EF1791">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00245DB2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:permStart w:id="2116959899" w:edGrp="everyone"/>
-            <w:permEnd w:id="2116959899"/>
+            <w:permStart w:id="744512178" w:edGrp="everyone"/>
+            <w:permEnd w:id="744512178"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1432" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D5DCE4" w:themeFill="text2" w:themeFillTint="33"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="002D2ACE" w:rsidRPr="00245DB2" w:rsidRDefault="002D2ACE" w:rsidP="00962379">
+          <w:p w14:paraId="6F602798" w14:textId="77777777" w:rsidR="002D2ACE" w:rsidRPr="00245DB2" w:rsidRDefault="002D2ACE" w:rsidP="00EF1791">
             <w:pPr>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t xml:space="preserve">Primary </w:t>
             </w:r>
             <w:r w:rsidRPr="00245DB2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>Tel</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>.: #:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3476" w:type="dxa"/>
             <w:gridSpan w:val="12"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="002D2ACE" w:rsidRPr="00126B64" w:rsidRDefault="002D2ACE" w:rsidP="00962379">
-[...8 lines deleted...]
-            <w:permEnd w:id="1692038681"/>
+          <w:p w14:paraId="56DBDCEA" w14:textId="77777777" w:rsidR="002D2ACE" w:rsidRPr="00126B64" w:rsidRDefault="002D2ACE" w:rsidP="00EF1791">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:permStart w:id="1749356146" w:edGrp="everyone"/>
+            <w:permEnd w:id="1749356146"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002D2ACE" w:rsidRPr="00245DB2" w:rsidTr="00962379">
+      <w:tr w:rsidR="002D2ACE" w:rsidRPr="00245DB2" w14:paraId="2E4FBA5F" w14:textId="77777777" w:rsidTr="00EF1791">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="282"/>
-          <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2446" w:type="dxa"/>
             <w:gridSpan w:val="11"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D5DCE4" w:themeFill="text2" w:themeFillTint="33"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="002D2ACE" w:rsidRPr="00245DB2" w:rsidRDefault="002D2ACE" w:rsidP="00962379">
+          <w:p w14:paraId="4422E90D" w14:textId="77777777" w:rsidR="002D2ACE" w:rsidRPr="00245DB2" w:rsidRDefault="002D2ACE" w:rsidP="00EF1791">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>Pref. Contact Method</w:t>
             </w:r>
             <w:r w:rsidRPr="00245DB2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t xml:space="preserve">:  </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1145" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="002D2ACE" w:rsidRPr="00245DB2" w:rsidRDefault="002D5D11" w:rsidP="00962379">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0A536D85" w14:textId="77777777" w:rsidR="002D2ACE" w:rsidRPr="00245DB2" w:rsidRDefault="00C73240" w:rsidP="00EF1791">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:color w:val="000000"/>
                   <w:sz w:val="21"/>
                   <w:szCs w:val="21"/>
                 </w:rPr>
                 <w:id w:val="-1973828157"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
-                <w:permStart w:id="2076992725" w:edGrp="everyone"/>
+                <w:permStart w:id="1466632711" w:edGrp="everyone"/>
                 <w:r w:rsidR="00126B64">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Arial" w:hint="eastAsia"/>
                     <w:color w:val="000000"/>
                     <w:sz w:val="21"/>
                     <w:szCs w:val="21"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
-                <w:permEnd w:id="2076992725"/>
+                <w:permEnd w:id="1466632711"/>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="002D2ACE">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t xml:space="preserve"> Phone</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1087" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="002D2ACE" w:rsidRPr="00245DB2" w:rsidRDefault="002D5D11" w:rsidP="00962379">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3D9D39F8" w14:textId="77777777" w:rsidR="002D2ACE" w:rsidRPr="00245DB2" w:rsidRDefault="00C73240" w:rsidP="00EF1791">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:color w:val="000000"/>
                   <w:sz w:val="21"/>
                   <w:szCs w:val="21"/>
                 </w:rPr>
                 <w:id w:val="1419913012"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
-                <w:permStart w:id="236937038" w:edGrp="everyone"/>
+                <w:permStart w:id="1509560519" w:edGrp="everyone"/>
                 <w:r w:rsidR="00126B64">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Arial" w:hint="eastAsia"/>
                     <w:color w:val="000000"/>
                     <w:sz w:val="21"/>
                     <w:szCs w:val="21"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
-                <w:permEnd w:id="236937038"/>
+                <w:permEnd w:id="1509560519"/>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="002D2ACE">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t xml:space="preserve"> Email</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1061" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="002D2ACE" w:rsidRPr="00245DB2" w:rsidRDefault="002D5D11" w:rsidP="00962379">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="53C5B0D7" w14:textId="77777777" w:rsidR="002D2ACE" w:rsidRPr="00245DB2" w:rsidRDefault="00C73240" w:rsidP="00EF1791">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:color w:val="000000"/>
                   <w:sz w:val="21"/>
                   <w:szCs w:val="21"/>
                 </w:rPr>
                 <w:id w:val="232433768"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
-                <w:permStart w:id="1764639016" w:edGrp="everyone"/>
+                <w:permStart w:id="650918522" w:edGrp="everyone"/>
                 <w:r w:rsidR="00126B64">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Arial" w:hint="eastAsia"/>
                     <w:color w:val="000000"/>
                     <w:sz w:val="21"/>
                     <w:szCs w:val="21"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
-                <w:permEnd w:id="1764639016"/>
+                <w:permEnd w:id="650918522"/>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="002D2ACE">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t xml:space="preserve"> Post</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1432" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D5DCE4" w:themeFill="text2" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="002D2ACE" w:rsidRPr="00245DB2" w:rsidRDefault="002D2ACE" w:rsidP="00962379">
+          <w:p w14:paraId="621E0876" w14:textId="77777777" w:rsidR="002D2ACE" w:rsidRPr="00245DB2" w:rsidRDefault="002D2ACE" w:rsidP="00EF1791">
             <w:pPr>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00245DB2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
@@ -3425,760 +3366,743 @@
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>#</w:t>
             </w:r>
             <w:r w:rsidRPr="00245DB2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3476" w:type="dxa"/>
             <w:gridSpan w:val="12"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...11 lines deleted...]
-            <w:permEnd w:id="304759035"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="35378756" w14:textId="77777777" w:rsidR="002D2ACE" w:rsidRPr="00126B64" w:rsidRDefault="002D2ACE" w:rsidP="00EF1791">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:permStart w:id="745760692" w:edGrp="everyone"/>
+            <w:permEnd w:id="745760692"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002D2ACE" w:rsidRPr="00245DB2" w:rsidTr="0071057D">
+      <w:tr w:rsidR="002D2ACE" w:rsidRPr="00245DB2" w14:paraId="6656A870" w14:textId="77777777" w:rsidTr="00EF1791">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="282"/>
-          <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2127" w:type="dxa"/>
             <w:gridSpan w:val="10"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D5DCE4" w:themeFill="text2" w:themeFillTint="33"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="002D2ACE" w:rsidRPr="00245DB2" w:rsidRDefault="002D2ACE" w:rsidP="00962379">
+          <w:p w14:paraId="43AD96F8" w14:textId="77777777" w:rsidR="002D2ACE" w:rsidRPr="00245DB2" w:rsidRDefault="002D2ACE" w:rsidP="00EF1791">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00245DB2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>Next of Kin</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t xml:space="preserve"> (NOK)</w:t>
             </w:r>
             <w:r w:rsidRPr="00245DB2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t xml:space="preserve">:              </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3612" w:type="dxa"/>
             <w:gridSpan w:val="16"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...11 lines deleted...]
-            <w:permEnd w:id="1677137349"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7585745E" w14:textId="77777777" w:rsidR="002D2ACE" w:rsidRPr="00126B64" w:rsidRDefault="002D2ACE" w:rsidP="00EF1791">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:permStart w:id="2072276618" w:edGrp="everyone"/>
+            <w:permEnd w:id="2072276618"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1432" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D5DCE4" w:themeFill="text2" w:themeFillTint="33"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="002D2ACE" w:rsidRPr="00245DB2" w:rsidRDefault="002D2ACE" w:rsidP="00962379">
+          <w:p w14:paraId="1BCE36E8" w14:textId="77777777" w:rsidR="002D2ACE" w:rsidRPr="00245DB2" w:rsidRDefault="002D2ACE" w:rsidP="00EF1791">
             <w:pPr>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>NOK Tel.</w:t>
             </w:r>
             <w:r w:rsidRPr="00245DB2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3476" w:type="dxa"/>
             <w:gridSpan w:val="12"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...11 lines deleted...]
-            <w:permEnd w:id="1171602687"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="511D2664" w14:textId="77777777" w:rsidR="002D2ACE" w:rsidRPr="00126B64" w:rsidRDefault="002D2ACE" w:rsidP="00EF1791">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:permStart w:id="590175315" w:edGrp="everyone"/>
+            <w:permEnd w:id="590175315"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002D2ACE" w:rsidRPr="00245DB2" w:rsidTr="00962379">
+      <w:tr w:rsidR="002D2ACE" w:rsidRPr="00245DB2" w14:paraId="54EF8CC5" w14:textId="77777777" w:rsidTr="00EF1791">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="282"/>
-          <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1746" w:type="dxa"/>
             <w:gridSpan w:val="7"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D5DCE4" w:themeFill="text2" w:themeFillTint="33"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="002D2ACE" w:rsidRPr="00245DB2" w:rsidRDefault="002D2ACE" w:rsidP="00962379">
+          <w:p w14:paraId="2588AFEC" w14:textId="77777777" w:rsidR="002D2ACE" w:rsidRPr="00245DB2" w:rsidRDefault="002D2ACE" w:rsidP="00EF1791">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00245DB2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>Any Disability?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1401" w:type="dxa"/>
             <w:gridSpan w:val="7"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="002D2ACE" w:rsidRPr="00245DB2" w:rsidRDefault="002D2ACE" w:rsidP="00962379">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="07D1C568" w14:textId="77777777" w:rsidR="002D2ACE" w:rsidRPr="00245DB2" w:rsidRDefault="002D2ACE" w:rsidP="00EF1791">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t xml:space="preserve">Physical  </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:color w:val="000000"/>
                   <w:sz w:val="21"/>
                   <w:szCs w:val="21"/>
                 </w:rPr>
                 <w:id w:val="1654489707"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
-                <w:permStart w:id="1814629238" w:edGrp="everyone"/>
+                <w:permStart w:id="447169730" w:edGrp="everyone"/>
                 <w:r w:rsidR="00126B64">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Arial" w:hint="eastAsia"/>
                     <w:color w:val="000000"/>
                     <w:sz w:val="21"/>
                     <w:szCs w:val="21"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
-                <w:permEnd w:id="1814629238"/>
+                <w:permEnd w:id="447169730"/>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1576" w:type="dxa"/>
             <w:gridSpan w:val="7"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="002D2ACE" w:rsidRPr="00245DB2" w:rsidRDefault="002D2ACE" w:rsidP="00962379">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="158EE400" w14:textId="77777777" w:rsidR="002D2ACE" w:rsidRPr="00245DB2" w:rsidRDefault="002D2ACE" w:rsidP="00EF1791">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t xml:space="preserve">Cognitive  </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:color w:val="000000"/>
                   <w:sz w:val="21"/>
                   <w:szCs w:val="21"/>
                 </w:rPr>
                 <w:id w:val="484358214"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
-                <w:permStart w:id="2113043237" w:edGrp="everyone"/>
+                <w:permStart w:id="1375411336" w:edGrp="everyone"/>
                 <w:r w:rsidR="00126B64">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Arial" w:hint="eastAsia"/>
                     <w:color w:val="000000"/>
                     <w:sz w:val="21"/>
                     <w:szCs w:val="21"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
-                <w:permEnd w:id="2113043237"/>
+                <w:permEnd w:id="1375411336"/>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1417" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="002D2ACE" w:rsidRPr="00245DB2" w:rsidRDefault="002D2ACE" w:rsidP="00962379">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="25CD96D7" w14:textId="77777777" w:rsidR="002D2ACE" w:rsidRPr="00245DB2" w:rsidRDefault="002D2ACE" w:rsidP="00EF1791">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t xml:space="preserve">Learning  </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:color w:val="000000"/>
                   <w:sz w:val="21"/>
                   <w:szCs w:val="21"/>
                 </w:rPr>
                 <w:id w:val="1051572844"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
-                <w:permStart w:id="415386732" w:edGrp="everyone"/>
+                <w:permStart w:id="626008406" w:edGrp="everyone"/>
                 <w:r w:rsidR="00126B64">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Arial" w:hint="eastAsia"/>
                     <w:color w:val="000000"/>
                     <w:sz w:val="21"/>
                     <w:szCs w:val="21"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
-                <w:permEnd w:id="415386732"/>
+                <w:permEnd w:id="626008406"/>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="002D2ACE" w:rsidRPr="00245DB2" w:rsidRDefault="002D2ACE" w:rsidP="00962379">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5B206A7B" w14:textId="77777777" w:rsidR="002D2ACE" w:rsidRPr="00245DB2" w:rsidRDefault="002D2ACE" w:rsidP="00EF1791">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t xml:space="preserve">Blind  </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:color w:val="000000"/>
                   <w:sz w:val="21"/>
                   <w:szCs w:val="21"/>
                 </w:rPr>
                 <w:id w:val="-991253499"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
-                <w:permStart w:id="1849719942" w:edGrp="everyone"/>
+                <w:permStart w:id="236985462" w:edGrp="everyone"/>
                 <w:r w:rsidR="00126B64">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Arial" w:hint="eastAsia"/>
                     <w:color w:val="000000"/>
                     <w:sz w:val="21"/>
                     <w:szCs w:val="21"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
-                <w:permEnd w:id="1849719942"/>
+                <w:permEnd w:id="236985462"/>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1025" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="002D2ACE" w:rsidRPr="00A44529" w:rsidRDefault="002D2ACE" w:rsidP="00962379">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="05A1C941" w14:textId="77777777" w:rsidR="002D2ACE" w:rsidRPr="00A44529" w:rsidRDefault="002D2ACE" w:rsidP="00EF1791">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t xml:space="preserve">Deaf  </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:color w:val="000000"/>
                   <w:sz w:val="21"/>
                   <w:szCs w:val="21"/>
                 </w:rPr>
                 <w:id w:val="2045252360"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
-                <w:permStart w:id="368121226" w:edGrp="everyone"/>
+                <w:permStart w:id="451506701" w:edGrp="everyone"/>
                 <w:r w:rsidR="00126B64">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Arial" w:hint="eastAsia"/>
                     <w:color w:val="000000"/>
                     <w:sz w:val="21"/>
                     <w:szCs w:val="21"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
-                <w:permEnd w:id="368121226"/>
+                <w:permEnd w:id="451506701"/>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="881" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="002D2ACE" w:rsidRPr="00245DB2" w:rsidRDefault="002D2ACE" w:rsidP="00962379">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2AB26A8D" w14:textId="77777777" w:rsidR="002D2ACE" w:rsidRPr="00245DB2" w:rsidRDefault="002D2ACE" w:rsidP="00EF1791">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00245DB2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>Other:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1467" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...11 lines deleted...]
-            <w:permEnd w:id="883643004"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="19AE75F2" w14:textId="77777777" w:rsidR="002D2ACE" w:rsidRPr="00363C9F" w:rsidRDefault="002D2ACE" w:rsidP="00EF1791">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:permStart w:id="1835413739" w:edGrp="everyone"/>
+            <w:permEnd w:id="1835413739"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002D2ACE" w:rsidRPr="00245DB2" w:rsidTr="00962379">
+      <w:tr w:rsidR="002D2ACE" w:rsidRPr="00245DB2" w14:paraId="0069ECB6" w14:textId="77777777" w:rsidTr="00EF1791">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="563"/>
-          <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2589" w:type="dxa"/>
             <w:gridSpan w:val="12"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D5DCE4" w:themeFill="text2" w:themeFillTint="33"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="002D2ACE" w:rsidRPr="00245DB2" w:rsidRDefault="002D2ACE" w:rsidP="00962379">
+          <w:p w14:paraId="04F842D4" w14:textId="77777777" w:rsidR="002D2ACE" w:rsidRPr="00245DB2" w:rsidRDefault="002D2ACE" w:rsidP="00EF1791">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00245DB2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>Carer Name and Contact Details (if applicable):</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8058" w:type="dxa"/>
             <w:gridSpan w:val="31"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...10 lines deleted...]
-            <w:permEnd w:id="378882696"/>
+          </w:tcPr>
+          <w:p w14:paraId="432869A6" w14:textId="77777777" w:rsidR="002D2ACE" w:rsidRPr="00126B64" w:rsidRDefault="002D2ACE" w:rsidP="00EF1791">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:permStart w:id="394665822" w:edGrp="everyone"/>
+            <w:permEnd w:id="394665822"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002D2ACE" w:rsidRPr="00245DB2" w:rsidTr="00962379">
+      <w:tr w:rsidR="002D2ACE" w:rsidRPr="00245DB2" w14:paraId="0016F024" w14:textId="77777777" w:rsidTr="00EF1791">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="112"/>
-          <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10647" w:type="dxa"/>
             <w:gridSpan w:val="43"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
           </w:tcPr>
-          <w:p w:rsidR="002D2ACE" w:rsidRPr="00245DB2" w:rsidRDefault="002D2ACE" w:rsidP="00962379">
+          <w:p w14:paraId="7AAAA8B4" w14:textId="77777777" w:rsidR="002D2ACE" w:rsidRPr="00245DB2" w:rsidRDefault="002D2ACE" w:rsidP="00EF1791">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002D2ACE" w:rsidRPr="00245DB2" w:rsidTr="00962379">
+      <w:tr w:rsidR="002D2ACE" w:rsidRPr="00245DB2" w14:paraId="74817CFC" w14:textId="77777777" w:rsidTr="00EF1791">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="282"/>
-          <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10066" w:type="dxa"/>
             <w:gridSpan w:val="42"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="002D2ACE" w:rsidRPr="00245DB2" w:rsidRDefault="002D2ACE" w:rsidP="00962379">
+          <w:p w14:paraId="0B07426A" w14:textId="77777777" w:rsidR="002D2ACE" w:rsidRPr="00245DB2" w:rsidRDefault="002D2ACE" w:rsidP="00EF1791">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <mc:AlternateContent>
                 <mc:Choice Requires="wpg">
                   <w:drawing>
-                    <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="7E70F555" wp14:editId="4E80C4E6">
+                    <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="3D5707B9" wp14:editId="4ED016C7">
                       <wp:simplePos x="0" y="0"/>
                       <wp:positionH relativeFrom="column">
                         <wp:posOffset>5265420</wp:posOffset>
                       </wp:positionH>
                       <wp:positionV relativeFrom="paragraph">
                         <wp:posOffset>55245</wp:posOffset>
                       </wp:positionV>
                       <wp:extent cx="1238250" cy="219075"/>
                       <wp:effectExtent l="0" t="0" r="114300" b="47625"/>
                       <wp:wrapNone/>
                       <wp:docPr id="8" name="Group 8"/>
                       <wp:cNvGraphicFramePr/>
                       <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                         <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup">
                           <wpg:wgp>
                             <wpg:cNvGrpSpPr/>
                             <wpg:grpSpPr>
                               <a:xfrm>
                                 <a:off x="0" y="0"/>
                                 <a:ext cx="1238250" cy="219075"/>
                                 <a:chOff x="0" y="0"/>
                                 <a:chExt cx="1076325" cy="223520"/>
                               </a:xfrm>
                             </wpg:grpSpPr>
                             <wps:wsp>
@@ -4240,70 +4164,70 @@
                                   <a:schemeClr val="accent1"/>
                                 </a:fillRef>
                                 <a:effectRef idx="0">
                                   <a:schemeClr val="accent1"/>
                                 </a:effectRef>
                                 <a:fontRef idx="minor">
                                   <a:schemeClr val="tx1"/>
                                 </a:fontRef>
                               </wps:style>
                               <wps:bodyPr/>
                             </wps:wsp>
                           </wpg:wgp>
                         </a:graphicData>
                       </a:graphic>
                       <wp14:sizeRelH relativeFrom="margin">
                         <wp14:pctWidth>0</wp14:pctWidth>
                       </wp14:sizeRelH>
                       <wp14:sizeRelV relativeFrom="margin">
                         <wp14:pctHeight>0</wp14:pctHeight>
                       </wp14:sizeRelV>
                     </wp:anchor>
                   </w:drawing>
                 </mc:Choice>
                 <mc:Fallback>
                   <w:pict>
-                    <v:group w14:anchorId="52E1891B" id="Group 8" o:spid="_x0000_s1026" style="position:absolute;margin-left:414.6pt;margin-top:4.35pt;width:97.5pt;height:17.25pt;z-index:251659264;mso-width-relative:margin;mso-height-relative:margin" coordsize="10763,2235" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDjqAf+oAIAABQIAAAOAAAAZHJzL2Uyb0RvYy54bWzslVtv0zAUx9+R+A5W3lkupWkXNZ1Qd3lB&#10;MK3Au+vYiSXHtmyvab89x86lY4NNDMETL2ntnOvP/xOvLg6tQHtqLFeyjNKzJEJUElVxWZfR1y/X&#10;75YRsg7LCgslaRkdqY0u1m/frDpd0Ew1SlTUIAgibdHpMmqc00UcW9LQFtszpamEl0yZFjtYmjqu&#10;DO4geiviLEnyuFOm0kYRai3sXvYvo3WIzxgl7jNjljokyghqc+FpwnPnn/F6hYvaYN1wMpSBX1FF&#10;i7mEpFOoS+wwujf8SaiWE6OsYu6MqDZWjHFCQw/QTZo86ubGqHsdeqmLrtYTJkD7iNOrw5JP+1uD&#10;eFVGcFASt3BEIStaejSdrguwuDF6q2/NsFH3K9/tgZnW/0If6BCgHieo9OAQgc00my2zObAn8C5L&#10;z5PFvKdOGjiaJ26kuRodk0U+y+aDYzabZ+G44jFt7Kubiuk0CMieGNk/Y7RtsKYBvfUEBkb5yOhK&#10;7FSHNkpKUJgyKO9pBduNHFDZwgK1kRNigutvwCPo5FliSZ6/X2a/bBwX2lh3Q1WL/J8y2lHpplpm&#10;IT7ef7QODgxojca+ECFRByXMl3AIiGAYOCOr4GCV4NU1F8KbhfGjG2HQHsPguEPq+4NYD6xgJSRs&#10;evB9n+GfOwraZ7qjDITlFdAn8CN9iokJgarHuEKCtXdjUMHkmLzsONh7VxrG/XecJ4+QWUk3Obdc&#10;KvOz7CcUrLcfCfR9ewQ7VR2DAgIa0KSfo38gzsUozq0zmNeNQx+M+UGli5dV6kkM2kzH+Xs608M0&#10;p3l6DgPaS2P8FoxyG7Rph2ImffZq+Pv6xIXDXFzJCrmjhs8a9jCGWv8L109bP7rPCjd8Y+HqCcM/&#10;XJP+bnu4DoFOl/n6OwAAAP//AwBQSwMEFAAGAAgAAAAhAPvta9HgAAAACQEAAA8AAABkcnMvZG93&#10;bnJldi54bWxMj0FPwkAQhe8m/ofNmHiTbQsq1m4JIeqJkAgmhNvQHdqG7mzTXdry711OepuZ9/Lm&#10;e9liNI3oqXO1ZQXxJAJBXFhdc6ngZ/f5NAfhPLLGxjIpuJKDRX5/l2Gq7cDf1G99KUIIuxQVVN63&#10;qZSuqMigm9iWOGgn2xn0Ye1KqTscQrhpZBJFL9JgzeFDhS2tKirO24tR8DXgsJzGH/36fFpdD7vn&#10;zX4dk1KPD+PyHYSn0f+Z4YYf0CEPTEd7Ye1Eo2CevCXBGoZXEDc9SmbhcFQwmyYg80z+b5D/AgAA&#10;//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVu&#10;dF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEA&#10;AF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAOOoB/6gAgAAFAgAAA4AAAAAAAAAAAAAAAAALgIA&#10;AGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAPvta9HgAAAACQEAAA8AAAAAAAAAAAAAAAAA&#10;+gQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAAAHBgAAAAA=&#10;">
+                    <v:group w14:anchorId="4D7E9A6D" id="Group 8" o:spid="_x0000_s1026" style="position:absolute;margin-left:414.6pt;margin-top:4.35pt;width:97.5pt;height:17.25pt;z-index:251659264;mso-width-relative:margin;mso-height-relative:margin" coordsize="10763,2235" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCZrHpOlQIAAPIHAAAOAAAAZHJzL2Uyb0RvYy54bWzslclu2zAQhu8F+g6E7o0W17IjWA4KZ7kU&#10;bVC3vdMUKRGgSIJkLPvtO6QWZ2kTNEVuvcimNDP859M/4uri0Aq0p8ZyJcsoPUsiRCVRFZd1Gf34&#10;fv1hGSHrsKywUJKW0ZHa6GL9/t2q0wXNVKNERQ2CItIWnS6jxjldxLElDW2xPVOaSnjIlGmxg6Wp&#10;48rgDqq3Is6SJI87ZSptFKHWwt3L/mG0DvUZo8R9ZcxSh0QZgTYXriZcd/4ar1e4qA3WDSeDDPwK&#10;FS3mEjadSl1ih9Gd4U9KtZwYZRVzZ0S1sWKMExp6gG7S5FE3N0bd6dBLXXS1njAB2kecXl2WfNnf&#10;GL3VtwZIdLoGFmHlezkw0/pfUIkOAdlxQkYPDhG4mWazZTYHsgSeZel5spj3TEkD4J+kkeZqTEwW&#10;+SybD4nZbJ6FlxGP28YPxHQa7GFPBOy/Edg2WNMA1hZA4NYgXpVRHiGJWzDpldipDm2UlOAfZVDu&#10;W/ISIHYjB1S2sEBt5ISY4Pon8AgueJZYkucfl9kfG8eFNtbdUNUi/6eMdlS6Scss1Mf7z9aBJqA1&#10;BnshQqIOJMyX8BIQwTBORlYhwSrBq2suhA8Lw0U3wqA9hrFwh9T3B7XuRcFKSLjpu+77DP/cUdB+&#10;p2+UATTvgH4DP7CnmpgQUD3WFRKifRoDBVNi8nLiEO9TaRjmv0meMsLOSropueVSmd/tfkLB+viR&#10;QN+3R7BT1TE4IKABT/bOeHNzLkZzbp3BvG4c+mTMA5cuXnapJzF4Mx3n7+lMD9Oc5uk5DGhvjfFb&#10;MNpt8KYdxEz+7N3w9v7EhcNcXMkKuaOGkcUexqD1v3H9tPWj+6xxwzcWDpYw/MMh6E+u++tQ6HRU&#10;r38BAAD//wMAUEsDBBQABgAIAAAAIQD77WvR4AAAAAkBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9B&#10;T8JAEIXvJv6HzZh4k20LKtZuCSHqiZAIJoTb0B3ahu5s013a8u9dTnqbmffy5nvZYjSN6KlztWUF&#10;8SQCQVxYXXOp4Gf3+TQH4TyyxsYyKbiSg0V+f5dhqu3A39RvfSlCCLsUFVTet6mUrqjIoJvYljho&#10;J9sZ9GHtSqk7HEK4aWQSRS/SYM3hQ4UtrSoqztuLUfA14LCcxh/9+nxaXQ+7581+HZNSjw/j8h2E&#10;p9H/meGGH9AhD0xHe2HtRKNgnrwlwRqGVxA3PUpm4XBUMJsmIPNM/m+Q/wIAAP//AwBQSwECLQAU&#10;AAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnht&#10;bFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVs&#10;c1BLAQItABQABgAIAAAAIQCZrHpOlQIAAPIHAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9j&#10;LnhtbFBLAQItABQABgAIAAAAIQD77WvR4AAAAAkBAAAPAAAAAAAAAAAAAAAAAO8EAABkcnMvZG93&#10;bnJldi54bWxQSwUGAAAAAAQABADzAAAA/AUAAAAA&#10;">
                       <v:shapetype id="_x0000_t34" coordsize="21600,21600" o:spt="34" o:oned="t" adj="10800" path="m,l@0,0@0,21600,21600,21600e" filled="f">
                         <v:stroke joinstyle="miter"/>
                         <v:formulas>
                           <v:f eqn="val #0"/>
                         </v:formulas>
                         <v:path arrowok="t" fillok="f" o:connecttype="none"/>
                         <v:handles>
                           <v:h position="#0,center"/>
                         </v:handles>
                         <o:lock v:ext="edit" shapetype="t"/>
                       </v:shapetype>
-                      <v:shape id="Elbow Connector 6" o:spid="_x0000_s1027" type="#_x0000_t34" style="position:absolute;width:10664;height:2235;flip:y;visibility:visible;mso-wrap-style:square" o:connectortype="elbow" o:gfxdata="UEsDBBQABgAIAAAAIQD+JeulAAEAAOoBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRzU7EIBDH&#10;7ya+A+FqWqoHY0zpHqwe1Zj1AQhMW2I7EAbr7ts73e5ejGviEeb/8RuoN7tpFDMk8gG1vC4rKQBt&#10;cB57Ld+3T8WdFJQNOjMGBC33QHLTXF7U230EEuxG0nLIOd4rRXaAyVAZIiBPupAmk/mYehWN/TA9&#10;qJuqulU2YAbMRV4yZFO30JnPMYvHHV+vJAlGkuJhFS5dWpoYR29NZlI1o/vRUhwbSnYeNDT4SFeM&#10;IdWvDcvkfMHR98JPk7wD8WpSfjYTYyiXaNkAweaQWFf+nbSgTlSErvMWyjYRL7V6T3DnSlz4wgTz&#10;f/Nbtr3BfEpXh59qvgEAAP//AwBQSwMEFAAGAAgAAAAhAJYFM1jUAAAAlwEAAAsAAABfcmVscy8u&#10;cmVsc6SQPWsDMQyG90L/g9He8yVDKSW+bIWsIYWuxtZ9kLNkJHNN/n1MoaVXsnWUXvQ8L9rtL2k2&#10;C4pOTA42TQsGKXCcaHDwfnp7egGjxVP0MxM6uKLCvnt82B1x9qUe6ThlNZVC6mAsJb9aq2HE5LXh&#10;jFSTniX5UkcZbPbh7Ae027Z9tvKbAd2KaQ7RgRziFszpmqv5DztNQVi5L03gZLnvp3CPaiN/0hGX&#10;SvEyYHEQRb+WgktTy4G979380xuYCENh+aiOlfwnqfbvBnb1zu4GAAD//wMAUEsDBBQABgAIAAAA&#10;IQAzLwWeQQAAADkAAAAUAAAAZHJzL2Nvbm5lY3RvcnhtbC54bWyysa/IzVEoSy0qzszPs1Uy1DNQ&#10;UkjNS85PycxLt1UKDXHTtVBSKC5JzEtJzMnPS7VVqkwtVrK34+UCAAAA//8DAFBLAwQUAAYACAAA&#10;ACEAqorA2sMAAADaAAAADwAAAGRycy9kb3ducmV2LnhtbESPT4vCMBTE7wt+h/CEva2pLopWo5SC&#10;IMKy+O/g7dE822LzUpJo67ffLCzscZiZ3zCrTW8a8STna8sKxqMEBHFhdc2lgvNp+zEH4QOyxsYy&#10;KXiRh8168LbCVNuOD/Q8hlJECPsUFVQhtKmUvqjIoB/Zljh6N+sMhihdKbXDLsJNIydJMpMGa44L&#10;FbaUV1Tcjw+joP2c7hdf2YWvD7eYlt+HLs8nmVLvwz5bggjUh//wX3unFczg90q8AXL9AwAA//8D&#10;AFBLAQItABQABgAIAAAAIQD+JeulAAEAAOoBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9U&#10;eXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAJYFM1jUAAAAlwEAAAsAAAAAAAAAAAAAAAAAMQEAAF9y&#10;ZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhADMvBZ5BAAAAOQAAABQAAAAAAAAAAAAAAAAALgIAAGRy&#10;cy9jb25uZWN0b3J4bWwueG1sUEsBAi0AFAAGAAgAAAAhAKqKwNrDAAAA2gAAAA8AAAAAAAAAAAAA&#10;AAAAoQIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPkAAACRAwAAAAA=&#10;" strokecolor="black [3213]" strokeweight="1.25pt">
+                      <v:shape id="Elbow Connector 6" o:spid="_x0000_s1027" type="#_x0000_t34" style="position:absolute;width:10664;height:2235;flip:y;visibility:visible;mso-wrap-style:square" o:connectortype="elbow" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQCqisDawwAAANoAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Pi8Iw&#10;FMTvC36H8IS9rakuilajlIIgwrL47+Dt0TzbYvNSkmjrt98sLOxxmJnfMKtNbxrxJOdrywrGowQE&#10;cWF1zaWC82n7MQfhA7LGxjIpeJGHzXrwtsJU244P9DyGUkQI+xQVVCG0qZS+qMigH9mWOHo36wyG&#10;KF0ptcMuwk0jJ0kykwZrjgsVtpRXVNyPD6Og/ZzuF1/Zha8Pt5iW34cuzyeZUu/DPluCCNSH//Bf&#10;e6cVzOD3SrwBcv0DAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAAAAAAAAAA&#10;AAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAVAQAACwAA&#10;AAAAAAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAqorA2sMAAADaAAAADwAA&#10;AAAAAAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAPcCAAAAAA==&#10;" strokecolor="black [3213]" strokeweight="1.25pt">
                         <v:stroke endcap="round"/>
                       </v:shape>
                       <v:shapetype id="_x0000_t32" coordsize="21600,21600" o:spt="32" o:oned="t" path="m,l21600,21600e" filled="f">
                         <v:path arrowok="t" fillok="f" o:connecttype="none"/>
                         <o:lock v:ext="edit" shapetype="t"/>
                       </v:shapetype>
-                      <v:shape id="Straight Arrow Connector 7" o:spid="_x0000_s1028" type="#_x0000_t32" style="position:absolute;left:10763;width:0;height:1619;visibility:visible;mso-wrap-style:square" o:connectortype="straight" o:gfxdata="UEsDBBQABgAIAAAAIQD+JeulAAEAAOoBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRzU7EIBDH&#10;7ya+A+FqWqoHY0zpHqwe1Zj1AQhMW2I7EAbr7ts73e5ejGviEeb/8RuoN7tpFDMk8gG1vC4rKQBt&#10;cB57Ld+3T8WdFJQNOjMGBC33QHLTXF7U230EEuxG0nLIOd4rRXaAyVAZIiBPupAmk/mYehWN/TA9&#10;qJuqulU2YAbMRV4yZFO30JnPMYvHHV+vJAlGkuJhFS5dWpoYR29NZlI1o/vRUhwbSnYeNDT4SFeM&#10;IdWvDcvkfMHR98JPk7wD8WpSfjYTYyiXaNkAweaQWFf+nbSgTlSErvMWyjYRL7V6T3DnSlz4wgTz&#10;f/Nbtr3BfEpXh59qvgEAAP//AwBQSwMEFAAGAAgAAAAhAJYFM1jUAAAAlwEAAAsAAABfcmVscy8u&#10;cmVsc6SQPWsDMQyG90L/g9He8yVDKSW+bIWsIYWuxtZ9kLNkJHNN/n1MoaVXsnWUXvQ8L9rtL2k2&#10;C4pOTA42TQsGKXCcaHDwfnp7egGjxVP0MxM6uKLCvnt82B1x9qUe6ThlNZVC6mAsJb9aq2HE5LXh&#10;jFSTniX5UkcZbPbh7Ae027Z9tvKbAd2KaQ7RgRziFszpmqv5DztNQVi5L03gZLnvp3CPaiN/0hGX&#10;SvEyYHEQRb+WgktTy4G979380xuYCENh+aiOlfwnqfbvBnb1zu4GAAD//wMAUEsDBBQABgAIAAAA&#10;IQAzLwWeQQAAADkAAAAUAAAAZHJzL2Nvbm5lY3RvcnhtbC54bWyysa/IzVEoSy0qzszPs1Uy1DNQ&#10;UkjNS85PycxLt1UKDXHTtVBSKC5JzEtJzMnPS7VVqkwtVrK34+UCAAAA//8DAFBLAwQUAAYACAAA&#10;ACEAlm7vz8QAAADaAAAADwAAAGRycy9kb3ducmV2LnhtbESP3WoCMRSE7wt9h3AKvdPsFtrKapTi&#10;T6lFLFXx+rA53SxuTpYkuuvbNwWhl8PMfMNMZr1txIV8qB0ryIcZCOLS6ZorBYf9ajACESKyxsYx&#10;KbhSgNn0/m6ChXYdf9NlFyuRIBwKVGBibAspQ2nIYhi6ljh5P85bjEn6SmqPXYLbRj5l2Yu0WHNa&#10;MNjS3FB52p2tgtWyX5M/f562yy7XuVm8P2++jko9PvRvYxCR+vgfvrU/tIJX+LuSboCc/gIAAP//&#10;AwBQSwECLQAUAAYACAAAACEA/iXrpQABAADqAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRf&#10;VHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQCWBTNY1AAAAJcBAAALAAAAAAAAAAAAAAAAADEBAABf&#10;cmVscy8ucmVsc1BLAQItABQABgAIAAAAIQAzLwWeQQAAADkAAAAUAAAAAAAAAAAAAAAAAC4CAABk&#10;cnMvY29ubmVjdG9yeG1sLnhtbFBLAQItABQABgAIAAAAIQCWbu/PxAAAANoAAAAPAAAAAAAAAAAA&#10;AAAAAKECAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABAD5AAAAkgMAAAAA&#10;" strokecolor="black [3213]" strokeweight="1.25pt">
+                      <v:shape id="Straight Arrow Connector 7" o:spid="_x0000_s1028" type="#_x0000_t32" style="position:absolute;left:10763;width:0;height:1619;visibility:visible;mso-wrap-style:square" o:connectortype="straight" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQCWbu/PxAAAANoAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI/dagIx&#10;FITvC32HcAq90+wW2spqlOJPqUUsVfH6sDndLG5OliS669s3BaGXw8x8w0xmvW3EhXyoHSvIhxkI&#10;4tLpmisFh/1qMAIRIrLGxjEpuFKA2fT+boKFdh1/02UXK5EgHApUYGJsCylDachiGLqWOHk/zluM&#10;SfpKao9dgttGPmXZi7RYc1ow2NLcUHnana2C1bJfkz9/nrbLLte5Wbw/b76OSj0+9G9jEJH6+B++&#10;tT+0glf4u5JugJz+AgAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAAAAAA&#10;AAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsA&#10;AAAAAAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAJZu78/EAAAA2gAAAA8A&#10;AAAAAAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD4AgAAAAA=&#10;" strokecolor="black [3213]" strokeweight="1.25pt">
                         <v:stroke endarrow="open" joinstyle="miter" endcap="round"/>
                       </v:shape>
                     </v:group>
                   </w:pict>
                 </mc:Fallback>
               </mc:AlternateContent>
             </w:r>
             <w:r w:rsidRPr="00245DB2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">To be suitable for Direct Referral, </w:t>
             </w:r>
             <w:r w:rsidRPr="00245DB2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
@@ -4312,172 +4236,169 @@
               </w:rPr>
               <w:t>the patient must have NONE of the following</w:t>
             </w:r>
             <w:r w:rsidRPr="00245DB2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">: </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="581" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
-          <w:p w:rsidR="002D2ACE" w:rsidRPr="00245DB2" w:rsidRDefault="002D2ACE" w:rsidP="00962379">
+          <w:p w14:paraId="308B8BDD" w14:textId="77777777" w:rsidR="002D2ACE" w:rsidRPr="00245DB2" w:rsidRDefault="002D2ACE" w:rsidP="00EF1791">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002D2ACE" w:rsidRPr="00245DB2" w:rsidTr="00962379">
+      <w:tr w:rsidR="002D2ACE" w:rsidRPr="00245DB2" w14:paraId="77AA587D" w14:textId="77777777" w:rsidTr="00EF1791">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="282"/>
-          <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10066" w:type="dxa"/>
             <w:gridSpan w:val="42"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="002D2ACE" w:rsidRPr="00245DB2" w:rsidRDefault="002D2ACE" w:rsidP="00962379">
+          <w:p w14:paraId="26A4C629" w14:textId="77777777" w:rsidR="002D2ACE" w:rsidRPr="00245DB2" w:rsidRDefault="002D2ACE" w:rsidP="00EF1791">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t xml:space="preserve">(Please fill the box </w:t>
             </w:r>
             <w:r w:rsidRPr="00245DB2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>to the right of each statement to confirm verification of criteria)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="581" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="002D2ACE" w:rsidRPr="00245DB2" w:rsidRDefault="002D2ACE" w:rsidP="00962379">
+          <w:p w14:paraId="1A52DB0E" w14:textId="77777777" w:rsidR="002D2ACE" w:rsidRPr="00245DB2" w:rsidRDefault="002D2ACE" w:rsidP="00EF1791">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00245DB2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>NO</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002D2ACE" w:rsidRPr="00245DB2" w:rsidTr="00962379">
+      <w:tr w:rsidR="002D2ACE" w:rsidRPr="00245DB2" w14:paraId="74838CF8" w14:textId="77777777" w:rsidTr="00EF1791">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="282"/>
-          <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10066" w:type="dxa"/>
             <w:gridSpan w:val="42"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="002D2ACE" w:rsidRPr="00245DB2" w:rsidRDefault="002D2ACE" w:rsidP="00962379">
+          <w:p w14:paraId="5D119A49" w14:textId="77777777" w:rsidR="002D2ACE" w:rsidRPr="00245DB2" w:rsidRDefault="002D2ACE" w:rsidP="00EF1791">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000633F8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="005EB8"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>Wax</w:t>
             </w:r>
             <w:r w:rsidRPr="00245DB2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
@@ -4492,464 +4413,451 @@
                 <w:szCs w:val="21"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>must</w:t>
             </w:r>
             <w:r w:rsidRPr="00245DB2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t xml:space="preserve"> be clear before referring).</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="581" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="002D2ACE" w:rsidRPr="00432269" w:rsidRDefault="002D5D11" w:rsidP="00962379">
+          <w:p w14:paraId="0758CB7F" w14:textId="77777777" w:rsidR="002D2ACE" w:rsidRPr="00432269" w:rsidRDefault="00C73240" w:rsidP="00EF1791">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:color w:val="FF0000"/>
                   <w:sz w:val="21"/>
                   <w:szCs w:val="21"/>
                 </w:rPr>
                 <w:id w:val="-1225061173"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
-                <w:permStart w:id="1125867020" w:edGrp="everyone"/>
+                <w:permStart w:id="2126542722" w:edGrp="everyone"/>
                 <w:r w:rsidR="00126B64">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Arial" w:hint="eastAsia"/>
                     <w:color w:val="FF0000"/>
                     <w:sz w:val="21"/>
                     <w:szCs w:val="21"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
-                <w:permEnd w:id="1125867020"/>
+                <w:permEnd w:id="2126542722"/>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002D2ACE" w:rsidRPr="00245DB2" w:rsidTr="00962379">
+      <w:tr w:rsidR="002D2ACE" w:rsidRPr="00245DB2" w14:paraId="67FBEA4A" w14:textId="77777777" w:rsidTr="00EF1791">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="282"/>
-          <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10066" w:type="dxa"/>
             <w:gridSpan w:val="42"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="002D2ACE" w:rsidRPr="00245DB2" w:rsidRDefault="002D2ACE" w:rsidP="00962379">
+          <w:p w14:paraId="75C3EB05" w14:textId="77777777" w:rsidR="002D2ACE" w:rsidRPr="00245DB2" w:rsidRDefault="002D2ACE" w:rsidP="00EF1791">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000633F8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="005EB8"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>Persistent pain</w:t>
             </w:r>
             <w:r w:rsidRPr="000633F8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="005EB8"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00245DB2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>affecting either ear, lasting a week or more within the last 90 days.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="581" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="002D2ACE" w:rsidRPr="00432269" w:rsidRDefault="002D5D11" w:rsidP="00962379">
+          <w:p w14:paraId="781C126D" w14:textId="77777777" w:rsidR="002D2ACE" w:rsidRPr="00432269" w:rsidRDefault="00C73240" w:rsidP="00EF1791">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:color w:val="FF0000"/>
                   <w:sz w:val="21"/>
                   <w:szCs w:val="21"/>
                 </w:rPr>
                 <w:id w:val="-1440134277"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
-                <w:permStart w:id="752057016" w:edGrp="everyone"/>
+                <w:permStart w:id="1848195254" w:edGrp="everyone"/>
                 <w:r w:rsidR="00126B64">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Arial" w:hint="eastAsia"/>
                     <w:color w:val="FF0000"/>
                     <w:sz w:val="21"/>
                     <w:szCs w:val="21"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
-                <w:permEnd w:id="752057016"/>
+                <w:permEnd w:id="1848195254"/>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002D2ACE" w:rsidRPr="00245DB2" w:rsidTr="00962379">
+      <w:tr w:rsidR="002D2ACE" w:rsidRPr="00245DB2" w14:paraId="72EA08E1" w14:textId="77777777" w:rsidTr="00EF1791">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="506"/>
-          <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10066" w:type="dxa"/>
             <w:gridSpan w:val="42"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="002D2ACE" w:rsidRPr="00245DB2" w:rsidRDefault="002D2ACE" w:rsidP="00962379">
+          <w:p w14:paraId="4657FB1D" w14:textId="77777777" w:rsidR="002D2ACE" w:rsidRPr="00245DB2" w:rsidRDefault="002D2ACE" w:rsidP="00EF1791">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000633F8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="005EB8"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>Discharge</w:t>
             </w:r>
             <w:r w:rsidRPr="000633F8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="005EB8"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00245DB2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>from either ear within the last 90 days which has not responded to treatment, or which is recurrent.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="581" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="002D2ACE" w:rsidRPr="00432269" w:rsidRDefault="002D5D11" w:rsidP="00962379">
+          <w:p w14:paraId="38496665" w14:textId="77777777" w:rsidR="002D2ACE" w:rsidRPr="00432269" w:rsidRDefault="00C73240" w:rsidP="00EF1791">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:color w:val="FF0000"/>
                   <w:sz w:val="21"/>
                   <w:szCs w:val="21"/>
                 </w:rPr>
                 <w:id w:val="1779454365"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
-                <w:permStart w:id="1950114731" w:edGrp="everyone"/>
+                <w:permStart w:id="361248738" w:edGrp="everyone"/>
                 <w:r w:rsidR="00126B64">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Arial" w:hint="eastAsia"/>
                     <w:color w:val="FF0000"/>
                     <w:sz w:val="21"/>
                     <w:szCs w:val="21"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
-                <w:permEnd w:id="1950114731"/>
+                <w:permEnd w:id="361248738"/>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002D2ACE" w:rsidRPr="00245DB2" w:rsidTr="00962379">
+      <w:tr w:rsidR="002D2ACE" w:rsidRPr="00245DB2" w14:paraId="3282CBCC" w14:textId="77777777" w:rsidTr="00EF1791">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="282"/>
-          <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10066" w:type="dxa"/>
             <w:gridSpan w:val="42"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="002D2ACE" w:rsidRPr="00245DB2" w:rsidRDefault="002D2ACE" w:rsidP="00962379">
+          <w:p w14:paraId="176397ED" w14:textId="77777777" w:rsidR="002D2ACE" w:rsidRPr="00245DB2" w:rsidRDefault="002D2ACE" w:rsidP="00EF1791">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00245DB2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t xml:space="preserve">Reported </w:t>
             </w:r>
             <w:r w:rsidRPr="000633F8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="005EB8"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>asymmetry in hearing</w:t>
             </w:r>
             <w:r w:rsidRPr="00E0536C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="581" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="002D2ACE" w:rsidRPr="00432269" w:rsidRDefault="002D5D11" w:rsidP="00962379">
+          <w:p w14:paraId="62C8200F" w14:textId="77777777" w:rsidR="002D2ACE" w:rsidRPr="00432269" w:rsidRDefault="00C73240" w:rsidP="00EF1791">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:color w:val="FF0000"/>
                   <w:sz w:val="21"/>
                   <w:szCs w:val="21"/>
                 </w:rPr>
                 <w:id w:val="699674386"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
-                <w:permStart w:id="1516902783" w:edGrp="everyone"/>
+                <w:permStart w:id="373952563" w:edGrp="everyone"/>
                 <w:r w:rsidR="00126B64">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Arial" w:hint="eastAsia"/>
                     <w:color w:val="FF0000"/>
                     <w:sz w:val="21"/>
                     <w:szCs w:val="21"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
-                <w:permEnd w:id="1516902783"/>
+                <w:permEnd w:id="373952563"/>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002D2ACE" w:rsidRPr="00245DB2" w:rsidTr="00962379">
+      <w:tr w:rsidR="002D2ACE" w:rsidRPr="00245DB2" w14:paraId="521C0C21" w14:textId="77777777" w:rsidTr="00EF1791">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="506"/>
-          <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10066" w:type="dxa"/>
             <w:gridSpan w:val="42"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="002D2ACE" w:rsidRPr="00245DB2" w:rsidRDefault="002D2ACE" w:rsidP="00962379">
+          <w:p w14:paraId="5ED11D9C" w14:textId="77777777" w:rsidR="002D2ACE" w:rsidRPr="00245DB2" w:rsidRDefault="002D2ACE" w:rsidP="00EF1791">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000633F8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="005EB8"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>Abnormal appearance</w:t>
             </w:r>
             <w:r w:rsidRPr="000633F8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="005EB8"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
@@ -4962,214 +4870,208 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>of the outer ear and/or the eardrum (e.g., inflammation of the auditory canal, perforated tympanic membrane or active discharge).</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:color w:val="FF0000"/>
               <w:sz w:val="21"/>
               <w:szCs w:val="21"/>
             </w:rPr>
             <w:id w:val="-302773548"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
           <w:sdtEndPr/>
           <w:sdtContent>
-            <w:permStart w:id="789972679" w:edGrp="everyone" w:displacedByCustomXml="prev"/>
+            <w:permStart w:id="1077680217" w:edGrp="everyone" w:displacedByCustomXml="prev"/>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="581" w:type="dxa"/>
                 <w:tcBorders>
                   <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                 </w:tcBorders>
-                <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
                 <w:noWrap/>
                 <w:vAlign w:val="center"/>
                 <w:hideMark/>
               </w:tcPr>
-              <w:p w:rsidR="002D2ACE" w:rsidRPr="00432269" w:rsidRDefault="00126B64" w:rsidP="00962379">
+              <w:p w14:paraId="1769D4F9" w14:textId="77777777" w:rsidR="002D2ACE" w:rsidRPr="00432269" w:rsidRDefault="00126B64" w:rsidP="00EF1791">
                 <w:pPr>
                   <w:jc w:val="center"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                     <w:color w:val="FF0000"/>
                     <w:sz w:val="21"/>
                     <w:szCs w:val="21"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Arial" w:hint="eastAsia"/>
                     <w:color w:val="FF0000"/>
                     <w:sz w:val="21"/>
                     <w:szCs w:val="21"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:tc>
-            <w:permEnd w:id="789972679" w:displacedByCustomXml="next"/>
+            <w:permEnd w:id="1077680217" w:displacedByCustomXml="next"/>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
-      <w:tr w:rsidR="002D2ACE" w:rsidRPr="00245DB2" w:rsidTr="00962379">
+      <w:tr w:rsidR="002D2ACE" w:rsidRPr="00245DB2" w14:paraId="4D9AA69F" w14:textId="77777777" w:rsidTr="00EF1791">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="506"/>
-          <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10066" w:type="dxa"/>
             <w:gridSpan w:val="42"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="002D2ACE" w:rsidRPr="00245DB2" w:rsidRDefault="002D2ACE" w:rsidP="00962379">
+          <w:p w14:paraId="190A2642" w14:textId="77777777" w:rsidR="002D2ACE" w:rsidRPr="00245DB2" w:rsidRDefault="002D2ACE" w:rsidP="00EF1791">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000633F8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="005EB8"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>Tinnitus</w:t>
             </w:r>
             <w:r w:rsidRPr="00245DB2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t xml:space="preserve"> that lasts longer than 5 minutes at a time, which is unilateral, pulsatile, has significantly changed in nature, is leading to sleep disturbance, or is associated with symptoms of anxiety or depression.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:color w:val="FF0000"/>
               <w:sz w:val="21"/>
               <w:szCs w:val="21"/>
             </w:rPr>
             <w:id w:val="-1121068651"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
           <w:sdtEndPr/>
           <w:sdtContent>
-            <w:permStart w:id="1452675992" w:edGrp="everyone" w:displacedByCustomXml="prev"/>
+            <w:permStart w:id="828653886" w:edGrp="everyone" w:displacedByCustomXml="prev"/>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="581" w:type="dxa"/>
                 <w:tcBorders>
                   <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                 </w:tcBorders>
-                <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
                 <w:noWrap/>
                 <w:vAlign w:val="center"/>
                 <w:hideMark/>
               </w:tcPr>
-              <w:p w:rsidR="002D2ACE" w:rsidRPr="00432269" w:rsidRDefault="00126B64" w:rsidP="00962379">
+              <w:p w14:paraId="356A6467" w14:textId="77777777" w:rsidR="002D2ACE" w:rsidRPr="00432269" w:rsidRDefault="00126B64" w:rsidP="00EF1791">
                 <w:pPr>
                   <w:jc w:val="center"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                     <w:color w:val="FF0000"/>
                     <w:sz w:val="21"/>
                     <w:szCs w:val="21"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Arial" w:hint="eastAsia"/>
                     <w:color w:val="FF0000"/>
                     <w:sz w:val="21"/>
                     <w:szCs w:val="21"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:tc>
-            <w:permEnd w:id="1452675992" w:displacedByCustomXml="next"/>
+            <w:permEnd w:id="828653886" w:displacedByCustomXml="next"/>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
-      <w:tr w:rsidR="002D2ACE" w:rsidRPr="00245DB2" w:rsidTr="00962379">
+      <w:tr w:rsidR="002D2ACE" w:rsidRPr="00245DB2" w14:paraId="76B7073B" w14:textId="77777777" w:rsidTr="00EF1791">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="282"/>
-          <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10066" w:type="dxa"/>
             <w:gridSpan w:val="42"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="002D2ACE" w:rsidRPr="00245DB2" w:rsidRDefault="002D2ACE" w:rsidP="00962379">
+          <w:p w14:paraId="40F70E7C" w14:textId="77777777" w:rsidR="002D2ACE" w:rsidRPr="00245DB2" w:rsidRDefault="002D2ACE" w:rsidP="00EF1791">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000633F8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="005EB8"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>Rapid deterioration</w:t>
             </w:r>
             <w:r w:rsidRPr="000633F8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="005EB8"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
@@ -5201,109 +5103,106 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>).</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:color w:val="FF0000"/>
               <w:sz w:val="21"/>
               <w:szCs w:val="21"/>
             </w:rPr>
             <w:id w:val="-997879261"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
           <w:sdtEndPr/>
           <w:sdtContent>
-            <w:permStart w:id="1016480116" w:edGrp="everyone" w:displacedByCustomXml="prev"/>
+            <w:permStart w:id="1136207919" w:edGrp="everyone" w:displacedByCustomXml="prev"/>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="581" w:type="dxa"/>
                 <w:tcBorders>
                   <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                 </w:tcBorders>
-                <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
                 <w:noWrap/>
                 <w:vAlign w:val="center"/>
                 <w:hideMark/>
               </w:tcPr>
-              <w:p w:rsidR="002D2ACE" w:rsidRPr="00432269" w:rsidRDefault="00126B64" w:rsidP="00962379">
+              <w:p w14:paraId="60F37406" w14:textId="77777777" w:rsidR="002D2ACE" w:rsidRPr="00432269" w:rsidRDefault="00126B64" w:rsidP="00EF1791">
                 <w:pPr>
                   <w:jc w:val="center"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                     <w:color w:val="FF0000"/>
                     <w:sz w:val="21"/>
                     <w:szCs w:val="21"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Arial" w:hint="eastAsia"/>
                     <w:color w:val="FF0000"/>
                     <w:sz w:val="21"/>
                     <w:szCs w:val="21"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:tc>
-            <w:permEnd w:id="1016480116" w:displacedByCustomXml="next"/>
+            <w:permEnd w:id="1136207919" w:displacedByCustomXml="next"/>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
-      <w:tr w:rsidR="002D2ACE" w:rsidRPr="00245DB2" w:rsidTr="00962379">
+      <w:tr w:rsidR="002D2ACE" w:rsidRPr="00245DB2" w14:paraId="441DD700" w14:textId="77777777" w:rsidTr="00EF1791">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="282"/>
-          <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10066" w:type="dxa"/>
             <w:gridSpan w:val="42"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="002D2ACE" w:rsidRPr="00245DB2" w:rsidRDefault="002D2ACE" w:rsidP="00962379">
+          <w:p w14:paraId="669D68B4" w14:textId="77777777" w:rsidR="002D2ACE" w:rsidRPr="00245DB2" w:rsidRDefault="002D2ACE" w:rsidP="00EF1791">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000633F8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="005EB8"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>Facial numbness</w:t>
             </w:r>
             <w:r w:rsidRPr="00245DB2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
@@ -5332,109 +5231,106 @@
                 <w:iCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>facial droop.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:color w:val="FF0000"/>
               <w:sz w:val="21"/>
               <w:szCs w:val="21"/>
             </w:rPr>
             <w:id w:val="1542405339"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
           <w:sdtEndPr/>
           <w:sdtContent>
-            <w:permStart w:id="314055051" w:edGrp="everyone" w:displacedByCustomXml="prev"/>
+            <w:permStart w:id="880551178" w:edGrp="everyone" w:displacedByCustomXml="prev"/>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="581" w:type="dxa"/>
                 <w:tcBorders>
                   <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                 </w:tcBorders>
-                <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
                 <w:noWrap/>
                 <w:vAlign w:val="center"/>
                 <w:hideMark/>
               </w:tcPr>
-              <w:p w:rsidR="002D2ACE" w:rsidRPr="00432269" w:rsidRDefault="00126B64" w:rsidP="00962379">
+              <w:p w14:paraId="3FC6AE69" w14:textId="77777777" w:rsidR="002D2ACE" w:rsidRPr="00432269" w:rsidRDefault="00126B64" w:rsidP="00EF1791">
                 <w:pPr>
                   <w:jc w:val="center"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                     <w:color w:val="FF0000"/>
                     <w:sz w:val="21"/>
                     <w:szCs w:val="21"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Arial" w:hint="eastAsia"/>
                     <w:color w:val="FF0000"/>
                     <w:sz w:val="21"/>
                     <w:szCs w:val="21"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:tc>
-            <w:permEnd w:id="314055051" w:displacedByCustomXml="next"/>
+            <w:permEnd w:id="880551178" w:displacedByCustomXml="next"/>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
-      <w:tr w:rsidR="002D2ACE" w:rsidRPr="00245DB2" w:rsidTr="00962379">
+      <w:tr w:rsidR="002D2ACE" w:rsidRPr="00245DB2" w14:paraId="47A52554" w14:textId="77777777" w:rsidTr="00EF1791">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="282"/>
-          <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10066" w:type="dxa"/>
             <w:gridSpan w:val="42"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="002D2ACE" w:rsidRPr="00245DB2" w:rsidRDefault="002D2ACE" w:rsidP="00962379">
+          <w:p w14:paraId="47CDE135" w14:textId="77777777" w:rsidR="002D2ACE" w:rsidRPr="00245DB2" w:rsidRDefault="002D2ACE" w:rsidP="00EF1791">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000633F8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="005EB8"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>Fluctuating hearing loss</w:t>
             </w:r>
             <w:r w:rsidRPr="00245DB2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
@@ -5464,109 +5360,106 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:color w:val="FF0000"/>
               <w:sz w:val="21"/>
               <w:szCs w:val="21"/>
             </w:rPr>
             <w:id w:val="1701280405"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
           <w:sdtEndPr/>
           <w:sdtContent>
-            <w:permStart w:id="309603784" w:edGrp="everyone" w:displacedByCustomXml="prev"/>
+            <w:permStart w:id="351345782" w:edGrp="everyone" w:displacedByCustomXml="prev"/>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="581" w:type="dxa"/>
                 <w:tcBorders>
                   <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                 </w:tcBorders>
-                <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
                 <w:noWrap/>
                 <w:vAlign w:val="center"/>
                 <w:hideMark/>
               </w:tcPr>
-              <w:p w:rsidR="002D2ACE" w:rsidRPr="00432269" w:rsidRDefault="00126B64" w:rsidP="00962379">
+              <w:p w14:paraId="40458FA9" w14:textId="77777777" w:rsidR="002D2ACE" w:rsidRPr="00432269" w:rsidRDefault="00126B64" w:rsidP="00EF1791">
                 <w:pPr>
                   <w:jc w:val="center"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                     <w:color w:val="FF0000"/>
                     <w:sz w:val="21"/>
                     <w:szCs w:val="21"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Arial" w:hint="eastAsia"/>
                     <w:color w:val="FF0000"/>
                     <w:sz w:val="21"/>
                     <w:szCs w:val="21"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:tc>
-            <w:permEnd w:id="309603784" w:displacedByCustomXml="next"/>
+            <w:permEnd w:id="351345782" w:displacedByCustomXml="next"/>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
-      <w:tr w:rsidR="002D2ACE" w:rsidRPr="00245DB2" w:rsidTr="00962379">
+      <w:tr w:rsidR="002D2ACE" w:rsidRPr="00245DB2" w14:paraId="7F4F0A8E" w14:textId="77777777" w:rsidTr="00EF1791">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="282"/>
-          <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10066" w:type="dxa"/>
             <w:gridSpan w:val="42"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="002D2ACE" w:rsidRPr="00245DB2" w:rsidRDefault="002D2ACE" w:rsidP="00962379">
+          <w:p w14:paraId="2595E6AD" w14:textId="77777777" w:rsidR="002D2ACE" w:rsidRPr="00245DB2" w:rsidRDefault="002D2ACE" w:rsidP="00EF1791">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000633F8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="005EB8"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>Vertigo/dizziness</w:t>
             </w:r>
             <w:r w:rsidRPr="00245DB2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
@@ -5578,106 +5471,103 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>which has not fully resolved or is recurrent.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:color w:val="FF0000"/>
               <w:sz w:val="21"/>
               <w:szCs w:val="21"/>
             </w:rPr>
             <w:id w:val="-1274938740"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
           <w:sdtEndPr/>
           <w:sdtContent>
-            <w:permStart w:id="1116500961" w:edGrp="everyone" w:displacedByCustomXml="prev"/>
+            <w:permStart w:id="246620625" w:edGrp="everyone" w:displacedByCustomXml="prev"/>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="581" w:type="dxa"/>
                 <w:tcBorders>
                   <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                 </w:tcBorders>
-                <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
                 <w:noWrap/>
                 <w:vAlign w:val="center"/>
                 <w:hideMark/>
               </w:tcPr>
-              <w:p w:rsidR="002D2ACE" w:rsidRPr="00432269" w:rsidRDefault="00126B64" w:rsidP="00962379">
+              <w:p w14:paraId="02BF488D" w14:textId="77777777" w:rsidR="002D2ACE" w:rsidRPr="00432269" w:rsidRDefault="00126B64" w:rsidP="00EF1791">
                 <w:pPr>
                   <w:jc w:val="center"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                     <w:color w:val="FF0000"/>
                     <w:sz w:val="21"/>
                     <w:szCs w:val="21"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Arial" w:hint="eastAsia"/>
                     <w:color w:val="FF0000"/>
                     <w:sz w:val="21"/>
                     <w:szCs w:val="21"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:tc>
-            <w:permEnd w:id="1116500961" w:displacedByCustomXml="next"/>
+            <w:permEnd w:id="246620625" w:displacedByCustomXml="next"/>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
-      <w:tr w:rsidR="002D2ACE" w:rsidRPr="00245DB2" w:rsidTr="000C47C6">
+      <w:tr w:rsidR="002D2ACE" w:rsidRPr="00245DB2" w14:paraId="3623E2A9" w14:textId="77777777" w:rsidTr="00EF1791">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="586"/>
-          <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10066" w:type="dxa"/>
             <w:gridSpan w:val="42"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="000C47C6" w:rsidRPr="000C47C6" w:rsidRDefault="002D2ACE" w:rsidP="000C47C6">
+          <w:p w14:paraId="1654F8C7" w14:textId="77777777" w:rsidR="000C47C6" w:rsidRPr="000C47C6" w:rsidRDefault="002D2ACE" w:rsidP="00EF1791">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000C47C6">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
             <w:r w:rsidRPr="000C47C6">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -5701,438 +5591,431 @@
               <w:t xml:space="preserve">A&amp;E or </w:t>
             </w:r>
             <w:r w:rsidRPr="000C47C6">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>Urgent Care ENT Clinic</w:t>
             </w:r>
             <w:r w:rsidR="000C47C6" w:rsidRPr="000C47C6">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="002D2ACE" w:rsidRDefault="000C47C6" w:rsidP="000C47C6">
+          <w:p w14:paraId="54D8B931" w14:textId="49567E0A" w:rsidR="002D2ACE" w:rsidRDefault="000C47C6" w:rsidP="00EF1791">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000C47C6">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t xml:space="preserve">Phone: </w:t>
             </w:r>
             <w:r w:rsidR="00F768CC">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:t xml:space="preserve">020 7188 2215       </w:t>
             </w:r>
             <w:r w:rsidRPr="000C47C6">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:t xml:space="preserve">Email: </w:t>
             </w:r>
-            <w:hyperlink r:id="rId8" w:history="1">
-              <w:r w:rsidRPr="000C47C6">
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r w:rsidR="00EF1791" w:rsidRPr="009D3126">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:i/>
-                  <w:color w:val="FF0000"/>
                   <w:sz w:val="21"/>
                   <w:szCs w:val="21"/>
                 </w:rPr>
-                <w:t>gst-tr.entaccessteam@nhs.net</w:t>
+                <w:t>gstt.entaccessteam@nhs.net</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
-          <w:p w:rsidR="002D2ACE" w:rsidRPr="00245DB2" w:rsidRDefault="002D2ACE" w:rsidP="00962379">
+          <w:p w14:paraId="194570E8" w14:textId="77777777" w:rsidR="002D2ACE" w:rsidRPr="00245DB2" w:rsidRDefault="002D2ACE" w:rsidP="00EF1791">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="0000FF"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="581" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="002D2ACE" w:rsidRPr="00245DB2" w:rsidRDefault="002D2ACE" w:rsidP="00962379">
+          <w:p w14:paraId="18094189" w14:textId="77777777" w:rsidR="002D2ACE" w:rsidRPr="00245DB2" w:rsidRDefault="002D2ACE" w:rsidP="00EF1791">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002D2ACE" w:rsidRPr="00245DB2" w:rsidTr="000C47C6">
+      <w:tr w:rsidR="002D2ACE" w:rsidRPr="00245DB2" w14:paraId="602E3903" w14:textId="77777777" w:rsidTr="00EF1791">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="60"/>
-          <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10066" w:type="dxa"/>
             <w:gridSpan w:val="42"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="002D2ACE" w:rsidRPr="00245DB2" w:rsidRDefault="002D2ACE" w:rsidP="00962379">
+          <w:p w14:paraId="19BB4896" w14:textId="77777777" w:rsidR="002D2ACE" w:rsidRPr="00245DB2" w:rsidRDefault="002D2ACE" w:rsidP="00EF1791">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="581" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="002D2ACE" w:rsidRPr="00245DB2" w:rsidRDefault="002D2ACE" w:rsidP="00962379">
+          <w:p w14:paraId="40DC5824" w14:textId="77777777" w:rsidR="002D2ACE" w:rsidRPr="00245DB2" w:rsidRDefault="002D2ACE" w:rsidP="00EF1791">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002D2ACE" w:rsidRPr="00245DB2" w:rsidTr="00962379">
+      <w:tr w:rsidR="002D2ACE" w:rsidRPr="00245DB2" w14:paraId="18B1BF54" w14:textId="77777777" w:rsidTr="00EF1791">
         <w:trPr>
           <w:trHeight w:val="298"/>
-          <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10647" w:type="dxa"/>
             <w:gridSpan w:val="43"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="002D2ACE" w:rsidRPr="00245DB2" w:rsidRDefault="002D2ACE" w:rsidP="00962379">
+          <w:p w14:paraId="684E236B" w14:textId="77777777" w:rsidR="002D2ACE" w:rsidRPr="00245DB2" w:rsidRDefault="002D2ACE" w:rsidP="00EF1791">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>Reason for Referral</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002D2ACE" w:rsidRPr="00245DB2" w:rsidTr="000C47C6">
+      <w:tr w:rsidR="002D2ACE" w:rsidRPr="00245DB2" w14:paraId="529F3FE2" w14:textId="77777777" w:rsidTr="00EF1791">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="769"/>
-          <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10647" w:type="dxa"/>
             <w:gridSpan w:val="43"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="002D2ACE" w:rsidRPr="00126B64" w:rsidRDefault="002D2ACE" w:rsidP="00962379">
-[...8 lines deleted...]
-            <w:permEnd w:id="466949391"/>
+          <w:p w14:paraId="7605ABDD" w14:textId="77777777" w:rsidR="002D2ACE" w:rsidRPr="00126B64" w:rsidRDefault="002D2ACE" w:rsidP="00EF1791">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:permStart w:id="1306792488" w:edGrp="everyone"/>
+            <w:permEnd w:id="1306792488"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002D2ACE" w:rsidRPr="00245DB2" w:rsidTr="008F6BB9">
+      <w:tr w:rsidR="002D2ACE" w:rsidRPr="00245DB2" w14:paraId="3D2A876C" w14:textId="77777777" w:rsidTr="00EF1791">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="90"/>
-          <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10066" w:type="dxa"/>
             <w:gridSpan w:val="42"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="002D2ACE" w:rsidRPr="008F6BB9" w:rsidRDefault="002D2ACE" w:rsidP="00962379">
+          <w:p w14:paraId="4262B205" w14:textId="77777777" w:rsidR="002D2ACE" w:rsidRPr="008F6BB9" w:rsidRDefault="002D2ACE" w:rsidP="00EF1791">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="21"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="581" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="002D2ACE" w:rsidRPr="00245DB2" w:rsidRDefault="002D2ACE" w:rsidP="00962379">
+          <w:p w14:paraId="5F543963" w14:textId="77777777" w:rsidR="002D2ACE" w:rsidRPr="00245DB2" w:rsidRDefault="002D2ACE" w:rsidP="00EF1791">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002D2ACE" w:rsidRPr="00245DB2" w:rsidTr="008F6BB9">
+      <w:tr w:rsidR="002D2ACE" w:rsidRPr="00245DB2" w14:paraId="674EE21A" w14:textId="77777777" w:rsidTr="00EF1791">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="581" w:type="dxa"/>
           <w:trHeight w:hRule="exact" w:val="305"/>
-          <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10066" w:type="dxa"/>
             <w:gridSpan w:val="42"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="002D2ACE" w:rsidRPr="00643BB3" w:rsidRDefault="002D2ACE" w:rsidP="00962379">
+          <w:p w14:paraId="239A08C3" w14:textId="77777777" w:rsidR="002D2ACE" w:rsidRPr="00643BB3" w:rsidRDefault="002D2ACE" w:rsidP="00EF1791">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="4"/>
                 <w:szCs w:val="4"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00450CB0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">Please attach any relevant </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>medical history or correspondence to this referral.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00E42E80" w:rsidRPr="002D2ACE" w:rsidRDefault="002D5D11" w:rsidP="008F6BB9"/>
-[...1 lines deleted...]
-      <w:footerReference w:type="default" r:id="rId9"/>
+    <w:p w14:paraId="5844E14D" w14:textId="6D2C67F1" w:rsidR="00553055" w:rsidRPr="002D2ACE" w:rsidRDefault="00553055" w:rsidP="00AA1F9B">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1340"/>
+        </w:tabs>
+      </w:pPr>
+    </w:p>
+    <w:sectPr w:rsidR="00553055" w:rsidRPr="002D2ACE" w:rsidSect="008F6BB9">
+      <w:footerReference w:type="default" r:id="rId12"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="680" w:right="737" w:bottom="567" w:left="737" w:header="709" w:footer="227" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00E1058A" w:rsidRDefault="00363C9F">
+    <w:p w14:paraId="7B744270" w14:textId="77777777" w:rsidR="00C73240" w:rsidRDefault="00C73240">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00E1058A" w:rsidRDefault="00363C9F">
+    <w:p w14:paraId="61ACB6D5" w14:textId="77777777" w:rsidR="00C73240" w:rsidRDefault="00C73240">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
-  <w:p w:rsidR="009D6B41" w:rsidRPr="0044088D" w:rsidRDefault="00363C9F" w:rsidP="0044088D">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="3B76B20E" w14:textId="77777777" w:rsidR="00553055" w:rsidRPr="0044088D" w:rsidRDefault="00363C9F" w:rsidP="0044088D">
     <w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:color w:val="000000"/>
         <w:sz w:val="12"/>
         <w:szCs w:val="12"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:color w:val="000000"/>
         <w:sz w:val="12"/>
         <w:szCs w:val="12"/>
       </w:rPr>
       <w:t xml:space="preserve">Template Document </w:t>
     </w:r>
     <w:r w:rsidR="00126B64">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:color w:val="000000"/>
         <w:sz w:val="12"/>
         <w:szCs w:val="12"/>
       </w:rPr>
       <w:t>Updated: 08</w:t>
@@ -6140,180 +6023,212 @@
     <w:r w:rsidRPr="0044088D">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:color w:val="000000"/>
         <w:sz w:val="12"/>
         <w:szCs w:val="12"/>
       </w:rPr>
       <w:t>/</w:t>
     </w:r>
     <w:r w:rsidR="00126B64">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:color w:val="000000"/>
         <w:sz w:val="12"/>
         <w:szCs w:val="12"/>
       </w:rPr>
       <w:t>07</w:t>
     </w:r>
     <w:r w:rsidR="00803B74">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:color w:val="000000"/>
         <w:sz w:val="12"/>
         <w:szCs w:val="12"/>
       </w:rPr>
-      <w:t>/22</w:t>
+      <w:t>/2</w:t>
+    </w:r>
+    <w:r w:rsidR="003D4AEA">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="12"/>
+        <w:szCs w:val="12"/>
+      </w:rPr>
+      <w:t>5</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:color w:val="000000"/>
         <w:sz w:val="12"/>
         <w:szCs w:val="12"/>
       </w:rPr>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
     <w:r w:rsidR="00AF682E">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:color w:val="000000"/>
         <w:sz w:val="12"/>
         <w:szCs w:val="12"/>
       </w:rPr>
-      <w:t>L Gillen | Review Date: 08/07/27</w:t>
+      <w:t>L Gillen | Review Date: 08/07/2</w:t>
+    </w:r>
+    <w:r w:rsidR="003D4AEA">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="12"/>
+        <w:szCs w:val="12"/>
+      </w:rPr>
+      <w:t>8</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00E1058A" w:rsidRDefault="00363C9F">
+    <w:p w14:paraId="058C59F7" w14:textId="77777777" w:rsidR="00C73240" w:rsidRDefault="00C73240">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00E1058A" w:rsidRDefault="00363C9F">
+    <w:p w14:paraId="3F180933" w14:textId="77777777" w:rsidR="00C73240" w:rsidRDefault="00C73240">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
-  <w:documentProtection w:edit="readOnly" w:formatting="1" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="72P9GvoGHNtxI8Va6Y65ZuPZeiGTRrwV1AzbEzkgyh2jvQMtB1j8sufKijtUhfpZoKqk12CPL1MJHq3/vZw8NQ==" w:salt="m4dd0vdoeqg3uYDTC7M6vQ=="/>
+  <w:documentProtection w:edit="readOnly" w:formatting="1" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="0wt7Yj9/RMSj7TzAx4mVEu+pCC1sVsnSAKaw+2q6IlaYMcuxN01T8xtPMY53ZHLAx1lW8LONZAKeeZNBfywmEw==" w:salt="Nq3i0uO2Zwrh8/8S8TW0hQ=="/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="002D2ACE"/>
+    <w:rsid w:val="000A2DAC"/>
     <w:rsid w:val="000C47C6"/>
     <w:rsid w:val="000F3F5C"/>
+    <w:rsid w:val="00114837"/>
     <w:rsid w:val="00126B64"/>
     <w:rsid w:val="002D2ACE"/>
-    <w:rsid w:val="002D5D11"/>
     <w:rsid w:val="003018F9"/>
     <w:rsid w:val="00363C9F"/>
+    <w:rsid w:val="003D4AEA"/>
     <w:rsid w:val="00450735"/>
+    <w:rsid w:val="004919B2"/>
+    <w:rsid w:val="00553055"/>
+    <w:rsid w:val="0070595E"/>
     <w:rsid w:val="0071057D"/>
     <w:rsid w:val="00803B74"/>
+    <w:rsid w:val="008B15A9"/>
+    <w:rsid w:val="008F020E"/>
     <w:rsid w:val="008F6BB9"/>
+    <w:rsid w:val="00912B4D"/>
+    <w:rsid w:val="00AA1F9B"/>
     <w:rsid w:val="00AE7AE2"/>
     <w:rsid w:val="00AF682E"/>
+    <w:rsid w:val="00C73240"/>
     <w:rsid w:val="00E1058A"/>
+    <w:rsid w:val="00EF1791"/>
     <w:rsid w:val="00F10EC7"/>
     <w:rsid w:val="00F768CC"/>
+    <w:rsid w:val="00F86E4E"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-GB"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
+  <w14:docId w14:val="1FC15FF0"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{00639BF1-832F-4073-B690-23E8BC4F3D4D}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-GB" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -6641,50 +6556,55 @@
     <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="002D2ACE"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:lang w:eastAsia="en-GB"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
@@ -6739,61 +6659,73 @@
       <w:tabs>
         <w:tab w:val="center" w:pos="4513"/>
         <w:tab w:val="right" w:pos="9026"/>
       </w:tabs>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="FooterChar">
     <w:name w:val="Footer Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Footer"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00126B64"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:lang w:eastAsia="en-GB"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Hyperlink">
     <w:name w:val="Hyperlink"/>
     <w:rsid w:val="000C47C6"/>
     <w:rPr>
       <w:color w:val="0000FF"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="character" w:styleId="UnresolvedMention">
+    <w:name w:val="Unresolved Mention"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00EF1791"/>
+    <w:rPr>
+      <w:color w:val="605E5C"/>
+      <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
+    </w:rPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:gst-tr.entaccessteam@nhs.net" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:gst-tr.audiologyappointments@nhs.net" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:gstt.entaccessteam@nhs.net" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:gstt.audiologyappointments@nhs.net" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="5B9BD5"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -7013,74 +6945,356 @@
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
+<file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
+</file>
+
+<file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
+</file>
+
+<file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
+</file>
+
+<file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <_ip_UnifiedCompliancePolicyUIAction xmlns="http://schemas.microsoft.com/sharepoint/v3" xsi:nil="true"/>
+    <_activity xmlns="42cbf7a4-efa7-4737-a51d-f42d5e479198" xsi:nil="true"/>
+    <_ip_UnifiedCompliancePolicyProperties xmlns="http://schemas.microsoft.com/sharepoint/v3" xsi:nil="true"/>
+  </documentManagement>
+</p:properties>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100761C30776942B94BACA322D215006C51" ma:contentTypeVersion="13" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="1f7f92ec53ac48928f0d4b8d738c3d4d">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns1="http://schemas.microsoft.com/sharepoint/v3" xmlns:ns3="42cbf7a4-efa7-4737-a51d-f42d5e479198" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="8e2cf33765882ceba8f01b09c4d70a76" ns1:_="" ns3:_="">
+    <xsd:import namespace="http://schemas.microsoft.com/sharepoint/v3"/>
+    <xsd:import namespace="42cbf7a4-efa7-4737-a51d-f42d5e479198"/>
+    <xsd:element name="properties">
+      <xsd:complexType>
+        <xsd:sequence>
+          <xsd:element name="documentManagement">
+            <xsd:complexType>
+              <xsd:all>
+                <xsd:element ref="ns3:MediaServiceMetadata" minOccurs="0"/>
+                <xsd:element ref="ns3:MediaServiceFastMetadata" minOccurs="0"/>
+                <xsd:element ref="ns3:MediaServiceSearchProperties" minOccurs="0"/>
+                <xsd:element ref="ns3:MediaServiceObjectDetectorVersions" minOccurs="0"/>
+                <xsd:element ref="ns3:_activity" minOccurs="0"/>
+                <xsd:element ref="ns3:MediaServiceDateTaken" minOccurs="0"/>
+                <xsd:element ref="ns3:MediaServiceSystemTags" minOccurs="0"/>
+                <xsd:element ref="ns3:MediaServiceOCR" minOccurs="0"/>
+                <xsd:element ref="ns3:MediaServiceGenerationTime" minOccurs="0"/>
+                <xsd:element ref="ns3:MediaServiceEventHashCode" minOccurs="0"/>
+                <xsd:element ref="ns1:_ip_UnifiedCompliancePolicyProperties" minOccurs="0"/>
+                <xsd:element ref="ns1:_ip_UnifiedCompliancePolicyUIAction" minOccurs="0"/>
+                <xsd:element ref="ns3:MediaLengthInSeconds" minOccurs="0"/>
+              </xsd:all>
+            </xsd:complexType>
+          </xsd:element>
+        </xsd:sequence>
+      </xsd:complexType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="http://schemas.microsoft.com/sharepoint/v3" elementFormDefault="qualified">
+    <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <xsd:element name="_ip_UnifiedCompliancePolicyProperties" ma:index="18" nillable="true" ma:displayName="Unified Compliance Policy Properties" ma:hidden="true" ma:internalName="_ip_UnifiedCompliancePolicyProperties">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="_ip_UnifiedCompliancePolicyUIAction" ma:index="19" nillable="true" ma:displayName="Unified Compliance Policy UI Action" ma:hidden="true" ma:internalName="_ip_UnifiedCompliancePolicyUIAction">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="42cbf7a4-efa7-4737-a51d-f42d5e479198" elementFormDefault="qualified">
+    <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <xsd:element name="MediaServiceMetadata" ma:index="8" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceFastMetadata" ma:index="9" nillable="true" ma:displayName="MediaServiceFastMetadata" ma:hidden="true" ma:internalName="MediaServiceFastMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceSearchProperties" ma:index="10" nillable="true" ma:displayName="MediaServiceSearchProperties" ma:hidden="true" ma:internalName="MediaServiceSearchProperties" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceObjectDetectorVersions" ma:index="11" nillable="true" ma:displayName="MediaServiceObjectDetectorVersions" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceObjectDetectorVersions" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="_activity" ma:index="12" nillable="true" ma:displayName="_activity" ma:hidden="true" ma:internalName="_activity">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceDateTaken" ma:index="13" nillable="true" ma:displayName="MediaServiceDateTaken" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceDateTaken" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceSystemTags" ma:index="14" nillable="true" ma:displayName="MediaServiceSystemTags" ma:hidden="true" ma:internalName="MediaServiceSystemTags" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceOCR" ma:index="15" nillable="true" ma:displayName="Extracted Text" ma:internalName="MediaServiceOCR" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceGenerationTime" ma:index="16" nillable="true" ma:displayName="MediaServiceGenerationTime" ma:hidden="true" ma:internalName="MediaServiceGenerationTime" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceEventHashCode" ma:index="17" nillable="true" ma:displayName="MediaServiceEventHashCode" ma:hidden="true" ma:internalName="MediaServiceEventHashCode" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaLengthInSeconds" ma:index="20" nillable="true" ma:displayName="MediaLengthInSeconds" ma:hidden="true" ma:internalName="MediaLengthInSeconds" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Unknown"/>
+      </xsd:simpleType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:odoc="http://schemas.microsoft.com/internal/obd" targetNamespace="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" elementFormDefault="qualified" attributeFormDefault="unqualified" blockDefault="#all">
+    <xsd:import namespace="http://purl.org/dc/elements/1.1/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dc.xsd"/>
+    <xsd:import namespace="http://purl.org/dc/terms/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dcterms.xsd"/>
+    <xsd:element name="coreProperties" type="CT_coreProperties"/>
+    <xsd:complexType name="CT_coreProperties">
+      <xsd:all>
+        <xsd:element ref="dc:creator" minOccurs="0" maxOccurs="1"/>
+        <xsd:element ref="dcterms:created" minOccurs="0" maxOccurs="1"/>
+        <xsd:element ref="dc:identifier" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="contentType" minOccurs="0" maxOccurs="1" type="xsd:string" ma:index="0" ma:displayName="Content Type"/>
+        <xsd:element ref="dc:title" minOccurs="0" maxOccurs="1" ma:index="4" ma:displayName="Title"/>
+        <xsd:element ref="dc:subject" minOccurs="0" maxOccurs="1"/>
+        <xsd:element ref="dc:description" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="keywords" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element ref="dc:language" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="category" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element name="version" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element name="revision" minOccurs="0" maxOccurs="1" type="xsd:string">
+          <xsd:annotation>
+            <xsd:documentation>
+                        This value indicates the number of saves or revisions. The application is responsible for updating this value after each revision.
+                    </xsd:documentation>
+          </xsd:annotation>
+        </xsd:element>
+        <xsd:element name="lastModifiedBy" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element ref="dcterms:modified" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="contentStatus" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+      </xsd:all>
+    </xsd:complexType>
+  </xsd:schema>
+  <xs:schema xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" xmlns:xs="http://www.w3.org/2001/XMLSchema" targetNamespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" elementFormDefault="qualified" attributeFormDefault="unqualified">
+    <xs:element name="Person">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:DisplayName" minOccurs="0"/>
+          <xs:element ref="pc:AccountId" minOccurs="0"/>
+          <xs:element ref="pc:AccountType" minOccurs="0"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="DisplayName" type="xs:string"/>
+    <xs:element name="AccountId" type="xs:string"/>
+    <xs:element name="AccountType" type="xs:string"/>
+    <xs:element name="BDCAssociatedEntity">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:BDCEntity" minOccurs="0" maxOccurs="unbounded"/>
+        </xs:sequence>
+        <xs:attribute ref="pc:EntityNamespace"/>
+        <xs:attribute ref="pc:EntityName"/>
+        <xs:attribute ref="pc:SystemInstanceName"/>
+        <xs:attribute ref="pc:AssociationName"/>
+      </xs:complexType>
+    </xs:element>
+    <xs:attribute name="EntityNamespace" type="xs:string"/>
+    <xs:attribute name="EntityName" type="xs:string"/>
+    <xs:attribute name="SystemInstanceName" type="xs:string"/>
+    <xs:attribute name="AssociationName" type="xs:string"/>
+    <xs:element name="BDCEntity">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:EntityDisplayName" minOccurs="0"/>
+          <xs:element ref="pc:EntityInstanceReference" minOccurs="0"/>
+          <xs:element ref="pc:EntityId1" minOccurs="0"/>
+          <xs:element ref="pc:EntityId2" minOccurs="0"/>
+          <xs:element ref="pc:EntityId3" minOccurs="0"/>
+          <xs:element ref="pc:EntityId4" minOccurs="0"/>
+          <xs:element ref="pc:EntityId5" minOccurs="0"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="EntityDisplayName" type="xs:string"/>
+    <xs:element name="EntityInstanceReference" type="xs:string"/>
+    <xs:element name="EntityId1" type="xs:string"/>
+    <xs:element name="EntityId2" type="xs:string"/>
+    <xs:element name="EntityId3" type="xs:string"/>
+    <xs:element name="EntityId4" type="xs:string"/>
+    <xs:element name="EntityId5" type="xs:string"/>
+    <xs:element name="Terms">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="TermInfo">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:TermName" minOccurs="0"/>
+          <xs:element ref="pc:TermId" minOccurs="0"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="TermName" type="xs:string"/>
+    <xs:element name="TermId" type="xs:string"/>
+  </xs:schema>
+</ct:contentTypeSchema>
+</file>
+
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{14206D00-B454-4A9F-82EE-2F6DB1881572}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3"/>
+    <ds:schemaRef ds:uri="42cbf7a4-efa7-4737-a51d-f42d5e479198"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{E6E05941-D7A4-4AF7-9C42-08E247823C31}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B02E138F-8A9F-41CF-95BD-1EFBD8AB4082}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3"/>
+    <ds:schemaRef ds:uri="42cbf7a4-efa7-4737-a51d-f42d5e479198"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>422</Words>
-  <Characters>2412</Characters>
+  <Words>420</Words>
+  <Characters>2397</Characters>
   <Application>Microsoft Office Word</Application>
-  <DocSecurity>12</DocSecurity>
-  <Lines>20</Lines>
+  <DocSecurity>8</DocSecurity>
+  <Lines>19</Lines>
   <Paragraphs>5</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>GSTT</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>2829</CharactersWithSpaces>
+  <CharactersWithSpaces>2812</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Ubhi Bhajan</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
+
+<file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
+<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
+    <vt:lpwstr>0x010100761C30776942B94BACA322D215006C51</vt:lpwstr>
+  </property>
+</Properties>
+</file>