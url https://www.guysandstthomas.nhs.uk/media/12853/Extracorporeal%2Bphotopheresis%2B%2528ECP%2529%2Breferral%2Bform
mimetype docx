--- v0 (2025-12-05)
+++ v1 (2026-01-27)
@@ -1,113 +1,104 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
+  <Default Extension="jpg" ContentType="image/jpeg"/>
   <Default Extension="png" ContentType="image/png"/>
-  <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w:rsidR="009A79D4" w:rsidRPr="00954E3B" w:rsidRDefault="0075439A" w:rsidP="007834E0">
+    <w:p w14:paraId="40067428" w14:textId="34C1D71D" w:rsidR="00691587" w:rsidRPr="00954E3B" w:rsidRDefault="00691587" w:rsidP="007834E0">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
-      <w:bookmarkEnd w:id="0"/>
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:drawing>
-          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251651072" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251651072" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="4743EF6F" wp14:editId="3C12B54B">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
-              <wp:posOffset>2857500</wp:posOffset>
+              <wp:posOffset>4975860</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
-              <wp:posOffset>-632460</wp:posOffset>
+              <wp:posOffset>-691515</wp:posOffset>
             </wp:positionV>
-            <wp:extent cx="3390900" cy="457200"/>
+            <wp:extent cx="1626760" cy="819150"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:wrapNone/>
             <wp:docPr id="14" name="Picture 2"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="Picture 2"/>
+                    <pic:cNvPr id="14" name="Picture 2"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId7">
-[...6 lines deleted...]
-                    <a:srcRect/>
+                    <a:blip r:embed="rId7"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="3390900" cy="457200"/>
+                      <a:ext cx="1626760" cy="819150"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
             <wp14:sizeRelH relativeFrom="page">
               <wp14:pctWidth>0</wp14:pctWidth>
             </wp14:sizeRelH>
             <wp14:sizeRelV relativeFrom="page">
               <wp14:pctHeight>0</wp14:pctHeight>
             </wp14:sizeRelV>
           </wp:anchor>
         </w:drawing>
       </w:r>
       <w:r w:rsidR="009A79D4">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
@@ -128,113 +119,113 @@
           <w:b/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>form for</w:t>
       </w:r>
       <w:r w:rsidR="009A79D4">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t xml:space="preserve"> PHOTOPHERESIS (</w:t>
       </w:r>
       <w:r w:rsidR="009A79D4" w:rsidRPr="002D1B9E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t xml:space="preserve">ECP) </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009A79D4" w:rsidRPr="00130F15" w:rsidRDefault="009A79D4" w:rsidP="007834E0">
+    <w:p w14:paraId="317D858D" w14:textId="77777777" w:rsidR="009A79D4" w:rsidRPr="00130F15" w:rsidRDefault="009A79D4" w:rsidP="007834E0">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="009A79D4" w:rsidRDefault="009A79D4" w:rsidP="007834E0">
+    <w:p w14:paraId="37793762" w14:textId="77777777" w:rsidR="009A79D4" w:rsidRDefault="009A79D4" w:rsidP="007834E0">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>ECP UNIT Tel.</w:t>
       </w:r>
       <w:r w:rsidRPr="00F60FFD">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> No.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> 0207 1886308</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009A79D4" w:rsidRDefault="009A79D4" w:rsidP="007834E0">
+    <w:p w14:paraId="404E772E" w14:textId="77777777" w:rsidR="009A79D4" w:rsidRDefault="009A79D4" w:rsidP="007834E0">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="009A79D4" w:rsidRPr="00D72220" w:rsidRDefault="009A79D4" w:rsidP="007834E0">
+    <w:p w14:paraId="1D3EEB9E" w14:textId="77777777" w:rsidR="009A79D4" w:rsidRPr="00D72220" w:rsidRDefault="009A79D4" w:rsidP="007834E0">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Please speak to the ECP</w:t>
       </w:r>
       <w:r w:rsidRPr="00AE7CC7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
@@ -335,67 +326,67 @@
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="004748A1">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
       <w:r w:rsidRPr="004748A1">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>88145</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009A79D4" w:rsidRDefault="0075439A" w:rsidP="007834E0">
+    <w:p w14:paraId="11E1BFF4" w14:textId="77777777" w:rsidR="009A79D4" w:rsidRDefault="0075439A" w:rsidP="007834E0">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251652096" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251652096" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="432002BD" wp14:editId="3E15E7B3">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>-114300</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>125095</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="2971800" cy="1165225"/>
                 <wp:effectExtent l="0" t="0" r="0" b="0"/>
                 <wp:wrapNone/>
                 <wp:docPr id="13" name="Rectangle 3"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr>
                         <a:spLocks noChangeArrowheads="1"/>
                       </wps:cNvSpPr>
                       <wps:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="2971800" cy="1165225"/>
                         </a:xfrm>
@@ -415,51 +406,51 @@
                         </a:ln>
                       </wps:spPr>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
               <v:rect w14:anchorId="7F955A2F" id="Rectangle 3" o:spid="_x0000_s1026" style="position:absolute;margin-left:-9pt;margin-top:9.85pt;width:234pt;height:91.75pt;z-index:-251664384;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCAu7bTIAIAAD4EAAAOAAAAZHJzL2Uyb0RvYy54bWysU9tuEzEQfUfiHyy/k700aZtVNlWVEoRU&#10;oKLwAY7Xm7XweszYyaZ8PWNvGsJFPCD8YHk84+MzZ2YWN4fesL1Cr8HWvJjknCkrodF2W/PPn9av&#10;rjnzQdhGGLCq5k/K85vlyxeLwVWqhA5Mo5ARiPXV4GreheCqLPOyU73wE3DKkrMF7EUgE7dZg2Ig&#10;9N5kZZ5fZgNg4xCk8p5u70YnXyb8tlUyfGhbrwIzNSduIe2Y9k3cs+VCVFsUrtPySEP8A4teaEuf&#10;nqDuRBBsh/o3qF5LBA9tmEjoM2hbLVXKgbIp8l+yeeyEUykXEse7k0z+/8HK9/sHZLqh2l1wZkVP&#10;NfpIqgm7NYpdRH0G5ysKe3QPGDP07h7kF88srDqKUreIMHRKNMSqiPHZTw+i4ekp2wzvoCF0sQuQ&#10;pDq02EdAEoEdUkWeThVRh8AkXZbzq+I6p8JJ8hXF5awsZ+kPUT0/d+jDGwU9i4eaI5FP8GJ/70Ok&#10;I6rnkEQfjG7W2phk4HazMsj2gtpjndYR3Z+HGcuGms9n9PffIfK0/gTR60B9bnRfc8qHVgwSVdTt&#10;tW3SOQhtxjNRNvYoZNRurMEGmifSEWFsYho6OnSA3zgbqIFr7r/uBCrOzFtLtZgX02ns+GRMZ1cl&#10;GXju2Zx7hJUEVfPA2XhchXFKdg71tqOfipS7hVuqX6uTsrG2I6sjWWrSJPhxoOIUnNsp6sfYL78D&#10;AAD//wMAUEsDBBQABgAIAAAAIQBTRjI+4AAAAAoBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/NTsMw&#10;EITvSLyDtUjcWrspP22IUyFQK3Fs0wu3TWySQLyOYqcNPD3bExx3ZjT7TbaZXCdOdgitJw2LuQJh&#10;qfKmpVrDsdjOViBCRDLYebIavm2ATX59lWFq/Jn29nSIteASCilqaGLsUylD1ViHYe57S+x9+MFh&#10;5HOopRnwzOWuk4lSD9JhS/yhwd6+NLb6OoxOQ9kmR/zZFzvl1ttlfJuKz/H9Vevbm+n5CUS0U/wL&#10;wwWf0SFnptKPZILoNMwWK94S2Vg/guDA3b1iodSQqGUCMs/k/wn5LwAAAP//AwBQSwECLQAUAAYA&#10;CAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBL&#10;AQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BL&#10;AQItABQABgAIAAAAIQCAu7bTIAIAAD4EAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnht&#10;bFBLAQItABQABgAIAAAAIQBTRjI+4AAAAAoBAAAPAAAAAAAAAAAAAAAAAHoEAABkcnMvZG93bnJl&#10;di54bWxQSwUGAAAAAAQABADzAAAAhwUAAAAA&#10;"/>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
-    <w:p w:rsidR="008A1204" w:rsidRDefault="008A1204" w:rsidP="007834E0">
+    <w:p w14:paraId="1C8DA5EC" w14:textId="77777777" w:rsidR="008A1204" w:rsidRDefault="008A1204" w:rsidP="007834E0">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Patient</w:t>
       </w:r>
       <w:r w:rsidRPr="008A1204">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
@@ -471,139 +462,139 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>N</w:t>
       </w:r>
       <w:r w:rsidR="00B7643C" w:rsidRPr="003631E7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>ame …</w:t>
       </w:r>
       <w:r w:rsidR="00B7643C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>………………</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="008A1204" w:rsidRDefault="008A1204" w:rsidP="007834E0">
+    <w:p w14:paraId="0122FDA5" w14:textId="77777777" w:rsidR="008A1204" w:rsidRDefault="008A1204" w:rsidP="007834E0">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">Hospital </w:t>
       </w:r>
       <w:r w:rsidR="00B7643C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">Number </w:t>
       </w:r>
       <w:r w:rsidR="00B7643C" w:rsidRPr="003631E7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>…</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>………….</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009A79D4" w:rsidRPr="008A1204" w:rsidRDefault="008A1204" w:rsidP="007834E0">
+    <w:p w14:paraId="36694B2E" w14:textId="77777777" w:rsidR="009A79D4" w:rsidRPr="008A1204" w:rsidRDefault="008A1204" w:rsidP="007834E0">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> Date of birth:…………………</w:t>
       </w:r>
       <w:r w:rsidR="009A79D4">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00B7643C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="009A79D4">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009A79D4" w:rsidRDefault="008A1204" w:rsidP="007834E0">
+    <w:p w14:paraId="0075EBF2" w14:textId="77777777" w:rsidR="009A79D4" w:rsidRDefault="008A1204" w:rsidP="007834E0">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Date/ Time: ………</w:t>
       </w:r>
       <w:r w:rsidRPr="00D032B7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
@@ -648,111 +639,111 @@
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">     </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009A79D4" w:rsidRDefault="009A79D4" w:rsidP="007834E0">
+    <w:p w14:paraId="46E965C0" w14:textId="77777777" w:rsidR="009A79D4" w:rsidRDefault="009A79D4" w:rsidP="007834E0">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="4320" w:firstLine="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Referrer name: ……</w:t>
       </w:r>
       <w:r w:rsidRPr="00D032B7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>……………………</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009A79D4" w:rsidRDefault="009A79D4" w:rsidP="007834E0">
+    <w:p w14:paraId="02F1517E" w14:textId="77777777" w:rsidR="009A79D4" w:rsidRDefault="009A79D4" w:rsidP="007834E0">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="5040"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Referrer Signature: ………</w:t>
       </w:r>
       <w:r w:rsidRPr="00D032B7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>……………</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009A79D4" w:rsidRDefault="009A79D4" w:rsidP="007834E0">
+    <w:p w14:paraId="7ED00C70" w14:textId="77777777" w:rsidR="009A79D4" w:rsidRDefault="009A79D4" w:rsidP="007834E0">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="4320" w:firstLine="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003631E7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Diagnosis</w:t>
       </w:r>
       <w:r w:rsidR="00D6323E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
@@ -766,95 +757,95 @@
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>…………………</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>…….</w:t>
       </w:r>
       <w:r w:rsidRPr="003631E7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>……….</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009A79D4" w:rsidRPr="003631E7" w:rsidRDefault="009A79D4" w:rsidP="007834E0">
+    <w:p w14:paraId="0E7A1157" w14:textId="77777777" w:rsidR="009A79D4" w:rsidRPr="003631E7" w:rsidRDefault="009A79D4" w:rsidP="007834E0">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003631E7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Tel no/s.……………………………………….</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009A79D4" w:rsidRDefault="009A79D4" w:rsidP="007834E0">
+    <w:p w14:paraId="7BF7E954" w14:textId="77777777" w:rsidR="009A79D4" w:rsidRDefault="009A79D4" w:rsidP="007834E0">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003631E7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>………………………………………………..</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009A79D4" w:rsidRDefault="009A79D4" w:rsidP="007834E0">
+    <w:p w14:paraId="70BF3A97" w14:textId="77777777" w:rsidR="009A79D4" w:rsidRDefault="009A79D4" w:rsidP="007834E0">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
@@ -881,189 +872,189 @@
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009A79D4" w:rsidRPr="003631E7" w:rsidRDefault="009A79D4" w:rsidP="007834E0">
+    <w:p w14:paraId="7337B574" w14:textId="77777777" w:rsidR="009A79D4" w:rsidRPr="003631E7" w:rsidRDefault="009A79D4" w:rsidP="007834E0">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003631E7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Planned</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> admission / treatment</w:t>
       </w:r>
       <w:r w:rsidRPr="003631E7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> start date:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> …………………………………………………….</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009A79D4" w:rsidRPr="003631E7" w:rsidRDefault="009A79D4" w:rsidP="007834E0">
+    <w:p w14:paraId="3B39140F" w14:textId="77777777" w:rsidR="009A79D4" w:rsidRPr="003631E7" w:rsidRDefault="009A79D4" w:rsidP="007834E0">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009A79D4" w:rsidRPr="006222CB" w:rsidRDefault="009A79D4" w:rsidP="007834E0">
+    <w:p w14:paraId="17C3531A" w14:textId="77777777" w:rsidR="009A79D4" w:rsidRPr="006222CB" w:rsidRDefault="009A79D4" w:rsidP="007834E0">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Reason for </w:t>
       </w:r>
       <w:r w:rsidRPr="00D032B7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">patient </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>admission (tick one or more boxes)</w:t>
       </w:r>
       <w:r w:rsidRPr="00D032B7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009A79D4" w:rsidRPr="00FB1361" w:rsidRDefault="009A79D4" w:rsidP="007834E0">
+    <w:p w14:paraId="3B57C325" w14:textId="77777777" w:rsidR="009A79D4" w:rsidRPr="00FB1361" w:rsidRDefault="009A79D4" w:rsidP="007834E0">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="009A79D4" w:rsidRDefault="0075439A" w:rsidP="007834E0">
+    <w:p w14:paraId="30E62CD9" w14:textId="77777777" w:rsidR="009A79D4" w:rsidRDefault="0075439A" w:rsidP="007834E0">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251664384" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251664384" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="69668C1A" wp14:editId="1E19A5A0">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>5257800</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>66040</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="228600" cy="228600"/>
                 <wp:effectExtent l="0" t="0" r="0" b="0"/>
                 <wp:wrapNone/>
                 <wp:docPr id="12" name="Rectangle 4"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr>
                         <a:spLocks noChangeArrowheads="1"/>
                       </wps:cNvSpPr>
                       <wps:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="228600" cy="228600"/>
                         </a:xfrm>
@@ -1090,51 +1081,51 @@
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
               <v:rect w14:anchorId="76B9B745" id="Rectangle 4" o:spid="_x0000_s1026" style="position:absolute;margin-left:414pt;margin-top:5.2pt;width:18pt;height:18pt;z-index:251664384;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAgbHtSHQIAADwEAAAOAAAAZHJzL2Uyb0RvYy54bWysU1Fv0zAQfkfiP1h+p0mjdnRR02nqKEIa&#10;bGLwA66Ok1g4tjm7Tcuv5+x0pQOeEHmw7nLnz3ffd7e8OfSa7SV6ZU3Fp5OcM2mErZVpK/71y+bN&#10;gjMfwNSgrZEVP0rPb1avXy0HV8rCdlbXEhmBGF8OruJdCK7MMi862YOfWCcNBRuLPQRysc1qhIHQ&#10;e50VeX6VDRZrh1ZI7+nv3Rjkq4TfNFKEh6bxMjBdcaotpBPTuY1ntlpC2SK4TolTGfAPVfSgDD16&#10;hrqDAGyH6g+oXgm03jZhImyf2aZRQqYeqJtp/ls3Tx04mXohcrw70+T/H6z4tH9EpmrSruDMQE8a&#10;fSbWwLRaslnkZ3C+pLQn94ixQ+/urfjmmbHrjrLkLaIdOgk1VTWN+dmLC9HxdJVth4+2JnTYBZuo&#10;OjTYR0AigR2SIsezIvIQmKCfRbG4ykk3QaGTHV+A8vmyQx/eS9uzaFQcqfQEDvt7H8bU55RUvNWq&#10;3iitk4Ptdq2R7YGGY5O+VD/1eJmmDRsqfj0v5gn5RcxfQuTp+xtErwJNuVZ9xRfnJCgja+9MTWVC&#10;GUDp0abutDnRGJkbFdja+kgsoh1HmFaOjM7iD84GGt+K++87QMmZ/mBIievpbBbnPTmz+duCHLyM&#10;bC8jYARBVTxwNprrMO7IzqFqO3ppmno39pbUa1RiNio7VnUqlkY0aXNap7gDl37K+rX0q58AAAD/&#10;/wMAUEsDBBQABgAIAAAAIQBd7H9t3QAAAAkBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9BT4QwEIXv&#10;Jv6HZky8ua1ICCJlYzRr4nGXvXgrdASUTgktu+ivdzzpcd57efO9cru6UZxwDoMnDbcbBQKp9Xag&#10;TsOx3t3kIEI0ZM3oCTV8YYBtdXlRmsL6M+3xdIid4BIKhdHQxzgVUoa2R2fCxk9I7L372ZnI59xJ&#10;O5szl7tRJkpl0pmB+ENvJnzqsf08LE5DMyRH872vX5S7393F17X+WN6etb6+Wh8fQERc418YfvEZ&#10;HSpmavxCNohRQ57kvCWyoVIQHMizlIVGQ5qlIKtS/l9Q/QAAAP//AwBQSwECLQAUAAYACAAAACEA&#10;toM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQA&#10;BgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQA&#10;BgAIAAAAIQAgbHtSHQIAADwEAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQIt&#10;ABQABgAIAAAAIQBd7H9t3QAAAAkBAAAPAAAAAAAAAAAAAAAAAHcEAABkcnMvZG93bnJldi54bWxQ&#10;SwUGAAAAAAQABADzAAAAgQUAAAAA&#10;"/>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251663360" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251663360" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="58F3BF58" wp14:editId="1A00731B">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>3200400</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>66040</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="228600" cy="228600"/>
                 <wp:effectExtent l="0" t="0" r="0" b="0"/>
                 <wp:wrapNone/>
                 <wp:docPr id="11" name="Rectangle 5"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr>
                         <a:spLocks noChangeArrowheads="1"/>
                       </wps:cNvSpPr>
                       <wps:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="228600" cy="228600"/>
                         </a:xfrm>
@@ -1154,68 +1145,68 @@
                         </a:ln>
                       </wps:spPr>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
               <v:rect w14:anchorId="17A1AFC8" id="Rectangle 5" o:spid="_x0000_s1026" style="position:absolute;margin-left:252pt;margin-top:5.2pt;width:18pt;height:18pt;z-index:251663360;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBvD3sVHQIAADwEAAAOAAAAZHJzL2Uyb0RvYy54bWysU9tu2zAMfR+wfxD0vviCpEuNOEWRLsOA&#10;bi3W7QMUWY6FyaJGKXGyrx8lp1m67WmYHwTSpI7Ic8jFzaE3bK/Qa7A1LyY5Z8pKaLTd1vzrl/Wb&#10;OWc+CNsIA1bV/Kg8v1m+frUYXKVK6MA0ChmBWF8NruZdCK7KMi871Qs/AacsBVvAXgRycZs1KAZC&#10;701W5vlVNgA2DkEq7+nv3Rjky4TftkqGh7b1KjBTc6otpBPTuYlntlyIaovCdVqeyhD/UEUvtKVH&#10;z1B3Igi2Q/0HVK8lgoc2TCT0GbStlir1QN0U+W/dPHXCqdQLkePdmSb//2Dlp/0jMt2QdgVnVvSk&#10;0WdiTditUWwW+RmcryjtyT1i7NC7e5DfPLOw6ihL3SLC0CnRUFVFzM9eXIiOp6tsM3yEhtDFLkCi&#10;6tBiHwGJBHZIihzPiqhDYJJ+luX8KifdJIVOdnxBVM+XHfrwXkHPolFzpNITuNjf+zCmPqek4sHo&#10;Zq2NSQ5uNyuDbC9oONbpS/VTj5dpxrKh5tezcpaQX8T8JUSevr9B9DrQlBvd13x+ThJVZO2dbahM&#10;UQWhzWhTd8aeaIzMjQpsoDkSiwjjCNPKkdEB/uBsoPGtuf++E6g4Mx8sKXFdTKdx3pMznb0tycHL&#10;yOYyIqwkqJoHzkZzFcYd2TnU245eKlLvFm5JvVYnZqOyY1WnYmlEkzandYo7cOmnrF9Lv/wJAAD/&#10;/wMAUEsDBBQABgAIAAAAIQAgYUqy3QAAAAkBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/BTsMwEETv&#10;SPyDtUjcqE1xKwhxKgQqEsc2vXDbxCYJxOsodtrA17OcynFnRrNv8s3se3F0Y+wCGbhdKBCO6mA7&#10;agwcyu3NPYiYkCz2gZyBbxdhU1xe5JjZcKKdO+5TI7iEYoYG2pSGTMpYt85jXITBEXsfYfSY+Bwb&#10;aUc8cbnv5VKptfTYEX9ocXDPrau/9pM3UHXLA/7sylflH7Z36W0uP6f3F2Our+anRxDJzekchj98&#10;RoeCmaowkY2iN7BSmrckNpQGwYGVVixUBvRagyxy+X9B8QsAAP//AwBQSwECLQAUAAYACAAAACEA&#10;toM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQA&#10;BgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQA&#10;BgAIAAAAIQBvD3sVHQIAADwEAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQIt&#10;ABQABgAIAAAAIQAgYUqy3QAAAAkBAAAPAAAAAAAAAAAAAAAAAHcEAABkcnMvZG93bnJldi54bWxQ&#10;SwUGAAAAAAQABADzAAAAgQUAAAAA&#10;"/>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009A79D4" w:rsidRPr="00FB1361" w:rsidRDefault="0075439A" w:rsidP="007834E0">
+    <w:p w14:paraId="09534279" w14:textId="77777777" w:rsidR="009A79D4" w:rsidRPr="00FB1361" w:rsidRDefault="0075439A" w:rsidP="007834E0">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251662336" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251662336" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1E4C8803" wp14:editId="790A8D37">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>1485900</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>32385</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="228600" cy="228600"/>
                 <wp:effectExtent l="0" t="0" r="0" b="0"/>
                 <wp:wrapNone/>
                 <wp:docPr id="10" name="Rectangle 6"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr>
                         <a:spLocks noChangeArrowheads="1"/>
                       </wps:cNvSpPr>
                       <wps:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="228600" cy="228600"/>
                         </a:xfrm>
@@ -1301,76 +1292,76 @@
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="009A79D4">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve"> or </w:t>
       </w:r>
       <w:r w:rsidR="009A79D4">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>once a month</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009A79D4" w:rsidRDefault="009A79D4" w:rsidP="007834E0">
+    <w:p w14:paraId="5A29D3ED" w14:textId="77777777" w:rsidR="009A79D4" w:rsidRDefault="009A79D4" w:rsidP="007834E0">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="009A79D4" w:rsidRDefault="0075439A" w:rsidP="007834E0">
+    <w:p w14:paraId="11B41F3D" w14:textId="77777777" w:rsidR="009A79D4" w:rsidRDefault="0075439A" w:rsidP="007834E0">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251661312" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251661312" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="24D864AD" wp14:editId="1C9B17B1">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>1485900</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>635</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="228600" cy="228600"/>
                 <wp:effectExtent l="0" t="0" r="0" b="0"/>
                 <wp:wrapNone/>
                 <wp:docPr id="9" name="Rectangle 7"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr>
                         <a:spLocks noChangeArrowheads="1"/>
                       </wps:cNvSpPr>
                       <wps:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="228600" cy="228600"/>
                         </a:xfrm>
@@ -1434,103 +1425,103 @@
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="009A79D4" w:rsidRPr="00FB1361">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="009A79D4">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>IV drug/s required::…………………………………………………</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009A79D4" w:rsidRDefault="009A79D4" w:rsidP="007834E0">
+    <w:p w14:paraId="461F2F77" w14:textId="77777777" w:rsidR="009A79D4" w:rsidRDefault="009A79D4" w:rsidP="007834E0">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="009A79D4" w:rsidRDefault="009A79D4" w:rsidP="007834E0">
+    <w:p w14:paraId="356CCCEF" w14:textId="77777777" w:rsidR="009A79D4" w:rsidRDefault="009A79D4" w:rsidP="007834E0">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(Treatment will be administered as per each individual drug protocol)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009A79D4" w:rsidRPr="003631E7" w:rsidRDefault="009A79D4" w:rsidP="007834E0">
+    <w:p w14:paraId="29FECB76" w14:textId="77777777" w:rsidR="009A79D4" w:rsidRPr="003631E7" w:rsidRDefault="009A79D4" w:rsidP="007834E0">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="009A79D4" w:rsidRPr="003631E7" w:rsidRDefault="0075439A" w:rsidP="007834E0">
+    <w:p w14:paraId="2ED03127" w14:textId="77777777" w:rsidR="009A79D4" w:rsidRPr="003631E7" w:rsidRDefault="0075439A" w:rsidP="007834E0">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251654144" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251654144" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="04E8A8C9" wp14:editId="6C9FE56F">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>5143500</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>47625</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="228600" cy="228600"/>
                 <wp:effectExtent l="0" t="0" r="0" b="0"/>
                 <wp:wrapNone/>
                 <wp:docPr id="8" name="Rectangle 8"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr>
                         <a:spLocks noChangeArrowheads="1"/>
                       </wps:cNvSpPr>
                       <wps:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="228600" cy="228600"/>
                         </a:xfrm>
@@ -1557,51 +1548,51 @@
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
               <v:rect w14:anchorId="18DBB0C0" id="Rectangle 8" o:spid="_x0000_s1026" style="position:absolute;margin-left:405pt;margin-top:3.75pt;width:18pt;height:18pt;z-index:251654144;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQC/fRp0HAIAADsEAAAOAAAAZHJzL2Uyb0RvYy54bWysU1Fv0zAQfkfiP1h+p0mjdnRR02nqKEIa&#10;bGLwA1zHSSwcnzm7Tcuv5+x0pQOeEHmw7nLnz3ffd7e8OfSG7RV6Dbbi00nOmbISam3bin/9snmz&#10;4MwHYWthwKqKH5XnN6vXr5aDK1UBHZhaISMQ68vBVbwLwZVZ5mWneuEn4JSlYAPYi0AutlmNYiD0&#10;3mRFnl9lA2DtEKTynv7ejUG+SvhNo2R4aBqvAjMVp9pCOjGd23hmq6UoWxSu0/JUhviHKnqhLT16&#10;hroTQbAd6j+gei0RPDRhIqHPoGm0VKkH6maa/9bNUyecSr0QOd6dafL/D1Z+2j8i03XFSSgrepLo&#10;M5EmbGsUW0R6BudLynpyjxgb9O4e5DfPLKw7ylK3iDB0StRU1DTmZy8uRMfTVbYdPkJN6GIXIDF1&#10;aLCPgMQBOyRBjmdB1CEwST+LYnGVk2ySQic7viDK58sOfXivoGfRqDhS6Qlc7O99GFOfU1LxYHS9&#10;0cYkB9vt2iDbC5qNTfpS/dTjZZqxbKj49byYJ+QXMX8JkafvbxC9DjTkRvfE8jlJlJG1d7amMkUZ&#10;hDajTd0Ze6IxMjcqsIX6SCwijBNMG0dGB/iDs4Gmt+L++06g4sx8sKTE9XQ2i+OenNn8bUEOXka2&#10;lxFhJUFVPHA2muswrsjOoW47emmaerdwS+o1OjEblR2rOhVLE5q0OW1TXIFLP2X92vnVTwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAHKk+F3dAAAACAEAAA8AAABkcnMvZG93bnJldi54bWxMj81OwzAQhO9I&#10;vIO1SNyo3V9CiFMhUJE4tumFmxMvSSBeR7HTBp6e5VSOoxnNfJNtJ9eJEw6h9aRhPlMgkCpvW6o1&#10;HIvdXQIiREPWdJ5QwzcG2ObXV5lJrT/THk+HWAsuoZAaDU2MfSplqBp0Jsx8j8Tehx+ciSyHWtrB&#10;nLncdXKh1EY60xIvNKbH5warr8PoNJTt4mh+9sWrcg+7ZXybis/x/UXr25vp6RFExClewvCHz+iQ&#10;M1PpR7JBdBqSueIvUcP9GgT7yWrDutSwWq5B5pn8fyD/BQAA//8DAFBLAQItABQABgAIAAAAIQC2&#10;gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAG&#10;AAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAG&#10;AAgAAAAhAL99GnQcAgAAOwQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0A&#10;FAAGAAgAAAAhAHKk+F3dAAAACAEAAA8AAAAAAAAAAAAAAAAAdgQAAGRycy9kb3ducmV2LnhtbFBL&#10;BQYAAAAABAAEAPMAAACABQAAAAA=&#10;"/>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251653120" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251653120" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="4D31B8ED" wp14:editId="079041A1">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>3771900</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>47625</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="228600" cy="228600"/>
                 <wp:effectExtent l="0" t="0" r="0" b="0"/>
                 <wp:wrapNone/>
                 <wp:docPr id="7" name="Rectangle 9"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr>
                         <a:spLocks noChangeArrowheads="1"/>
                       </wps:cNvSpPr>
                       <wps:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="228600" cy="228600"/>
                         </a:xfrm>
@@ -1621,51 +1612,51 @@
                         </a:ln>
                       </wps:spPr>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
               <v:rect w14:anchorId="1F297F71" id="Rectangle 9" o:spid="_x0000_s1026" style="position:absolute;margin-left:297pt;margin-top:3.75pt;width:18pt;height:18pt;z-index:251653120;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBlgQCxHQIAADsEAAAOAAAAZHJzL2Uyb0RvYy54bWysU1Fv0zAQfkfiP1h+p0mjdlujptPUUYQ0&#10;YGLwA1zHSSwcnzm7Tcuv5+x0pQOeEHmw7nLnz999d7e8PfSG7RV6Dbbi00nOmbISam3bin/9snlz&#10;w5kPwtbCgFUVPyrPb1evXy0HV6oCOjC1QkYg1peDq3gXgiuzzMtO9cJPwClLwQawF4FcbLMaxUDo&#10;vcmKPL/KBsDaIUjlPf29H4N8lfCbRsnwqWm8CsxUnLiFdGI6t/HMVktRtihcp+WJhvgHFr3Qlh49&#10;Q92LINgO9R9QvZYIHpowkdBn0DRaqlQDVTPNf6vmqRNOpVpIHO/OMvn/Bys/7h+R6bri15xZ0VOL&#10;PpNowrZGsUWUZ3C+pKwn94ixQO8eQH7zzMK6oyx1hwhDp0RNpKYxP3txITqerrLt8AFqQhe7AEmp&#10;Q4N9BCQN2CE15HhuiDoEJulnUdxc5dQ2SaGTHV8Q5fNlhz68U9CzaFQciXoCF/sHH8bU55REHoyu&#10;N9qY5GC7XRtke0GzsUlf4k81XqYZy4aKL+bFPCG/iPlLiDx9f4PodaAhN7qv+M05SZRRtbe2Jpqi&#10;DEKb0abqjD3JGJUbO7CF+kgqIowTTBtHRgf4g7OBprfi/vtOoOLMvLfUicV0NovjnpzZ/LogBy8j&#10;28uIsJKgKh44G811GFdk51C3Hb00TbVbuKPuNTopGzs7sjqRpQlNvTltU1yBSz9l/dr51U8AAAD/&#10;/wMAUEsDBBQABgAIAAAAIQAbZGC83gAAAAgBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/BTsMwEETv&#10;SPyDtUjcqE3TFBriVAhUJI5teuG2iU0SiNdR7LSBr2c5wXE0o5k3+XZ2vTjZMXSeNNwuFAhLtTcd&#10;NRqO5e7mHkSISAZ7T1bDlw2wLS4vcsyMP9Peng6xEVxCIUMNbYxDJmWoW+swLPxgib13PzqMLMdG&#10;mhHPXO56uVRqLR12xAstDvaptfXnYXIaqm55xO99+aLcZpfE17n8mN6etb6+mh8fQEQ7x78w/OIz&#10;OhTMVPmJTBC9hnSz4i9Rw10Kgv11olhXGlZJCrLI5f8DxQ8AAAD//wMAUEsBAi0AFAAGAAgAAAAh&#10;ALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAU&#10;AAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAU&#10;AAYACAAAACEAZYEAsR0CAAA7BAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwEC&#10;LQAUAAYACAAAACEAG2RgvN4AAAAIAQAADwAAAAAAAAAAAAAAAAB3BAAAZHJzL2Rvd25yZXYueG1s&#10;UEsFBgAAAAAEAAQA8wAAAIIFAAAAAA==&#10;"/>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009A79D4" w:rsidRPr="00D032B7" w:rsidRDefault="009A79D4" w:rsidP="007834E0">
+    <w:p w14:paraId="03FA835B" w14:textId="77777777" w:rsidR="009A79D4" w:rsidRPr="00D032B7" w:rsidRDefault="009A79D4" w:rsidP="007834E0">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D032B7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Is hospital accommodation required?</w:t>
       </w:r>
       <w:r w:rsidRPr="00D032B7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00D032B7">
@@ -1681,105 +1672,105 @@
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00D032B7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00D032B7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>No</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009A79D4" w:rsidRPr="00D032B7" w:rsidRDefault="009A79D4" w:rsidP="007834E0">
+    <w:p w14:paraId="3C8DF9E6" w14:textId="77777777" w:rsidR="009A79D4" w:rsidRPr="00D032B7" w:rsidRDefault="009A79D4" w:rsidP="007834E0">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D032B7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Assess suitability for Simon Hotel (SH) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">and (CH) </w:t>
       </w:r>
       <w:r w:rsidRPr="00D032B7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">using the criteria </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009A79D4" w:rsidRPr="00D032B7" w:rsidRDefault="0075439A" w:rsidP="007834E0">
+    <w:p w14:paraId="2DB8BD1B" w14:textId="77777777" w:rsidR="009A79D4" w:rsidRPr="00D032B7" w:rsidRDefault="0075439A" w:rsidP="007834E0">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251655168" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251655168" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="443275AF" wp14:editId="5ED99D41">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>2857500</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>81280</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="228600" cy="228600"/>
                 <wp:effectExtent l="0" t="0" r="0" b="0"/>
                 <wp:wrapNone/>
                 <wp:docPr id="6" name="Rectangle 10"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr>
                         <a:spLocks noChangeArrowheads="1"/>
                       </wps:cNvSpPr>
                       <wps:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="228600" cy="228600"/>
                         </a:xfrm>
@@ -1806,51 +1797,51 @@
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
               <v:rect w14:anchorId="5BFBC2FD" id="Rectangle 10" o:spid="_x0000_s1026" style="position:absolute;margin-left:225pt;margin-top:6.4pt;width:18pt;height:18pt;z-index:251655168;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCDa5ytHAIAADwEAAAOAAAAZHJzL2Uyb0RvYy54bWysU9tu2zAMfR+wfxD0vviCJGuNOEWRLsOA&#10;bivW7QMUWbaFyaJGKXGyrx+lpGm67WmYHwTSpI4OD8nFzX4wbKfQa7A1LyY5Z8pKaLTtav7t6/rN&#10;FWc+CNsIA1bV/KA8v1m+frUYXaVK6ME0ChmBWF+NruZ9CK7KMi97NQg/AacsBVvAQQRyscsaFCOh&#10;DyYr83yejYCNQ5DKe/p7dwzyZcJvWyXD57b1KjBTc+IW0onp3MQzWy5E1aFwvZYnGuIfWAxCW3r0&#10;DHUngmBb1H9ADVoieGjDRMKQQdtqqVINVE2R/1bNYy+cSrWQON6dZfL/D1Z+2j0g003N55xZMVCL&#10;vpBownZGsSLpMzpfUdqje8BYoXf3IL97ZmHVU5q6RYSxV6IhVkXUM3txITqerrLN+BEaghfbAEmq&#10;fYtDBCQR2D515HDuiNoHJulnWV7Nc+qbpNDJji+I6umyQx/eKxhYNGqOxD2Bi929D8fUp5REHoxu&#10;1tqY5GC3WRlkO0HDsU5f4k81XqYZy8aaX8/KWUJ+EfOXEHn6/gYx6EBTbvRQ86tzkqiiau9sk2Yw&#10;CG2ONlVn7EnGqFycZV9toDmQigjHEaaVI6MH/MnZSONbc/9jK1BxZj5Y6sR1MZ3GeU/OdPa2JAcv&#10;I5vLiLCSoGoeODuaq3Dcka1D3fX0UpFqt3BL3Wt1UvaZ1YksjWjqzWmd4g5c+inreemXvwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhANviWMjdAAAACQEAAA8AAABkcnMvZG93bnJldi54bWxMj0FPwzAMhe9I&#10;/IfISNxYQhlT6ZpOCDQkjlt34ZY2XltonKpJt8KvxzvBzfZ7en5fvpldL044hs6ThvuFAoFUe9tR&#10;o+FQbu9SECEasqb3hBq+McCmuL7KTWb9mXZ42sdGcAiFzGhoYxwyKUPdojNh4Qck1o5+dCbyOjbS&#10;jubM4a6XiVIr6UxH/KE1A760WH/tJ6eh6pKD+dmVb8o9bR/i+1x+Th+vWt/ezM9rEBHn+GeGS32u&#10;DgV3qvxENohew/JRMUtkIWEENizTFR+qy5CCLHL5n6D4BQAA//8DAFBLAQItABQABgAIAAAAIQC2&#10;gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAG&#10;AAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAG&#10;AAgAAAAhAINrnK0cAgAAPAQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0A&#10;FAAGAAgAAAAhANviWMjdAAAACQEAAA8AAAAAAAAAAAAAAAAAdgQAAGRycy9kb3ducmV2LnhtbFBL&#10;BQYAAAAABAAEAPMAAACABQAAAAA=&#10;"/>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251657216" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251657216" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="5D72A8EB" wp14:editId="12C72534">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>1371600</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>81280</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="228600" cy="228600"/>
                 <wp:effectExtent l="0" t="0" r="0" b="0"/>
                 <wp:wrapNone/>
                 <wp:docPr id="5" name="Rectangle 11"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr>
                         <a:spLocks noChangeArrowheads="1"/>
                       </wps:cNvSpPr>
                       <wps:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="228600" cy="228600"/>
                         </a:xfrm>
@@ -1870,51 +1861,51 @@
                         </a:ln>
                       </wps:spPr>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
               <v:rect w14:anchorId="3A7DA1E5" id="Rectangle 11" o:spid="_x0000_s1026" style="position:absolute;margin-left:108pt;margin-top:6.4pt;width:18pt;height:18pt;z-index:251657216;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDsMf+cHQIAADwEAAAOAAAAZHJzL2Uyb0RvYy54bWysU9tu2zAMfR+wfxD0vviCpGuNOEWRLsOA&#10;bi3W7QMYWY6F6TZKiZN9/Wg5ydJtT8P8IJAmdXR4SM5v90azncSgnK15Mck5k1a4RtlNzb9+Wb25&#10;5ixEsA1oZ2XNDzLw28XrV/PeV7J0ndONREYgNlS9r3kXo6+yLIhOGggT56WlYOvQQCQXN1mD0BO6&#10;0VmZ51dZ77Dx6IQMgf7ej0G+SPhtK0V8bNsgI9M1J24xnZjO9XBmizlUGwTfKXGkAf/AwoCy9OgZ&#10;6h4isC2qP6CMEuiCa+NEOJO5tlVCphqomiL/rZrnDrxMtZA4wZ9lCv8PVnzaPSFTTc1nnFkw1KLP&#10;JBrYjZasKAZ9eh8qSnv2TzhUGPyDE98Cs27ZUZq8Q3R9J6EhVik/e3FhcAJdZev+o2sIHrbRJan2&#10;LZoBkERg+9SRw7kjch+ZoJ9leX2VU98EhY42McqgOl32GOJ76QwbjJojcU/gsHsIcUw9pSTyTqtm&#10;pbRODm7WS41sBzQcq/QN9RJ6uEzTlvU1v5mVs4T8IhYuIfL0/Q3CqEhTrpWp+fU5CapBtXe2oTeh&#10;iqD0aNP72hKNk3JjB9auOZCK6MYRppUjo3P4g7Oexrfm4fsWUHKmP1jqxE0xnQ7znpzp7G1JDl5G&#10;1pcRsIKgah45G81lHHdk61FtOnqpSLVbd0fda1VSduA3sjqSpRFN6h3XadiBSz9l/Vr6xU8AAAD/&#10;/wMAUEsDBBQABgAIAAAAIQDwit4q3gAAAAkBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/BTsMwEETv&#10;SPyDtUjcqFMDVUjjVAhUJI5teuG2iZckJbaj2GkDX89yKsedGc3Oyzez7cWJxtB5p2G5SECQq73p&#10;XKPhUG7vUhAhojPYe0cavinApri+yjEz/ux2dNrHRnCJCxlqaGMcMilD3ZLFsPADOfY+/Wgx8jk2&#10;0ox45nLbS5UkK2mxc/yhxYFeWqq/9pPVUHXqgD+78i2xT9v7+D6Xx+njVevbm/l5DSLSHC9h+JvP&#10;06HgTZWfnAmi16CWK2aJbChG4IB6VCxUGh7SFGSRy/8ExS8AAAD//wMAUEsBAi0AFAAGAAgAAAAh&#10;ALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAU&#10;AAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAU&#10;AAYACAAAACEA7DH/nB0CAAA8BAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwEC&#10;LQAUAAYACAAAACEA8IreKt4AAAAJAQAADwAAAAAAAAAAAAAAAAB3BAAAZHJzL2Rvd25yZXYueG1s&#10;UEsFBgAAAAAEAAQA8wAAAIIFAAAAAA==&#10;"/>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009A79D4" w:rsidRPr="00D032B7" w:rsidRDefault="009A79D4" w:rsidP="007834E0">
+    <w:p w14:paraId="233B7267" w14:textId="77777777" w:rsidR="009A79D4" w:rsidRPr="00D032B7" w:rsidRDefault="009A79D4" w:rsidP="007834E0">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D032B7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Requires: </w:t>
       </w:r>
       <w:r w:rsidRPr="00D032B7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
@@ -1963,78 +1954,78 @@
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00D032B7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00D032B7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009A79D4" w:rsidRPr="00D032B7" w:rsidRDefault="009A79D4" w:rsidP="007834E0">
+    <w:p w14:paraId="3AA098BC" w14:textId="77777777" w:rsidR="009A79D4" w:rsidRPr="00D032B7" w:rsidRDefault="009A79D4" w:rsidP="007834E0">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="009A79D4" w:rsidRPr="00D032B7" w:rsidRDefault="0075439A" w:rsidP="007834E0">
+    <w:p w14:paraId="3E102A6E" w14:textId="77777777" w:rsidR="009A79D4" w:rsidRPr="00D032B7" w:rsidRDefault="0075439A" w:rsidP="007834E0">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="7CEAE998" wp14:editId="5B1064C7">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>3543300</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>86360</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="228600" cy="228600"/>
                 <wp:effectExtent l="0" t="0" r="0" b="0"/>
                 <wp:wrapNone/>
                 <wp:docPr id="4" name="Rectangle 12"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr>
                         <a:spLocks noChangeArrowheads="1"/>
                       </wps:cNvSpPr>
                       <wps:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="228600" cy="228600"/>
                         </a:xfrm>
@@ -2061,51 +2052,51 @@
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
               <v:rect w14:anchorId="78A1ACA1" id="Rectangle 12" o:spid="_x0000_s1026" style="position:absolute;margin-left:279pt;margin-top:6.8pt;width:18pt;height:18pt;z-index:251659264;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCRC/iwHgIAADwEAAAOAAAAZHJzL2Uyb0RvYy54bWysU9tu2zAMfR+wfxD0vviCpEuNOEWRLsOA&#10;bi3W7QMYWY6FyZJGKXGyrx8lp1m67WmYHwTSpI4OD8nFzaHXbC/RK2tqXkxyzqQRtlFmW/OvX9Zv&#10;5pz5AKYBbY2s+VF6frN8/WoxuEqWtrO6kcgIxPhqcDXvQnBVlnnRyR78xDppKNha7CGQi9usQRgI&#10;vddZmedX2WCxcWiF9J7+3o1Bvkz4bStFeGhbLwPTNSduIZ2Yzk08s+UCqi2C65Q40YB/YNGDMvTo&#10;GeoOArAdqj+geiXQetuGibB9ZttWCZlqoGqK/LdqnjpwMtVC4nh3lsn/P1jxaf+ITDU1n3JmoKcW&#10;fSbRwGy1ZEUZ9RmcryjtyT1irNC7eyu+eWbsqqM0eYtoh05CQ6yKmJ+9uBAdT1fZZvhoG4KHXbBJ&#10;qkOLfQQkEdghdeR47og8BCboZ1nOr3Lqm6DQyY4vQPV82aEP76XtWTRqjsQ9gcP+3ocx9Tklkbda&#10;NWuldXJwu1lpZHug4VinL/GnGi/TtGFDza9n5Swhv4j5S4g8fX+D6FWgKdeqr/n8nARVVO2daYgm&#10;VAGUHm2qTpuTjFG5sQMb2xxJRbTjCNPKkdFZ/MHZQONbc/99Byg50x8MdeK6mE7jvCdnOntbkoOX&#10;kc1lBIwgqJoHzkZzFcYd2TlU245eKlLtxt5S91qVlI2dHVmdyNKIpt6c1inuwKWfsn4t/fInAAAA&#10;//8DAFBLAwQUAAYACAAAACEAEgRBKd8AAAAJAQAADwAAAGRycy9kb3ducmV2LnhtbEyPQU+DQBCF&#10;7yb+h82YeLOLbSGFsjRGUxOPLb14G9gVqOwsYZcW/fWOJz3Oey9vvpfvZtuLixl950jB4yICYah2&#10;uqNGwancP2xA+ICksXdkFHwZD7vi9ibHTLsrHczlGBrBJeQzVNCGMGRS+ro1Fv3CDYbY+3CjxcDn&#10;2Eg94pXLbS+XUZRIix3xhxYH89ya+vM4WQVVtzzh96F8jWy6X4W3uTxP7y9K3d/NT1sQwczhLwy/&#10;+IwOBTNVbiLtRa8gjje8JbCxSkBwIE7XLFQK1mkCssjl/wXFDwAAAP//AwBQSwECLQAUAAYACAAA&#10;ACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQIt&#10;ABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQIt&#10;ABQABgAIAAAAIQCRC/iwHgIAADwEAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBL&#10;AQItABQABgAIAAAAIQASBEEp3wAAAAkBAAAPAAAAAAAAAAAAAAAAAHgEAABkcnMvZG93bnJldi54&#10;bWxQSwUGAAAAAAQABADzAAAAhAUAAAAA&#10;"/>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1EF70A2D" wp14:editId="064E18B3">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>2857500</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>86360</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="228600" cy="228600"/>
                 <wp:effectExtent l="0" t="0" r="0" b="0"/>
                 <wp:wrapNone/>
                 <wp:docPr id="3" name="Rectangle 13"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr>
                         <a:spLocks noChangeArrowheads="1"/>
                       </wps:cNvSpPr>
                       <wps:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="228600" cy="228600"/>
                         </a:xfrm>
@@ -2125,51 +2116,51 @@
                         </a:ln>
                       </wps:spPr>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
               <v:rect w14:anchorId="67E472B4" id="Rectangle 13" o:spid="_x0000_s1026" style="position:absolute;margin-left:225pt;margin-top:6.8pt;width:18pt;height:18pt;z-index:251658240;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAyhTn+HgIAADwEAAAOAAAAZHJzL2Uyb0RvYy54bWysU9tu2zAMfR+wfxD0vvjSpEuNOEWRLsOA&#10;bivW7QMUWY6FyaJGKXG6ry8lp1m67WmYHwTSpI4OD8nF9aE3bK/Qa7A1LyY5Z8pKaLTd1vzb1/Wb&#10;OWc+CNsIA1bV/FF5fr18/WoxuEqV0IFpFDICsb4aXM27EFyVZV52qhd+Ak5ZCraAvQjk4jZrUAyE&#10;3puszPPLbABsHIJU3tPf2zHIlwm/bZUMn9vWq8BMzYlbSCemcxPPbLkQ1RaF67Q80hD/wKIX2tKj&#10;J6hbEQTbof4DqtcSwUMbJhL6DNpWS5VqoGqK/LdqHjrhVKqFxPHuJJP/f7Dy0/4emW5qfsGZFT21&#10;6AuJJuzWKFZcRH0G5ytKe3D3GCv07g7kd88srDpKUzeIMHRKNMSqiPnZiwvR8XSVbYaP0BC82AVI&#10;Uh1a7CMgicAOqSOPp46oQ2CSfpbl/DKnvkkKHe34gqieLzv04b2CnkWj5kjcE7jY3/kwpj6nJPJg&#10;dLPWxiQHt5uVQbYXNBzr9CX+VON5mrFsqPnVrJwl5Bcxfw6Rp+9vEL0ONOVG9zWfn5JEFVV7Zxui&#10;KaogtBltqs7Yo4xRubEDG2geSUWEcYRp5cjoAH9yNtD41tz/2AlUnJkPljpxVUyncd6TM529LcnB&#10;88jmPCKsJKiaB85GcxXGHdk51NuOXipS7RZuqHutTsrGzo6sjmRpRFNvjusUd+DcT1m/ln75BAAA&#10;//8DAFBLAwQUAAYACAAAACEAxp7SAN4AAAAJAQAADwAAAGRycy9kb3ducmV2LnhtbEyPQU/DMAyF&#10;70j8h8hI3FjCNqqtNJ0QaEgct+6ym9uYttAkVZNuhV+POW032+/p+XvZZrKdONEQWu80PM4UCHKV&#10;N62rNRyK7cMKRIjoDHbekYYfCrDJb28yTI0/ux2d9rEWHOJCihqaGPtUylA1ZDHMfE+OtU8/WIy8&#10;DrU0A5453HZyrlQiLbaOPzTY02tD1fd+tBrKdn7A313xrux6u4gfU/E1Ht+0vr+bXp5BRJrixQz/&#10;+IwOOTOVfnQmiE7D8klxl8jCIgHBhuUq4UPJwzoBmWfyukH+BwAA//8DAFBLAQItABQABgAIAAAA&#10;IQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0A&#10;FAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0A&#10;FAAGAAgAAAAhADKFOf4eAgAAPAQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsB&#10;Ai0AFAAGAAgAAAAhAMae0gDeAAAACQEAAA8AAAAAAAAAAAAAAAAAeAQAAGRycy9kb3ducmV2Lnht&#10;bFBLBQYAAAAABAAEAPMAAACDBQAAAAA=&#10;"/>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009A79D4" w:rsidRPr="002D1B9E" w:rsidRDefault="009A79D4" w:rsidP="007834E0">
+    <w:p w14:paraId="0D389867" w14:textId="77777777" w:rsidR="009A79D4" w:rsidRPr="002D1B9E" w:rsidRDefault="009A79D4" w:rsidP="007834E0">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D032B7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Has MRSA scr</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
@@ -2207,80 +2198,80 @@
         <w:tab/>
         <w:t>No</w:t>
       </w:r>
       <w:r w:rsidRPr="002D1B9E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="002D1B9E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:tab/>
         <w:t>Date………….………..</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009A79D4" w:rsidRPr="002D1B9E" w:rsidRDefault="009A79D4" w:rsidP="007834E0">
+    <w:p w14:paraId="4F3B641C" w14:textId="77777777" w:rsidR="009A79D4" w:rsidRPr="002D1B9E" w:rsidRDefault="009A79D4" w:rsidP="007834E0">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="009A79D4" w:rsidRPr="002D1B9E" w:rsidRDefault="0075439A" w:rsidP="007834E0">
+    <w:p w14:paraId="347C64F5" w14:textId="77777777" w:rsidR="009A79D4" w:rsidRPr="002D1B9E" w:rsidRDefault="0075439A" w:rsidP="007834E0">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251660288" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251660288" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="7D162EEA" wp14:editId="5712C76F">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>4114800</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>61595</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="228600" cy="228600"/>
                 <wp:effectExtent l="0" t="0" r="0" b="0"/>
                 <wp:wrapNone/>
                 <wp:docPr id="2" name="Rectangle 14"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr>
                         <a:spLocks noChangeArrowheads="1"/>
                       </wps:cNvSpPr>
                       <wps:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="228600" cy="228600"/>
                         </a:xfrm>
@@ -2307,51 +2298,51 @@
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
               <v:rect w14:anchorId="3FF2E6F4" id="Rectangle 14" o:spid="_x0000_s1026" style="position:absolute;margin-left:324pt;margin-top:4.85pt;width:18pt;height:18pt;z-index:251660288;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCnq1SXHgIAADwEAAAOAAAAZHJzL2Uyb0RvYy54bWysU9tu2zAMfR+wfxD0vviCpEuNOEWRLsOA&#10;bi3W7QMYWY6FyZJGKXGyrx8lp1m67WmYHwTSpI4OD8nFzaHXbC/RK2tqXkxyzqQRtlFmW/OvX9Zv&#10;5pz5AKYBbY2s+VF6frN8/WoxuEqWtrO6kcgIxPhqcDXvQnBVlnnRyR78xDppKNha7CGQi9usQRgI&#10;vddZmedX2WCxcWiF9J7+3o1Bvkz4bStFeGhbLwPTNSduIZ2Yzk08s+UCqi2C65Q40YB/YNGDMvTo&#10;GeoOArAdqj+geiXQetuGibB9ZttWCZlqoGqK/LdqnjpwMtVC4nh3lsn/P1jxaf+ITDU1Lzkz0FOL&#10;PpNoYLZasmIa9RmcryjtyT1irNC7eyu+eWbsqqM0eYtoh05CQ6yKmJ+9uBAdT1fZZvhoG4KHXbBJ&#10;qkOLfQQkEdghdeR47og8BCboZ1nOr3Lqm6DQyY4vQPV82aEP76XtWTRqjsQ9gcP+3ocx9Tklkbda&#10;NWuldXJwu1lpZHug4VinL/GnGi/TtGFDza9n5Swhv4j5S4g8fX+D6FWgKdeqr/n8nARVVO2daYgm&#10;VAGUHm2qTpuTjFG5sQMb2xxJRbTjCNPKkdFZ/MHZQONbc/99Byg50x8MdeK6mE7jvCdnOntbkoOX&#10;kc1lBIwgqJoHzkZzFcYd2TlU245eKlLtxt5S91qVlI2dHVmdyNKIpt6c1inuwKWfsn4t/fInAAAA&#10;//8DAFBLAwQUAAYACAAAACEAJINxJt4AAAAIAQAADwAAAGRycy9kb3ducmV2LnhtbEyPQU+DQBSE&#10;7yb+h80z8WYXK1JKeTRGUxOPLb14W9hXQNm3hF1a9Ne7nvQ4mcnMN/l2Nr040+g6ywj3iwgEcW11&#10;xw3CsdzdpSCcV6xVb5kQvsjBtri+ylWm7YX3dD74RoQSdplCaL0fMild3ZJRbmEH4uCd7GiUD3Js&#10;pB7VJZSbXi6jKJFGdRwWWjXQc0v152EyCFW3PKrvffkamfXuwb/N5cf0/oJ4ezM/bUB4mv1fGH7x&#10;AzoUgamyE2sneoQkTsMXj7BegQh+ksZBVwjx4wpkkcv/B4ofAAAA//8DAFBLAQItABQABgAIAAAA&#10;IQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0A&#10;FAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0A&#10;FAAGAAgAAAAhAKerVJceAgAAPAQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsB&#10;Ai0AFAAGAAgAAAAhACSDcSbeAAAACAEAAA8AAAAAAAAAAAAAAAAAeAQAAGRycy9kb3ducmV2Lnht&#10;bFBLBQYAAAAABAAEAPMAAACDBQAAAAA=&#10;"/>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251656192" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251656192" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="0679D40E" wp14:editId="0AC8D1B0">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>3200400</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>61595</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="228600" cy="228600"/>
                 <wp:effectExtent l="0" t="0" r="0" b="0"/>
                 <wp:wrapNone/>
                 <wp:docPr id="1" name="Rectangle 15"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr>
                         <a:spLocks noChangeArrowheads="1"/>
                       </wps:cNvSpPr>
                       <wps:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="228600" cy="228600"/>
                         </a:xfrm>
@@ -2371,1079 +2362,1068 @@
                         </a:ln>
                       </wps:spPr>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
               <v:rect w14:anchorId="033BC0E8" id="Rectangle 15" o:spid="_x0000_s1026" style="position:absolute;margin-left:252pt;margin-top:4.85pt;width:18pt;height:18pt;z-index:251656192;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDI8TemHQIAADwEAAAOAAAAZHJzL2Uyb0RvYy54bWysU9tu2zAMfR+wfxD0vviCpEuNOEWRLsOA&#10;bi3W7QMUWY6FyaJGKXGyrx8lp1m67WmYHwTSpI7Ic8jFzaE3bK/Qa7A1LyY5Z8pKaLTd1vzrl/Wb&#10;OWc+CNsIA1bV/Kg8v1m+frUYXKVK6MA0ChmBWF8NruZdCK7KMi871Qs/AacsBVvAXgRycZs1KAZC&#10;701W5vlVNgA2DkEq7+nv3Rjky4TftkqGh7b1KjBTc6otpBPTuYlntlyIaovCdVqeyhD/UEUvtKVH&#10;z1B3Igi2Q/0HVK8lgoc2TCT0GbStlir1QN0U+W/dPHXCqdQLkePdmSb//2Dlp/0jMt2QdpxZ0ZNE&#10;n4k0YbdGsWIW+RmcryjtyT1i7NC7e5DfPLOw6ihN3SLC0CnRUFVFzM9eXIiOp6tsM3yEhuDFLkCi&#10;6tBiHwGJBHZIihzPiqhDYJJ+luX8KifdJIVOdnxBVM+XHfrwXkHPolFzpNoTuNjf+zCmPqek4sHo&#10;Zq2NSQ5uNyuDbC9oONbpS/VTj5dpxrKh5tezcpaQX8T8JUSevr9B9DrQlBvd13x+ThJVZO2dbahM&#10;UQWhzWhTd8aeaIzMjQpsoDkSiwjjCNPKkdEB/uBsoPGtuf++E6g4Mx8sKXFdTKdx3pMznb0tycHL&#10;yOYyIqwkqJoHzkZzFcYd2TnU245eKlLvFm5JvVYnZqOyY1WnYmlEkzandYo7cOmnrF9Lv/wJAAD/&#10;/wMAUEsDBBQABgAIAAAAIQCk1rTc3QAAAAgBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/BTsMwEETv&#10;SPyDtUjcqE1JKA1xKgQqEsc2vXDbxEsSiNdR7LSBr8ecynE0o5k3+Wa2vTjS6DvHGm4XCgRx7UzH&#10;jYZDub15AOEDssHeMWn4Jg+b4vIix8y4E+/ouA+NiCXsM9TQhjBkUvq6JYt+4Qbi6H240WKIcmyk&#10;GfEUy20vl0rdS4sdx4UWB3puqf7aT1ZD1S0P+LMrX5Vdb+/C21x+Tu8vWl9fzU+PIALN4RyGP/yI&#10;DkVkqtzExoteQ6qS+CVoWK9ARD9NVNSVhiRdgSxy+f9A8QsAAP//AwBQSwECLQAUAAYACAAAACEA&#10;toM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQA&#10;BgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQA&#10;BgAIAAAAIQDI8TemHQIAADwEAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQIt&#10;ABQABgAIAAAAIQCk1rTc3QAAAAgBAAAPAAAAAAAAAAAAAAAAAHcEAABkcnMvZG93bnJldi54bWxQ&#10;SwUGAAAAAAQABADzAAAAgQUAAAAA&#10;"/>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009A79D4" w:rsidRPr="002D1B9E" w:rsidRDefault="009A79D4" w:rsidP="007834E0">
+    <w:p w14:paraId="2339DC3A" w14:textId="77777777" w:rsidR="009A79D4" w:rsidRPr="002D1B9E" w:rsidRDefault="009A79D4" w:rsidP="007834E0">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="002D1B9E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>Result</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="002D1B9E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:tab/>
         <w:t>:…………………………………</w:t>
       </w:r>
       <w:r w:rsidRPr="002D1B9E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:tab/>
         <w:t>+VE</w:t>
       </w:r>
       <w:r w:rsidRPr="002D1B9E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="002D1B9E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:tab/>
         <w:t>-VE</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009A79D4" w:rsidRDefault="009A79D4" w:rsidP="007834E0">
+    <w:p w14:paraId="7DC27302" w14:textId="77777777" w:rsidR="009A79D4" w:rsidRDefault="009A79D4" w:rsidP="007834E0">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="009A79D4" w:rsidRPr="006D5691" w:rsidRDefault="009A79D4" w:rsidP="007834E0">
-[...8 lines deleted...]
-    <w:p w:rsidR="009A79D4" w:rsidRPr="006D5691" w:rsidRDefault="009A79D4" w:rsidP="007834E0">
+    <w:p w14:paraId="03D76CA8" w14:textId="77777777" w:rsidR="009A79D4" w:rsidRPr="006D5691" w:rsidRDefault="009A79D4" w:rsidP="007834E0">
       <w:pPr>
         <w:pStyle w:val="Header"/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="4153"/>
           <w:tab w:val="clear" w:pos="8306"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9828" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="9828"/>
       </w:tblGrid>
-      <w:tr w:rsidR="009A79D4" w:rsidTr="00BC5AC6">
+      <w:tr w:rsidR="009A79D4" w14:paraId="52F20B93" w14:textId="77777777" w:rsidTr="00BC5AC6">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9828" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="009A79D4" w:rsidRPr="00BC5AC6" w:rsidRDefault="009A79D4" w:rsidP="00E03BFA">
+          <w:p w14:paraId="7A700B58" w14:textId="77777777" w:rsidR="009A79D4" w:rsidRPr="00BC5AC6" w:rsidRDefault="009A79D4" w:rsidP="00E03BFA">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BC5AC6">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>Please provide details of any investigations required prior to OR during admission:</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="009A79D4" w:rsidRPr="00BC5AC6" w:rsidRDefault="009A79D4" w:rsidP="00E03BFA">
+          <w:p w14:paraId="37703684" w14:textId="77777777" w:rsidR="009A79D4" w:rsidRPr="00BC5AC6" w:rsidRDefault="009A79D4" w:rsidP="00E03BFA">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="009A79D4" w:rsidRPr="00BC5AC6" w:rsidRDefault="009A79D4" w:rsidP="00E03BFA">
+          <w:p w14:paraId="66E8300E" w14:textId="77777777" w:rsidR="009A79D4" w:rsidRPr="00BC5AC6" w:rsidRDefault="009A79D4" w:rsidP="00E03BFA">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="009A79D4" w:rsidRPr="00BC5AC6" w:rsidRDefault="009A79D4" w:rsidP="00E03BFA">
+          <w:p w14:paraId="74887B93" w14:textId="77777777" w:rsidR="009A79D4" w:rsidRPr="00BC5AC6" w:rsidRDefault="009A79D4" w:rsidP="00E03BFA">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="009A79D4" w:rsidRPr="00BC5AC6" w:rsidRDefault="009A79D4" w:rsidP="00E03BFA">
+          <w:p w14:paraId="32F9A539" w14:textId="77777777" w:rsidR="009A79D4" w:rsidRPr="00BC5AC6" w:rsidRDefault="009A79D4" w:rsidP="00E03BFA">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="009A79D4" w:rsidRPr="00BC5AC6" w:rsidRDefault="009A79D4" w:rsidP="00E03BFA">
+          <w:p w14:paraId="2E44480F" w14:textId="77777777" w:rsidR="009A79D4" w:rsidRPr="00BC5AC6" w:rsidRDefault="009A79D4" w:rsidP="00E03BFA">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="009A79D4" w:rsidRPr="00BC5AC6" w:rsidRDefault="009A79D4" w:rsidP="00E03BFA">
+          <w:p w14:paraId="0C8D44D0" w14:textId="77777777" w:rsidR="009A79D4" w:rsidRPr="00BC5AC6" w:rsidRDefault="009A79D4" w:rsidP="00E03BFA">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="009A79D4" w:rsidRPr="00BC5AC6" w:rsidRDefault="009A79D4" w:rsidP="00E03BFA">
+          <w:p w14:paraId="22959F7A" w14:textId="77777777" w:rsidR="009A79D4" w:rsidRPr="00BC5AC6" w:rsidRDefault="009A79D4" w:rsidP="00E03BFA">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="009A79D4" w:rsidRPr="00BC5AC6" w:rsidRDefault="009A79D4" w:rsidP="00E03BFA">
+          <w:p w14:paraId="6113E2D6" w14:textId="77777777" w:rsidR="009A79D4" w:rsidRPr="00BC5AC6" w:rsidRDefault="009A79D4" w:rsidP="00E03BFA">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="009A79D4" w:rsidRPr="006D5691" w:rsidRDefault="009A79D4" w:rsidP="007834E0">
+    <w:p w14:paraId="2AB2EC75" w14:textId="77777777" w:rsidR="009A79D4" w:rsidRPr="006D5691" w:rsidRDefault="009A79D4" w:rsidP="007834E0">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="009A79D4" w:rsidRPr="006D5691" w:rsidRDefault="009A79D4" w:rsidP="007834E0">
+    <w:p w14:paraId="2D26071E" w14:textId="77777777" w:rsidR="009A79D4" w:rsidRPr="006D5691" w:rsidRDefault="009A79D4" w:rsidP="007834E0">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="none"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006D5691">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="none"/>
         </w:rPr>
         <w:t>Referrals to be made on admission:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009A79D4" w:rsidRDefault="009A79D4" w:rsidP="007834E0">
+    <w:p w14:paraId="26EBCFBC" w14:textId="77777777" w:rsidR="009A79D4" w:rsidRDefault="009A79D4" w:rsidP="007834E0">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblpPr w:leftFromText="180" w:rightFromText="180" w:vertAnchor="text" w:horzAnchor="margin" w:tblpY="-67"/>
         <w:tblW w:w="9828" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3708"/>
         <w:gridCol w:w="900"/>
         <w:gridCol w:w="4140"/>
         <w:gridCol w:w="1080"/>
       </w:tblGrid>
-      <w:tr w:rsidR="009A79D4" w:rsidRPr="006D5691" w:rsidTr="00BC5AC6">
+      <w:tr w:rsidR="009A79D4" w:rsidRPr="006D5691" w14:paraId="342A4CBD" w14:textId="77777777" w:rsidTr="00BC5AC6">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3708" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="009A79D4" w:rsidRPr="00BC5AC6" w:rsidRDefault="009A79D4" w:rsidP="00BC5AC6">
+          <w:p w14:paraId="3F8D1DDD" w14:textId="77777777" w:rsidR="009A79D4" w:rsidRPr="00BC5AC6" w:rsidRDefault="009A79D4" w:rsidP="00BC5AC6">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BC5AC6">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>Pain team</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="009A79D4" w:rsidRPr="00BC5AC6" w:rsidRDefault="009A79D4" w:rsidP="00BC5AC6">
+          <w:p w14:paraId="23BF7477" w14:textId="77777777" w:rsidR="009A79D4" w:rsidRPr="00BC5AC6" w:rsidRDefault="009A79D4" w:rsidP="00BC5AC6">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="900" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="009A79D4" w:rsidRPr="00BC5AC6" w:rsidRDefault="009A79D4" w:rsidP="00BC5AC6">
+          <w:p w14:paraId="02E3B028" w14:textId="77777777" w:rsidR="009A79D4" w:rsidRPr="00BC5AC6" w:rsidRDefault="009A79D4" w:rsidP="00BC5AC6">
             <w:pPr>
               <w:pStyle w:val="Heading2"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:u w:val="none"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4140" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="009A79D4" w:rsidRPr="00BC5AC6" w:rsidRDefault="009A79D4" w:rsidP="00BC5AC6">
+          <w:p w14:paraId="73E9A779" w14:textId="77777777" w:rsidR="009A79D4" w:rsidRPr="00BC5AC6" w:rsidRDefault="009A79D4" w:rsidP="00BC5AC6">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BC5AC6">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>Palliative care</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="009A79D4" w:rsidRPr="00BC5AC6" w:rsidRDefault="009A79D4" w:rsidP="00BC5AC6">
+          <w:p w14:paraId="65CACEF5" w14:textId="77777777" w:rsidR="009A79D4" w:rsidRPr="00BC5AC6" w:rsidRDefault="009A79D4" w:rsidP="00BC5AC6">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1080" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="009A79D4" w:rsidRPr="00BC5AC6" w:rsidRDefault="009A79D4" w:rsidP="00BC5AC6">
+          <w:p w14:paraId="30728378" w14:textId="77777777" w:rsidR="009A79D4" w:rsidRPr="00BC5AC6" w:rsidRDefault="009A79D4" w:rsidP="00BC5AC6">
             <w:pPr>
               <w:pStyle w:val="Heading2"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:u w:val="none"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009A79D4" w:rsidRPr="006D5691" w:rsidTr="00BC5AC6">
+      <w:tr w:rsidR="009A79D4" w:rsidRPr="006D5691" w14:paraId="33C7003F" w14:textId="77777777" w:rsidTr="00BC5AC6">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3708" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="009A79D4" w:rsidRPr="00BC5AC6" w:rsidRDefault="009A79D4" w:rsidP="00BC5AC6">
+          <w:p w14:paraId="55CEC6B3" w14:textId="77777777" w:rsidR="009A79D4" w:rsidRPr="00BC5AC6" w:rsidRDefault="009A79D4" w:rsidP="00BC5AC6">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BC5AC6">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>Foot Health</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="009A79D4" w:rsidRPr="00BC5AC6" w:rsidRDefault="009A79D4" w:rsidP="00BC5AC6">
+          <w:p w14:paraId="78A9AB46" w14:textId="77777777" w:rsidR="009A79D4" w:rsidRPr="00BC5AC6" w:rsidRDefault="009A79D4" w:rsidP="00BC5AC6">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="900" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="009A79D4" w:rsidRPr="00BC5AC6" w:rsidRDefault="009A79D4" w:rsidP="00BC5AC6">
+          <w:p w14:paraId="201C8C00" w14:textId="77777777" w:rsidR="009A79D4" w:rsidRPr="00BC5AC6" w:rsidRDefault="009A79D4" w:rsidP="00BC5AC6">
             <w:pPr>
               <w:pStyle w:val="Heading2"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:u w:val="none"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4140" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="009A79D4" w:rsidRPr="00BC5AC6" w:rsidRDefault="009A79D4" w:rsidP="00BC5AC6">
+          <w:p w14:paraId="0233A150" w14:textId="77777777" w:rsidR="009A79D4" w:rsidRPr="00BC5AC6" w:rsidRDefault="009A79D4" w:rsidP="00BC5AC6">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BC5AC6">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Social services </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="009A79D4" w:rsidRPr="00BC5AC6" w:rsidRDefault="009A79D4" w:rsidP="00BC5AC6">
+          <w:p w14:paraId="11C02E37" w14:textId="77777777" w:rsidR="009A79D4" w:rsidRPr="00BC5AC6" w:rsidRDefault="009A79D4" w:rsidP="00BC5AC6">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1080" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="009A79D4" w:rsidRPr="00BC5AC6" w:rsidRDefault="009A79D4" w:rsidP="00BC5AC6">
+          <w:p w14:paraId="14B9B7A5" w14:textId="77777777" w:rsidR="009A79D4" w:rsidRPr="00BC5AC6" w:rsidRDefault="009A79D4" w:rsidP="00BC5AC6">
             <w:pPr>
               <w:pStyle w:val="Heading2"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:u w:val="none"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009A79D4" w:rsidRPr="006D5691" w:rsidTr="00BC5AC6">
+      <w:tr w:rsidR="009A79D4" w:rsidRPr="006D5691" w14:paraId="74239BC0" w14:textId="77777777" w:rsidTr="00BC5AC6">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3708" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="009A79D4" w:rsidRPr="00BC5AC6" w:rsidRDefault="009A79D4" w:rsidP="00BC5AC6">
+          <w:p w14:paraId="7461396A" w14:textId="77777777" w:rsidR="009A79D4" w:rsidRPr="00BC5AC6" w:rsidRDefault="009A79D4" w:rsidP="00BC5AC6">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BC5AC6">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>Dietician</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="009A79D4" w:rsidRPr="00BC5AC6" w:rsidRDefault="009A79D4" w:rsidP="00BC5AC6">
+          <w:p w14:paraId="50E4911E" w14:textId="77777777" w:rsidR="009A79D4" w:rsidRPr="00BC5AC6" w:rsidRDefault="009A79D4" w:rsidP="00BC5AC6">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="900" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="009A79D4" w:rsidRPr="00BC5AC6" w:rsidRDefault="009A79D4" w:rsidP="00BC5AC6">
+          <w:p w14:paraId="6B9FFE3E" w14:textId="77777777" w:rsidR="009A79D4" w:rsidRPr="00BC5AC6" w:rsidRDefault="009A79D4" w:rsidP="00BC5AC6">
             <w:pPr>
               <w:pStyle w:val="Heading2"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:u w:val="none"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4140" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="009A79D4" w:rsidRPr="00BC5AC6" w:rsidRDefault="009A79D4" w:rsidP="00BC5AC6">
+          <w:p w14:paraId="73E98243" w14:textId="77777777" w:rsidR="009A79D4" w:rsidRPr="00BC5AC6" w:rsidRDefault="009A79D4" w:rsidP="00BC5AC6">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BC5AC6">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>EB counsellor</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="009A79D4" w:rsidRPr="00BC5AC6" w:rsidRDefault="009A79D4" w:rsidP="00BC5AC6">
+          <w:p w14:paraId="60373A5A" w14:textId="77777777" w:rsidR="009A79D4" w:rsidRPr="00BC5AC6" w:rsidRDefault="009A79D4" w:rsidP="00BC5AC6">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1080" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="009A79D4" w:rsidRPr="00BC5AC6" w:rsidRDefault="009A79D4" w:rsidP="00BC5AC6">
+          <w:p w14:paraId="41C66BD5" w14:textId="77777777" w:rsidR="009A79D4" w:rsidRPr="00BC5AC6" w:rsidRDefault="009A79D4" w:rsidP="00BC5AC6">
             <w:pPr>
               <w:pStyle w:val="Heading2"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:u w:val="none"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009A79D4" w:rsidRPr="006D5691" w:rsidTr="00BC5AC6">
+      <w:tr w:rsidR="009A79D4" w:rsidRPr="006D5691" w14:paraId="78A6A9A6" w14:textId="77777777" w:rsidTr="00BC5AC6">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9828" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
           </w:tcPr>
-          <w:p w:rsidR="009A79D4" w:rsidRPr="00BC5AC6" w:rsidRDefault="009A79D4" w:rsidP="00BC5AC6">
+          <w:p w14:paraId="151AF8A2" w14:textId="77777777" w:rsidR="009A79D4" w:rsidRPr="00BC5AC6" w:rsidRDefault="009A79D4" w:rsidP="00BC5AC6">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BC5AC6">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>Other</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="009A79D4" w:rsidRPr="00BC5AC6" w:rsidRDefault="009A79D4" w:rsidP="00BC5AC6">
+          <w:p w14:paraId="46C11746" w14:textId="77777777" w:rsidR="009A79D4" w:rsidRPr="00BC5AC6" w:rsidRDefault="009A79D4" w:rsidP="00BC5AC6">
             <w:pPr>
               <w:pStyle w:val="Heading2"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:u w:val="none"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009A79D4" w:rsidRPr="006D5691" w:rsidTr="00BC5AC6">
+      <w:tr w:rsidR="009A79D4" w:rsidRPr="006D5691" w14:paraId="1C4E7781" w14:textId="77777777" w:rsidTr="00BC5AC6">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9828" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
           </w:tcPr>
-          <w:p w:rsidR="009A79D4" w:rsidRPr="00BC5AC6" w:rsidRDefault="009A79D4" w:rsidP="00BC5AC6">
+          <w:p w14:paraId="2CC7419D" w14:textId="77777777" w:rsidR="009A79D4" w:rsidRPr="00BC5AC6" w:rsidRDefault="009A79D4" w:rsidP="00BC5AC6">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BC5AC6">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>Other</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="009A79D4" w:rsidRPr="00BC5AC6" w:rsidRDefault="009A79D4" w:rsidP="00BC5AC6">
+          <w:p w14:paraId="732CE4B2" w14:textId="77777777" w:rsidR="009A79D4" w:rsidRPr="00BC5AC6" w:rsidRDefault="009A79D4" w:rsidP="00BC5AC6">
             <w:pPr>
               <w:pStyle w:val="Heading2"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:u w:val="none"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblpPr w:leftFromText="180" w:rightFromText="180" w:vertAnchor="text" w:horzAnchor="margin" w:tblpY="325"/>
         <w:tblW w:w="9828" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="9828"/>
       </w:tblGrid>
-      <w:tr w:rsidR="009A79D4" w:rsidTr="00BC5AC6">
+      <w:tr w:rsidR="009A79D4" w14:paraId="5B94DFD3" w14:textId="77777777" w:rsidTr="00BC5AC6">
         <w:trPr>
           <w:trHeight w:val="2372"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9828" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="009A79D4" w:rsidRPr="00BC5AC6" w:rsidRDefault="009A79D4" w:rsidP="00BC5AC6">
+          <w:p w14:paraId="094B46A4" w14:textId="77777777" w:rsidR="009A79D4" w:rsidRPr="00BC5AC6" w:rsidRDefault="009A79D4" w:rsidP="00BC5AC6">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BC5AC6">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Official use only </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="009A79D4" w:rsidRPr="00BC5AC6" w:rsidRDefault="009A79D4" w:rsidP="00BC5AC6">
+          <w:p w14:paraId="27E1AC97" w14:textId="77777777" w:rsidR="009A79D4" w:rsidRPr="00BC5AC6" w:rsidRDefault="009A79D4" w:rsidP="00BC5AC6">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="009A79D4" w:rsidRPr="00BC5AC6" w:rsidRDefault="009A79D4" w:rsidP="00BC5AC6">
+          <w:p w14:paraId="17A6DA60" w14:textId="77777777" w:rsidR="009A79D4" w:rsidRPr="00BC5AC6" w:rsidRDefault="009A79D4" w:rsidP="00BC5AC6">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BC5AC6">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Received and reviewed by: …………….……………… Date /Time…………………………………..</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="009A79D4" w:rsidRPr="00BC5AC6" w:rsidRDefault="009A79D4" w:rsidP="00BC5AC6">
+          <w:p w14:paraId="77144D38" w14:textId="77777777" w:rsidR="009A79D4" w:rsidRPr="00BC5AC6" w:rsidRDefault="009A79D4" w:rsidP="00BC5AC6">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="009A79D4" w:rsidRPr="00BC5AC6" w:rsidRDefault="009A79D4" w:rsidP="00BC5AC6">
+          <w:p w14:paraId="60E34DF6" w14:textId="77777777" w:rsidR="009A79D4" w:rsidRPr="00BC5AC6" w:rsidRDefault="009A79D4" w:rsidP="00BC5AC6">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="009A79D4" w:rsidRPr="00BC5AC6" w:rsidRDefault="009A79D4" w:rsidP="00BC5AC6">
+          <w:p w14:paraId="0B32B082" w14:textId="77777777" w:rsidR="009A79D4" w:rsidRPr="00BC5AC6" w:rsidRDefault="009A79D4" w:rsidP="00BC5AC6">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BC5AC6">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Outcome </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="009A79D4" w:rsidRPr="00BC5AC6" w:rsidRDefault="009A79D4" w:rsidP="00BC5AC6">
+          <w:p w14:paraId="32AA3269" w14:textId="77777777" w:rsidR="009A79D4" w:rsidRPr="00BC5AC6" w:rsidRDefault="009A79D4" w:rsidP="00BC5AC6">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="009A79D4" w:rsidRPr="00BC5AC6" w:rsidRDefault="009A79D4" w:rsidP="00BC5AC6">
+          <w:p w14:paraId="465CAF0D" w14:textId="77777777" w:rsidR="009A79D4" w:rsidRPr="00BC5AC6" w:rsidRDefault="009A79D4" w:rsidP="00BC5AC6">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BC5AC6">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">1: admission approved for date required </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="009A79D4" w:rsidRPr="00BC5AC6" w:rsidRDefault="009A79D4" w:rsidP="00BC5AC6">
+          <w:p w14:paraId="6CB45572" w14:textId="77777777" w:rsidR="009A79D4" w:rsidRPr="00BC5AC6" w:rsidRDefault="009A79D4" w:rsidP="00BC5AC6">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="009A79D4" w:rsidRPr="00BC5AC6" w:rsidRDefault="009A79D4" w:rsidP="00BC5AC6">
+          <w:p w14:paraId="5D3EDA71" w14:textId="77777777" w:rsidR="009A79D4" w:rsidRPr="00BC5AC6" w:rsidRDefault="009A79D4" w:rsidP="00BC5AC6">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BC5AC6">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">2. Delayed until…................................... </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="009A79D4" w:rsidRPr="00BC5AC6" w:rsidRDefault="009A79D4" w:rsidP="00BC5AC6">
+          <w:p w14:paraId="4F4F0DC5" w14:textId="77777777" w:rsidR="009A79D4" w:rsidRPr="00BC5AC6" w:rsidRDefault="009A79D4" w:rsidP="00BC5AC6">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="009A79D4" w:rsidRPr="00BC5AC6" w:rsidRDefault="009A79D4" w:rsidP="00BC5AC6">
+          <w:p w14:paraId="26D02DE9" w14:textId="77777777" w:rsidR="009A79D4" w:rsidRPr="00BC5AC6" w:rsidRDefault="009A79D4" w:rsidP="00BC5AC6">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="009A79D4" w:rsidRPr="00BC5AC6" w:rsidRDefault="009A79D4" w:rsidP="00BC5AC6">
+          <w:p w14:paraId="1B7E1A57" w14:textId="77777777" w:rsidR="009A79D4" w:rsidRPr="00BC5AC6" w:rsidRDefault="009A79D4" w:rsidP="00BC5AC6">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="009A79D4" w:rsidRPr="00BC5AC6" w:rsidRDefault="009A79D4" w:rsidP="00BC5AC6">
+          <w:p w14:paraId="4FC53526" w14:textId="77777777" w:rsidR="009A79D4" w:rsidRPr="00BC5AC6" w:rsidRDefault="009A79D4" w:rsidP="00BC5AC6">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="009A79D4" w:rsidRPr="002D1B9E" w:rsidRDefault="009A79D4" w:rsidP="002D1B9E">
+    <w:p w14:paraId="795B8681" w14:textId="77777777" w:rsidR="009A79D4" w:rsidRPr="002D1B9E" w:rsidRDefault="009A79D4" w:rsidP="002D1B9E">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="009A79D4" w:rsidRPr="002D1B9E" w:rsidSect="00332BD0">
       <w:footerReference w:type="default" r:id="rId8"/>
       <w:pgSz w:w="11906" w:h="16838" w:code="9"/>
       <w:pgMar w:top="1134" w:right="1247" w:bottom="1134" w:left="1247" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="009A79D4" w:rsidRDefault="009A79D4">
+    <w:p w14:paraId="223212AB" w14:textId="77777777" w:rsidR="009A79D4" w:rsidRDefault="009A79D4">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="009A79D4" w:rsidRDefault="009A79D4">
+    <w:p w14:paraId="68FE911A" w14:textId="77777777" w:rsidR="009A79D4" w:rsidRDefault="009A79D4">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings 2">
     <w:panose1 w:val="05020102010507070707"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E00006FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
-  <w:p w:rsidR="009A79D4" w:rsidRDefault="009A79D4" w:rsidP="000B1622">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="00D50BC2" w14:textId="77777777" w:rsidR="009A79D4" w:rsidRDefault="009A79D4" w:rsidP="000B1622">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
     <w:r>
       <w:t>Nov 2009</w:t>
     </w:r>
   </w:p>
-  <w:p w:rsidR="009A79D4" w:rsidRDefault="009A79D4">
+  <w:p w14:paraId="0830C88D" w14:textId="77777777" w:rsidR="009A79D4" w:rsidRDefault="009A79D4">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="009A79D4" w:rsidRDefault="009A79D4">
+    <w:p w14:paraId="710AD24B" w14:textId="77777777" w:rsidR="009A79D4" w:rsidRDefault="009A79D4">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="009A79D4" w:rsidRDefault="009A79D4">
+    <w:p w14:paraId="779D22DE" w14:textId="77777777" w:rsidR="009A79D4" w:rsidRDefault="009A79D4">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:numPicBullet w:numPicBulletId="0">
     <w:pict>
-      <v:shapetype id="_x0000_t75" coordsize="21600,21600" o:spt="75" o:preferrelative="t" path="m@4@5l@4@11@9@11@9@5xe" filled="f" stroked="f">
+      <v:shapetype w14:anchorId="4743EF6F" id="_x0000_t75" coordsize="21600,21600" o:spt="75" o:preferrelative="t" path="m@4@5l@4@11@9@11@9@5xe" filled="f" stroked="f">
         <v:stroke joinstyle="miter"/>
         <v:formulas>
           <v:f eqn="if lineDrawn pixelLineWidth 0"/>
           <v:f eqn="sum @0 1 0"/>
           <v:f eqn="sum 0 0 @1"/>
           <v:f eqn="prod @2 1 2"/>
           <v:f eqn="prod @3 21600 pixelWidth"/>
           <v:f eqn="prod @3 21600 pixelHeight"/>
           <v:f eqn="sum @0 0 1"/>
           <v:f eqn="prod @6 1 2"/>
           <v:f eqn="prod @7 21600 pixelWidth"/>
           <v:f eqn="sum @8 21600 0"/>
           <v:f eqn="prod @7 21600 pixelHeight"/>
           <v:f eqn="sum @10 21600 0"/>
         </v:formulas>
         <v:path o:extrusionok="f" gradientshapeok="t" o:connecttype="rect"/>
         <o:lock v:ext="edit" aspectratio="t"/>
       </v:shapetype>
-      <v:shape id="_x0000_i1026" type="#_x0000_t75" style="width:11.25pt;height:11.25pt" o:bullet="t">
+      <v:shape id="_x0000_i1025" type="#_x0000_t75" style="width:11.25pt;height:11.25pt" o:bullet="t">
         <v:imagedata r:id="rId1" o:title=""/>
       </v:shape>
     </w:pict>
   </w:numPicBullet>
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="007C4296"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="8046A022"/>
     <w:lvl w:ilvl="0" w:tplc="08090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090003">
       <w:start w:val="1"/>
@@ -7265,219 +7245,221 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1">
+  <w:num w:numId="1" w16cid:durableId="508563232">
     <w:abstractNumId w:val="14"/>
   </w:num>
-  <w:num w:numId="2">
+  <w:num w:numId="2" w16cid:durableId="1752312712">
     <w:abstractNumId w:val="32"/>
   </w:num>
-  <w:num w:numId="3">
+  <w:num w:numId="3" w16cid:durableId="826749275">
     <w:abstractNumId w:val="12"/>
   </w:num>
-  <w:num w:numId="4">
+  <w:num w:numId="4" w16cid:durableId="78409589">
     <w:abstractNumId w:val="11"/>
   </w:num>
-  <w:num w:numId="5">
+  <w:num w:numId="5" w16cid:durableId="1987783390">
     <w:abstractNumId w:val="19"/>
   </w:num>
-  <w:num w:numId="6">
+  <w:num w:numId="6" w16cid:durableId="2091460064">
     <w:abstractNumId w:val="5"/>
   </w:num>
-  <w:num w:numId="7">
+  <w:num w:numId="7" w16cid:durableId="2009167370">
     <w:abstractNumId w:val="28"/>
   </w:num>
-  <w:num w:numId="8">
+  <w:num w:numId="8" w16cid:durableId="1743482909">
     <w:abstractNumId w:val="24"/>
   </w:num>
-  <w:num w:numId="9">
+  <w:num w:numId="9" w16cid:durableId="794564620">
     <w:abstractNumId w:val="4"/>
   </w:num>
-  <w:num w:numId="10">
+  <w:num w:numId="10" w16cid:durableId="1620913795">
     <w:abstractNumId w:val="33"/>
   </w:num>
-  <w:num w:numId="11">
+  <w:num w:numId="11" w16cid:durableId="548878913">
     <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="12">
+  <w:num w:numId="12" w16cid:durableId="2103065066">
     <w:abstractNumId w:val="16"/>
   </w:num>
-  <w:num w:numId="13">
+  <w:num w:numId="13" w16cid:durableId="1408962710">
     <w:abstractNumId w:val="29"/>
   </w:num>
-  <w:num w:numId="14">
+  <w:num w:numId="14" w16cid:durableId="817763275">
     <w:abstractNumId w:val="27"/>
   </w:num>
-  <w:num w:numId="15">
+  <w:num w:numId="15" w16cid:durableId="1466240807">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="16">
+  <w:num w:numId="16" w16cid:durableId="1149204803">
     <w:abstractNumId w:val="9"/>
   </w:num>
-  <w:num w:numId="17">
+  <w:num w:numId="17" w16cid:durableId="2137405346">
     <w:abstractNumId w:val="0"/>
   </w:num>
-  <w:num w:numId="18">
+  <w:num w:numId="18" w16cid:durableId="1400900498">
     <w:abstractNumId w:val="23"/>
   </w:num>
-  <w:num w:numId="19">
+  <w:num w:numId="19" w16cid:durableId="1478647849">
     <w:abstractNumId w:val="22"/>
   </w:num>
-  <w:num w:numId="20">
+  <w:num w:numId="20" w16cid:durableId="1552810886">
     <w:abstractNumId w:val="21"/>
   </w:num>
-  <w:num w:numId="21">
+  <w:num w:numId="21" w16cid:durableId="986781194">
     <w:abstractNumId w:val="3"/>
   </w:num>
-  <w:num w:numId="22">
+  <w:num w:numId="22" w16cid:durableId="1151868265">
     <w:abstractNumId w:val="30"/>
   </w:num>
-  <w:num w:numId="23">
+  <w:num w:numId="23" w16cid:durableId="1947423057">
     <w:abstractNumId w:val="7"/>
   </w:num>
-  <w:num w:numId="24">
+  <w:num w:numId="24" w16cid:durableId="95835191">
     <w:abstractNumId w:val="18"/>
   </w:num>
-  <w:num w:numId="25">
+  <w:num w:numId="25" w16cid:durableId="2111966509">
     <w:abstractNumId w:val="36"/>
   </w:num>
-  <w:num w:numId="26">
+  <w:num w:numId="26" w16cid:durableId="1121847420">
     <w:abstractNumId w:val="6"/>
   </w:num>
-  <w:num w:numId="27">
+  <w:num w:numId="27" w16cid:durableId="73629592">
     <w:abstractNumId w:val="17"/>
   </w:num>
-  <w:num w:numId="28">
+  <w:num w:numId="28" w16cid:durableId="754669789">
     <w:abstractNumId w:val="26"/>
   </w:num>
-  <w:num w:numId="29">
+  <w:num w:numId="29" w16cid:durableId="440495159">
     <w:abstractNumId w:val="31"/>
   </w:num>
-  <w:num w:numId="30">
+  <w:num w:numId="30" w16cid:durableId="264116969">
     <w:abstractNumId w:val="20"/>
   </w:num>
-  <w:num w:numId="31">
+  <w:num w:numId="31" w16cid:durableId="648175378">
     <w:abstractNumId w:val="8"/>
   </w:num>
-  <w:num w:numId="32">
+  <w:num w:numId="32" w16cid:durableId="606960795">
     <w:abstractNumId w:val="15"/>
   </w:num>
-  <w:num w:numId="33">
+  <w:num w:numId="33" w16cid:durableId="79110360">
     <w:abstractNumId w:val="34"/>
   </w:num>
-  <w:num w:numId="34">
+  <w:num w:numId="34" w16cid:durableId="121967933">
     <w:abstractNumId w:val="35"/>
   </w:num>
-  <w:num w:numId="35">
+  <w:num w:numId="35" w16cid:durableId="846214001">
     <w:abstractNumId w:val="10"/>
   </w:num>
-  <w:num w:numId="36">
+  <w:num w:numId="36" w16cid:durableId="771974619">
     <w:abstractNumId w:val="25"/>
   </w:num>
-  <w:num w:numId="37">
+  <w:num w:numId="37" w16cid:durableId="1727408963">
     <w:abstractNumId w:val="13"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15">
-  <w:zoom w:percent="120"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="100"/>
   <w:embedSystemFonts/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:documentProtection w:edit="readOnly" w:enforcement="0"/>
   <w:defaultTabStop w:val="720"/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:doNotUseHTMLParagraphAutoSpacing/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00251D01"/>
     <w:rsid w:val="000015BF"/>
     <w:rsid w:val="00021214"/>
     <w:rsid w:val="000214EE"/>
     <w:rsid w:val="000272A3"/>
     <w:rsid w:val="000700C3"/>
     <w:rsid w:val="00070EDB"/>
     <w:rsid w:val="00091B76"/>
     <w:rsid w:val="00097059"/>
     <w:rsid w:val="000B1622"/>
     <w:rsid w:val="000B30C9"/>
     <w:rsid w:val="000B5808"/>
     <w:rsid w:val="000C3325"/>
     <w:rsid w:val="000F5ABB"/>
     <w:rsid w:val="000F7777"/>
     <w:rsid w:val="00105360"/>
     <w:rsid w:val="00113483"/>
     <w:rsid w:val="00130F15"/>
     <w:rsid w:val="00137456"/>
     <w:rsid w:val="00140D93"/>
     <w:rsid w:val="00166206"/>
     <w:rsid w:val="00166CBD"/>
     <w:rsid w:val="00166FF1"/>
     <w:rsid w:val="00176472"/>
     <w:rsid w:val="001778DF"/>
     <w:rsid w:val="00181A66"/>
     <w:rsid w:val="001878E2"/>
     <w:rsid w:val="00192659"/>
+    <w:rsid w:val="001A7EF8"/>
     <w:rsid w:val="001B1314"/>
     <w:rsid w:val="001B2775"/>
     <w:rsid w:val="001C3096"/>
     <w:rsid w:val="001E47C7"/>
     <w:rsid w:val="001E54CA"/>
     <w:rsid w:val="00216A3E"/>
     <w:rsid w:val="00221B2E"/>
     <w:rsid w:val="002272B6"/>
     <w:rsid w:val="002321B7"/>
     <w:rsid w:val="00233894"/>
     <w:rsid w:val="00235D57"/>
     <w:rsid w:val="00244FA8"/>
     <w:rsid w:val="00251D01"/>
     <w:rsid w:val="00262328"/>
     <w:rsid w:val="00283F92"/>
     <w:rsid w:val="00286FC5"/>
     <w:rsid w:val="00295065"/>
     <w:rsid w:val="002A221C"/>
     <w:rsid w:val="002A26C3"/>
     <w:rsid w:val="002C4C5A"/>
     <w:rsid w:val="002D0AF0"/>
     <w:rsid w:val="002D1B9E"/>
     <w:rsid w:val="002D3E72"/>
     <w:rsid w:val="002D5313"/>
     <w:rsid w:val="002D6E8E"/>
@@ -7530,50 +7512,51 @@
     <w:rsid w:val="00531F0C"/>
     <w:rsid w:val="00541094"/>
     <w:rsid w:val="005434A3"/>
     <w:rsid w:val="00544BE7"/>
     <w:rsid w:val="00545BE1"/>
     <w:rsid w:val="00561FDF"/>
     <w:rsid w:val="00563659"/>
     <w:rsid w:val="00563689"/>
     <w:rsid w:val="005907E3"/>
     <w:rsid w:val="005954EF"/>
     <w:rsid w:val="0059611D"/>
     <w:rsid w:val="005B239E"/>
     <w:rsid w:val="005B6858"/>
     <w:rsid w:val="005C6FBB"/>
     <w:rsid w:val="005C76D7"/>
     <w:rsid w:val="005E0949"/>
     <w:rsid w:val="005F53CC"/>
     <w:rsid w:val="00602D91"/>
     <w:rsid w:val="00605BD3"/>
     <w:rsid w:val="006222CB"/>
     <w:rsid w:val="00640462"/>
     <w:rsid w:val="00640F6A"/>
     <w:rsid w:val="00647388"/>
     <w:rsid w:val="00676D7A"/>
     <w:rsid w:val="00681C78"/>
+    <w:rsid w:val="00691587"/>
     <w:rsid w:val="006B19BB"/>
     <w:rsid w:val="006B3B24"/>
     <w:rsid w:val="006C0F14"/>
     <w:rsid w:val="006D39F3"/>
     <w:rsid w:val="006D5691"/>
     <w:rsid w:val="0071736E"/>
     <w:rsid w:val="007306F8"/>
     <w:rsid w:val="007408B3"/>
     <w:rsid w:val="007540FD"/>
     <w:rsid w:val="0075439A"/>
     <w:rsid w:val="00754A12"/>
     <w:rsid w:val="00761D2A"/>
     <w:rsid w:val="00771E18"/>
     <w:rsid w:val="00780847"/>
     <w:rsid w:val="007834E0"/>
     <w:rsid w:val="00795308"/>
     <w:rsid w:val="007A011A"/>
     <w:rsid w:val="007B4071"/>
     <w:rsid w:val="007B6D1F"/>
     <w:rsid w:val="007C19E9"/>
     <w:rsid w:val="007D0773"/>
     <w:rsid w:val="007D3EF7"/>
     <w:rsid w:val="007E2765"/>
     <w:rsid w:val="007F56A8"/>
     <w:rsid w:val="007F62D9"/>
@@ -7683,118 +7666,120 @@
     <w:rsid w:val="00DA456E"/>
     <w:rsid w:val="00DA45F3"/>
     <w:rsid w:val="00DB67E0"/>
     <w:rsid w:val="00DC38D8"/>
     <w:rsid w:val="00DC460B"/>
     <w:rsid w:val="00DC60D7"/>
     <w:rsid w:val="00DD29A4"/>
     <w:rsid w:val="00DD2FA2"/>
     <w:rsid w:val="00DD75A2"/>
     <w:rsid w:val="00DE1F8A"/>
     <w:rsid w:val="00DF5048"/>
     <w:rsid w:val="00E0084F"/>
     <w:rsid w:val="00E03BFA"/>
     <w:rsid w:val="00E14CDF"/>
     <w:rsid w:val="00E25FC1"/>
     <w:rsid w:val="00E43518"/>
     <w:rsid w:val="00E5556F"/>
     <w:rsid w:val="00E62418"/>
     <w:rsid w:val="00E65D7C"/>
     <w:rsid w:val="00E76A59"/>
     <w:rsid w:val="00E805B4"/>
     <w:rsid w:val="00E82588"/>
     <w:rsid w:val="00E963C9"/>
     <w:rsid w:val="00EB2F90"/>
     <w:rsid w:val="00ED5254"/>
+    <w:rsid w:val="00ED5355"/>
     <w:rsid w:val="00EE3289"/>
     <w:rsid w:val="00EE7816"/>
     <w:rsid w:val="00EF67AF"/>
     <w:rsid w:val="00EF7D01"/>
     <w:rsid w:val="00F04662"/>
     <w:rsid w:val="00F04891"/>
     <w:rsid w:val="00F24DAC"/>
     <w:rsid w:val="00F37B09"/>
     <w:rsid w:val="00F401BE"/>
     <w:rsid w:val="00F60FFD"/>
     <w:rsid w:val="00F6147B"/>
     <w:rsid w:val="00F622C3"/>
     <w:rsid w:val="00F62DF1"/>
     <w:rsid w:val="00F67923"/>
     <w:rsid w:val="00F8008A"/>
     <w:rsid w:val="00F807F7"/>
     <w:rsid w:val="00F83120"/>
     <w:rsid w:val="00F9376E"/>
     <w:rsid w:val="00F96CCE"/>
     <w:rsid w:val="00FA2394"/>
     <w:rsid w:val="00FB1361"/>
     <w:rsid w:val="00FB3729"/>
     <w:rsid w:val="00FB665C"/>
     <w:rsid w:val="00FE2B1C"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-GB"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:doNotAutoCompressPictures/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1027"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
+  <w14:docId w14:val="454595C4"/>
   <w15:docId w15:val="{68447A2C-AB83-4B71-92B5-5D19C3AFE146}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-GB" w:eastAsia="en-GB" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:locked="1" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:locked="1" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:locked="1" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:locked="1" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:locked="1" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:locked="1" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:locked="1" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:locked="1" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:locked="1" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:locked="1" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:locked="1" w:uiPriority="0"/>
     <w:lsdException w:name="toc 2" w:locked="1" w:uiPriority="0"/>
     <w:lsdException w:name="toc 3" w:locked="1" w:uiPriority="0"/>
     <w:lsdException w:name="toc 4" w:locked="1" w:uiPriority="0"/>
     <w:lsdException w:name="toc 5" w:locked="1" w:uiPriority="0"/>
     <w:lsdException w:name="toc 6" w:locked="1" w:uiPriority="0"/>
@@ -8122,50 +8107,55 @@
     <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="00A3776A"/>
     <w:rPr>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading1Char"/>
     <w:uiPriority w:val="99"/>
     <w:qFormat/>
     <w:rsid w:val="00181A66"/>
     <w:pPr>
       <w:keepNext/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
@@ -8717,51 +8707,51 @@
     <w:semiHidden/>
     <w:locked/>
     <w:rsid w:val="004F13EA"/>
     <w:rPr>
       <w:rFonts w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Hyperlink">
     <w:name w:val="Hyperlink"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="007834E0"/>
     <w:rPr>
       <w:rFonts w:cs="Times New Roman"/>
       <w:color w:val="0000FF"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="2030834392">
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="2030834393">
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
       <w:divsChild>
@@ -8777,51 +8767,51 @@
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
           <w:divsChild>
             <w:div w:id="2030834395">
               <w:marLeft w:val="3360"/>
               <w:marRight w:val="0"/>
               <w:marTop w:val="360"/>
               <w:marBottom w:val="0"/>
               <w:divBdr>
                 <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               </w:divBdr>
             </w:div>
           </w:divsChild>
         </w:div>
       </w:divsChild>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/numbering.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
@@ -9073,74 +9063,74 @@
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
   <Words>175</Words>
-  <Characters>1232</Characters>
+  <Characters>1231</Characters>
   <Application>Microsoft Office Word</Application>
-  <DocSecurity>4</DocSecurity>
-[...1 lines deleted...]
-  <Paragraphs>2</Paragraphs>
+  <DocSecurity>0</DocSecurity>
+  <Lines>102</Lines>
+  <Paragraphs>46</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Guidelines for the care of patients undergoing chemotherapy</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>Guy's &amp; St. Thomas' Hospital Trust</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>1405</CharactersWithSpaces>
+  <CharactersWithSpaces>1360</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>Guidelines for the care of patients undergoing chemotherapy</dc:title>
   <dc:subject/>
   <dc:creator>gstt</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="WinDIP File ID">
     <vt:lpwstr>87611c85-961a-418a-864b-75a0ab419a22</vt:lpwstr>