--- v0 (2025-12-05)
+++ v1 (2026-01-27)
@@ -1,157 +1,95 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
-  <Default Extension="png" ContentType="image/png"/>
-  <Default Extension="jpeg" ContentType="image/jpeg"/>
+  <Default Extension="jpg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="7855D7E8" w14:textId="77777777" w:rsidR="00486659" w:rsidRDefault="00486659" w:rsidP="00594337">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="cyan"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="09E9DE83" w14:textId="77777777" w:rsidR="00486659" w:rsidRDefault="00486659" w:rsidP="00594337">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="cyan"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4C7AA6FC" w14:textId="39B1144C" w:rsidR="000154DE" w:rsidRDefault="00EE1A76" w:rsidP="00594337">
+    <w:p w14:paraId="38C35288" w14:textId="77777777" w:rsidR="000B7259" w:rsidRDefault="000B7259" w:rsidP="00594337">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="cyan"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...59 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w14:paraId="02117892" w14:textId="7E87C582" w:rsidR="00486659" w:rsidRDefault="00486659" w:rsidP="00594337">
+    <w:p w14:paraId="4C7AA6FC" w14:textId="6E8C13F2" w:rsidR="000154DE" w:rsidRDefault="000154DE" w:rsidP="00594337">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="cyan"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="1864F32E" w14:textId="77777777" w:rsidR="000154DE" w:rsidRPr="00E86E98" w:rsidRDefault="000154DE" w:rsidP="00594337">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="cyan"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
@@ -1643,51 +1581,50 @@
             <w:tcW w:w="6674" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="3F6AA6A6" w14:textId="77777777" w:rsidR="00205295" w:rsidRPr="00B61A60" w:rsidRDefault="00205295" w:rsidP="00205295">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:ind w:right="578"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B61A60">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>FAMILY TREE</w:t>
             </w:r>
             <w:r w:rsidRPr="00B61A60">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> (if possible)</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="7987F70F" w14:textId="77777777" w:rsidR="00205295" w:rsidRPr="00B61A60" w:rsidRDefault="00205295" w:rsidP="00205295">
             <w:pPr>
               <w:ind w:right="578"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="701DE299" w14:textId="77777777" w:rsidR="00205295" w:rsidRPr="00B61A60" w:rsidRDefault="00205295" w:rsidP="00205295">
             <w:pPr>
               <w:ind w:right="578"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:lang w:val="en-US"/>
@@ -1835,50 +1772,105 @@
                 <w:b/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:sym w:font="Wingdings" w:char="F06F"/>
             </w:r>
             <w:r w:rsidRPr="00B61A60">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00B61A60">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>NO</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="19F951CB" w14:textId="77777777" w:rsidR="0000238C" w:rsidRDefault="0000238C">
+      <w:pPr>
+        <w:ind w:right="578"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6C1AFD23" w14:textId="77777777" w:rsidR="000B7259" w:rsidRDefault="000B7259">
+      <w:pPr>
+        <w:ind w:right="578"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="357A2581" w14:textId="77777777" w:rsidR="000B7259" w:rsidRDefault="000B7259">
+      <w:pPr>
+        <w:ind w:right="578"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7EF64FD0" w14:textId="77777777" w:rsidR="000B7259" w:rsidRDefault="000B7259">
+      <w:pPr>
+        <w:ind w:right="578"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="01743533" w14:textId="77777777" w:rsidR="000B7259" w:rsidRDefault="000B7259">
+      <w:pPr>
+        <w:ind w:right="578"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6E86C810" w14:textId="77777777" w:rsidR="000B7259" w:rsidRDefault="000B7259">
       <w:pPr>
         <w:ind w:right="578"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="10485" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblCellMar>
           <w:left w:w="70" w:type="dxa"/>
           <w:right w:w="70" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
@@ -1890,50 +1882,51 @@
       <w:tr w:rsidR="0000238C" w14:paraId="6D9A8DB0" w14:textId="77777777" w:rsidTr="006F53C7">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="783"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10485" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="0CC39105" w14:textId="77777777" w:rsidR="0000238C" w:rsidRPr="00B61A60" w:rsidRDefault="0000238C">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B61A60">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>PRENATAL PERIOD</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="070533A2" w14:textId="743B2214" w:rsidR="0000238C" w:rsidRPr="00B61A60" w:rsidRDefault="0000238C" w:rsidP="006F53C7">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B61A60">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">Abnormal fetal ultrasound:     </w:t>
             </w:r>
             <w:r w:rsidRPr="00B61A60">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:sym w:font="Webdings" w:char="F063"/>
             </w:r>
@@ -2824,51 +2817,50 @@
         </w:tblPrEx>
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5172" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="06F3DF03" w14:textId="6359B31C" w:rsidR="0000238C" w:rsidRPr="00B61A60" w:rsidRDefault="0000238C">
             <w:pPr>
               <w:pStyle w:val="Heading2"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B61A60">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t xml:space="preserve">OPHTHALMIC </w:t>
             </w:r>
             <w:r w:rsidR="008661B5" w:rsidRPr="00B61A60">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">(Eye) </w:t>
             </w:r>
             <w:r w:rsidRPr="00B61A60">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>DISORDERS</w:t>
             </w:r>
           </w:p>
           <w:tbl>
             <w:tblPr>
               <w:tblStyle w:val="TableGrid"/>
               <w:tblW w:w="0" w:type="auto"/>
@@ -4362,51 +4354,50 @@
                 </w:tcPr>
                 <w:p w14:paraId="1BD4C2E7" w14:textId="5E059F2B" w:rsidR="00F8235E" w:rsidRPr="00B61A60" w:rsidRDefault="00F8235E">
                   <w:pPr>
                     <w:spacing w:before="120"/>
                     <w:rPr>
                       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                       <w:bCs/>
                       <w:lang w:val="en-US"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="00B61A60">
                     <w:rPr>
                       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                       <w:bCs/>
                       <w:lang w:val="en-US"/>
                     </w:rPr>
                     <w:t>YES</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
             <w:tr w:rsidR="00F8235E" w:rsidRPr="00B61A60" w14:paraId="554F2689" w14:textId="77777777" w:rsidTr="00205295">
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="1763" w:type="dxa"/>
-                  <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
                 </w:tcPr>
                 <w:p w14:paraId="303089FB" w14:textId="04130C1D" w:rsidR="00F8235E" w:rsidRPr="00B61A60" w:rsidRDefault="00F8235E">
                   <w:pPr>
                     <w:spacing w:before="120"/>
                     <w:rPr>
                       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                       <w:b/>
                       <w:bCs/>
                       <w:lang w:val="en-US"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="00B61A60">
                     <w:rPr>
                       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                       <w:b/>
                       <w:bCs/>
                       <w:lang w:val="en-US"/>
                     </w:rPr>
                     <w:t>NG tube</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="425" w:type="dxa"/>
@@ -5016,50 +5007,51 @@
               <w:gridCol w:w="567"/>
               <w:gridCol w:w="577"/>
             </w:tblGrid>
             <w:tr w:rsidR="00F8235E" w:rsidRPr="00B61A60" w14:paraId="6E1CB44D" w14:textId="77777777" w:rsidTr="00343056">
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="1763" w:type="dxa"/>
                 </w:tcPr>
                 <w:p w14:paraId="3FE6DFA8" w14:textId="798121B4" w:rsidR="00F8235E" w:rsidRPr="00B61A60" w:rsidRDefault="00F8235E" w:rsidP="00F8235E">
                   <w:pPr>
                     <w:spacing w:before="120"/>
                     <w:rPr>
                       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                       <w:b/>
                       <w:bCs/>
                       <w:lang w:val="en-US"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="00B61A60">
                     <w:rPr>
                       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                       <w:b/>
                       <w:bCs/>
                       <w:lang w:val="en-US"/>
                     </w:rPr>
+                    <w:lastRenderedPageBreak/>
                     <w:t>Skin biopsy:</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="425" w:type="dxa"/>
                 </w:tcPr>
                 <w:p w14:paraId="171EF81D" w14:textId="77777777" w:rsidR="00F8235E" w:rsidRPr="00B61A60" w:rsidRDefault="00F8235E" w:rsidP="00F8235E">
                   <w:pPr>
                     <w:spacing w:before="120"/>
                     <w:rPr>
                       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                       <w:bCs/>
                       <w:lang w:val="en-US"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="00B61A60">
                     <w:rPr>
                       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                       <w:lang w:val="en-US"/>
                     </w:rPr>
                     <w:sym w:font="Webdings" w:char="F063"/>
                   </w:r>
                 </w:p>
@@ -5833,51 +5825,55 @@
                                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                                 <w:b/>
                               </w:rPr>
                             </w:pPr>
                           </w:p>
                           <w:p w14:paraId="3E49747D" w14:textId="43CD39DE" w:rsidR="005871A3" w:rsidRDefault="005871A3"/>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="margin">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="margin">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shape w14:anchorId="523D3219" id="Text Box 2" o:spid="_x0000_s1027" type="#_x0000_t202" style="position:absolute;margin-left:8.95pt;margin-top:24.85pt;width:500pt;height:109pt;z-index:251662336;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:3.6pt;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:3.6pt;mso-position-horizontal:absolute;mso-position-horizontal-relative:margin;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDiJqRlKAIAAE4EAAAOAAAAZHJzL2Uyb0RvYy54bWysVNtu2zAMfR+wfxD0vjh2kjY14hRdugwD&#10;ugvQ7gNkWY6FSaImKbG7ry8lp2m6YS/D/CCIInV0eEh6dT1oRQ7CeQmmovlkSokwHBppdhX9/rB9&#10;t6TEB2YapsCIij4KT6/Xb9+seluKAjpQjXAEQYwve1vRLgRbZpnnndDMT8AKg84WnGYBTbfLGsd6&#10;RNcqK6bTi6wH11gHXHiPp7ejk64TftsKHr62rReBqIoit5BWl9Y6rtl6xcqdY7aT/EiD/QMLzaTB&#10;R09QtywwsnfyDygtuQMPbZhw0Bm0reQi5YDZ5NPfsrnvmBUpFxTH25NM/v/B8i+Hb47IpqJFfkmJ&#10;YRqL9CCGQN7DQIqoT299iWH3FgPDgMdY55Srt3fAf3hiYNMxsxM3zkHfCdYgvzzezM6ujjg+gtT9&#10;Z2jwGbYPkICG1ukoHspBEB3r9HiqTaTC8fBitpjiRwlHXz5bzmdoxDdY+XzdOh8+CtAkbirqsPgJ&#10;nh3ufBhDn0Piax6UbLZSqWS4Xb1RjhwYNso2fUf0V2HKkL6iV4tiMSrwV4jI9UTwFYSWATteSV3R&#10;5SmIlVG3D6ZBmqwMTKpxj9kpcxQyajeqGIZ6SDVLKkeRa2geUVkHY4PjQOKmA/eLkh6bu6L+5545&#10;QYn6ZLA6V/l8HqchGfPFZYGGO/fU5x5mOEJVNFAybjchTVCkauAGq9jKpO8LkyNlbNpUoeOAxak4&#10;t1PUy29g/QQAAP//AwBQSwMEFAAGAAgAAAAhAJylx/veAAAACgEAAA8AAABkcnMvZG93bnJldi54&#10;bWxMj8FOwzAQRO9I/IO1SFwQdShV3IQ4FUICwQ1KVa5uvE0i7HWw3TT8PS4XOM7OaPZNtZqsYSP6&#10;0DuScDPLgCE1TvfUSti8P14vgYWoSCvjCCV8Y4BVfX5WqVK7I73huI4tSyUUSiWhi3EoOQ9Nh1aF&#10;mRuQkrd33qqYpG+59uqYyq3h8yzLuVU9pQ+dGvChw+ZzfbASlovn8SO83L5um3xvinglxqcvL+Xl&#10;xXR/ByziFP/CcMJP6FAnpp07kA7MJC2KlJSwKASwk5/9XnYS5rkQwOuK/59Q/wAAAP//AwBQSwEC&#10;LQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNd&#10;LnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8u&#10;cmVsc1BLAQItABQABgAIAAAAIQDiJqRlKAIAAE4EAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJv&#10;RG9jLnhtbFBLAQItABQABgAIAAAAIQCcpcf73gAAAAoBAAAPAAAAAAAAAAAAAAAAAIIEAABkcnMv&#10;ZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAjQUAAAAA&#10;">
+              <v:shapetype w14:anchorId="523D3219" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
+                <v:stroke joinstyle="miter"/>
+                <v:path gradientshapeok="t" o:connecttype="rect"/>
+              </v:shapetype>
+              <v:shape id="Text Box 2" o:spid="_x0000_s1027" type="#_x0000_t202" style="position:absolute;margin-left:8.95pt;margin-top:24.85pt;width:500pt;height:109pt;z-index:251662336;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:3.6pt;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:3.6pt;mso-position-horizontal:absolute;mso-position-horizontal-relative:margin;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDU9IR/EgIAACcEAAAOAAAAZHJzL2Uyb0RvYy54bWysU9tu2zAMfR+wfxD0vjjXLjXiFF26DAO6&#10;C9DtAxRZjoXJokYpsbOvLyW7abphL8P0IJAidUgekqubrjHsqNBrsAWfjMacKSuh1HZf8O/ftm+W&#10;nPkgbCkMWFXwk/L8Zv361ap1uZpCDaZUyAjE+rx1Ba9DcHmWeVmrRvgROGXJWAE2IpCK+6xE0RJ6&#10;Y7LpeHyVtYClQ5DKe3q96418nfCrSsnwpaq8CswUnHIL6cZ07+KdrVci36NwtZZDGuIfsmiEthT0&#10;DHUngmAH1H9ANVoieKjCSEKTQVVpqVINVM1k/Fs1D7VwKtVC5Hh3psn/P1j5+fjgviIL3TvoqIGp&#10;CO/uQf7wzMKmFnavbhGhrZUoKfAkUpa1zufD10i1z30E2bWfoKQmi0OABNRV2ERWqE5G6NSA05l0&#10;1QUm6fFqthjT4UySbTJbzmekxBgif/ru0IcPChoWhYIjdTXBi+O9D73rk0uM5sHocquNSQrudxuD&#10;7ChoArbpDOgv3IxlbcGvF9NFz8BfIWKu5wRfQDQ60Cgb3RR8eXYSeeTtvS3ToAWhTS9TdcYOREbu&#10;ehZDt+uYLgeWI687KE/ELEI/ubRpJNSAvzhraWoL7n8eBCrOzEdL3bmezOdxzJMyX7ydkoKXlt2l&#10;RVhJUAUPnPXiJqTViLxZuKUuVjrx+5zJkDJNY+rQsDlx3C/15PW83+tHAAAA//8DAFBLAwQUAAYA&#10;CAAAACEAnKXH+94AAAAKAQAADwAAAGRycy9kb3ducmV2LnhtbEyPwU7DMBBE70j8g7VIXBB1KFXc&#10;hDgVQgLBDUpVrm68TSLsdbDdNPw9Lhc4zs5o9k21mqxhI/rQO5JwM8uAITVO99RK2Lw/Xi+BhahI&#10;K+MIJXxjgFV9flapUrsjveG4ji1LJRRKJaGLcSg5D02HVoWZG5CSt3feqpikb7n26pjKreHzLMu5&#10;VT2lD50a8KHD5nN9sBKWi+fxI7zcvm6bfG+KeCXGpy8v5eXFdH8HLOIU/8Jwwk/oUCemnTuQDswk&#10;LYqUlLAoBLCTn/1edhLmuRDA64r/n1D/AAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEB&#10;AAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9&#10;If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhANT0&#10;hH8SAgAAJwQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAh&#10;AJylx/veAAAACgEAAA8AAAAAAAAAAAAAAAAAbAQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAE&#10;APMAAAB3BQAAAAA=&#10;">
                 <v:textbox>
                   <w:txbxContent>
                     <w:p w14:paraId="3FD03CA6" w14:textId="3331C2B4" w:rsidR="005871A3" w:rsidRDefault="005871A3" w:rsidP="005871A3">
                       <w:pPr>
                         <w:rPr>
                           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                           <w:b/>
                           <w:u w:val="single"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r w:rsidRPr="006831A4">
                         <w:rPr>
                           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                           <w:b/>
                           <w:u w:val="single"/>
                         </w:rPr>
                         <w:t>Endocrinology/Immunology</w:t>
                       </w:r>
                     </w:p>
                     <w:p w14:paraId="32B37450" w14:textId="77777777" w:rsidR="005871A3" w:rsidRDefault="005871A3" w:rsidP="005871A3">
                       <w:pPr>
                         <w:rPr>
                           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                           <w:b/>
                           <w:u w:val="single"/>
@@ -6173,95 +6169,94 @@
                               </w:rPr>
                               <w:t>YES</w:t>
                             </w:r>
                           </w:p>
                         </w:tc>
                       </w:tr>
                     </w:tbl>
                     <w:p w14:paraId="02FB5EDC" w14:textId="77777777" w:rsidR="005871A3" w:rsidRPr="006831A4" w:rsidRDefault="005871A3" w:rsidP="005871A3">
                       <w:pPr>
                         <w:rPr>
                           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                           <w:b/>
                         </w:rPr>
                       </w:pPr>
                     </w:p>
                     <w:p w14:paraId="3E49747D" w14:textId="43CD39DE" w:rsidR="005871A3" w:rsidRDefault="005871A3"/>
                   </w:txbxContent>
                 </v:textbox>
                 <w10:wrap type="square" anchorx="margin"/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1DD0AA12" w14:textId="0D890086" w:rsidR="004D7A40" w:rsidRPr="005871A3" w:rsidRDefault="00187D94" w:rsidP="005871A3">
+    <w:p w14:paraId="6E25E339" w14:textId="77777777" w:rsidR="000B7259" w:rsidRDefault="000B7259" w:rsidP="005871A3">
+      <w:pPr>
+        <w:ind w:right="578"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1DD0AA12" w14:textId="24ABCEB6" w:rsidR="004D7A40" w:rsidRPr="005871A3" w:rsidRDefault="00187D94" w:rsidP="005871A3">
       <w:pPr>
         <w:ind w:right="578"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
-      <w:bookmarkEnd w:id="0"/>
       <w:r w:rsidRPr="00C54A43">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Please complete </w:t>
       </w:r>
       <w:r w:rsidR="00C54A43" w:rsidRPr="00C54A43">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">referral form fully and e mail to </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8" w:history="1">
-        <w:r w:rsidR="00C54A43" w:rsidRPr="00C54A43">
+      <w:hyperlink r:id="rId7" w:history="1">
+        <w:r w:rsidR="001C6D34" w:rsidRPr="008B2E41">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
             <w:b/>
           </w:rPr>
-          <w:t>gst-tr.cs-ttd@nhs.</w:t>
-[...7 lines deleted...]
-          <w:t>net</w:t>
+          <w:t>gstt.cs-ttd@nhs.net</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00826FB3">
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:u w:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00826FB3" w:rsidRPr="00826FB3">
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:color w:val="auto"/>
           <w:u w:val="none"/>
         </w:rPr>
         <w:t>along</w:t>
       </w:r>
       <w:r w:rsidR="00826FB3">
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
@@ -6270,51 +6265,51 @@
           <w:u w:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve"> with any genetic testing results</w:t>
       </w:r>
       <w:r w:rsidR="00421846">
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:color w:val="auto"/>
           <w:u w:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve"> and clinical letters</w:t>
       </w:r>
       <w:r w:rsidR="00826FB3">
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:color w:val="auto"/>
           <w:u w:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve"> that are available. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5A2A3071" w14:textId="68282851" w:rsidR="00E060C9" w:rsidRPr="004C3743" w:rsidRDefault="00E060C9" w:rsidP="004D7A40">
+    <w:p w14:paraId="5A2A3071" w14:textId="6A5A2F93" w:rsidR="00E060C9" w:rsidRPr="004C3743" w:rsidRDefault="00E060C9" w:rsidP="004D7A40">
       <w:pPr>
         <w:ind w:right="578"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C54A43">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Any queries: pl</w:t>
       </w:r>
       <w:r w:rsidR="00C54A43" w:rsidRPr="00C54A43">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>ease contact Dr Shehla Mohammed – National Lead for CS/TTD</w:t>
       </w:r>
@@ -6328,148 +6323,148 @@
       </w:r>
       <w:r w:rsidR="00C54A43" w:rsidRPr="00C54A43">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> Paula Sullivan</w:t>
       </w:r>
       <w:r w:rsidR="00B853F6">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>/Phillipa Sellar</w:t>
       </w:r>
       <w:r w:rsidR="00C54A43" w:rsidRPr="00C54A43">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> – Nurse practitioner for CS/TTD on </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9" w:history="1">
-        <w:r w:rsidR="00C54A43" w:rsidRPr="00C54A43">
+      <w:hyperlink r:id="rId8" w:history="1">
+        <w:r w:rsidR="001C6D34" w:rsidRPr="008B2E41">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
             <w:b/>
           </w:rPr>
-          <w:t>gst-tr.cs-ttd@nhs.net</w:t>
+          <w:t>gstt.cs-ttd@nhs.net</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:sectPr w:rsidR="00E060C9" w:rsidRPr="004C3743">
-      <w:headerReference w:type="default" r:id="rId10"/>
-      <w:footerReference w:type="default" r:id="rId11"/>
+      <w:headerReference w:type="default" r:id="rId9"/>
+      <w:footerReference w:type="default" r:id="rId10"/>
       <w:type w:val="continuous"/>
       <w:pgSz w:w="11907" w:h="16840" w:code="9"/>
       <w:pgMar w:top="964" w:right="851" w:bottom="964" w:left="851" w:header="1077" w:footer="1077" w:gutter="0"/>
       <w:cols w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
     <w:p w14:paraId="5C8F69C7" w14:textId="77777777" w:rsidR="008C56E4" w:rsidRDefault="008C56E4">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="329D9E02" w14:textId="77777777" w:rsidR="008C56E4" w:rsidRDefault="008C56E4">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Webdings">
     <w:panose1 w:val="05030102010509060703"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="A0002AEF" w:usb1="4000207B" w:usb2="00000000" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="3A82F8AF" w14:textId="77777777" w:rsidR="0000238C" w:rsidRDefault="0000238C">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:jc w:val="right"/>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
@@ -6542,281 +6537,307 @@
     </w:r>
     <w:r w:rsidR="00DC4AA7">
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:noProof/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t>3</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
     <w:p w14:paraId="25DFDC1A" w14:textId="77777777" w:rsidR="008C56E4" w:rsidRDefault="008C56E4">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="11B42CD5" w14:textId="77777777" w:rsidR="008C56E4" w:rsidRDefault="008C56E4">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
-  <w:p w14:paraId="5B54711A" w14:textId="64F5441A" w:rsidR="001524E9" w:rsidRDefault="001524E9">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="5B54711A" w14:textId="52D45A77" w:rsidR="001524E9" w:rsidRDefault="001C6D34">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:lang w:eastAsia="en-GB"/>
       </w:rPr>
-      <w:t xml:space="preserve">                                                                                                                                    </w:t>
-[...5 lines deleted...]
-      </w:rPr>
       <w:drawing>
-        <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="1B3C411E" wp14:editId="360FB20A">
-[...1 lines deleted...]
-          <wp:effectExtent l="0" t="0" r="5715" b="0"/>
+        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1B3C411E" wp14:editId="724037DB">
+          <wp:simplePos x="0" y="0"/>
+          <wp:positionH relativeFrom="column">
+            <wp:posOffset>4881245</wp:posOffset>
+          </wp:positionH>
+          <wp:positionV relativeFrom="page">
+            <wp:posOffset>285115</wp:posOffset>
+          </wp:positionV>
+          <wp:extent cx="1833880" cy="923925"/>
+          <wp:effectExtent l="0" t="0" r="0" b="9525"/>
+          <wp:wrapTight wrapText="bothSides">
+            <wp:wrapPolygon edited="0">
+              <wp:start x="0" y="0"/>
+              <wp:lineTo x="0" y="21377"/>
+              <wp:lineTo x="21316" y="21377"/>
+              <wp:lineTo x="21316" y="0"/>
+              <wp:lineTo x="0" y="0"/>
+            </wp:wrapPolygon>
+          </wp:wrapTight>
           <wp:docPr id="4" name="Picture 4"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
-                  <pic:cNvPr id="0" name="Picture 2"/>
+                  <pic:cNvPr id="4" name="Picture 4"/>
                   <pic:cNvPicPr>
                     <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                   </pic:cNvPicPr>
                 </pic:nvPicPr>
                 <pic:blipFill>
                   <a:blip r:embed="rId1">
                     <a:extLst>
                       <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                         <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                       </a:ext>
                     </a:extLst>
                   </a:blip>
-                  <a:srcRect/>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr bwMode="auto">
                   <a:xfrm>
                     <a:off x="0" y="0"/>
-                    <a:ext cx="2280285" cy="781050"/>
+                    <a:ext cx="1833880" cy="923925"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                   <a:noFill/>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
-        </wp:inline>
+          <wp14:sizeRelH relativeFrom="margin">
+            <wp14:pctWidth>0</wp14:pctWidth>
+          </wp14:sizeRelH>
+          <wp14:sizeRelV relativeFrom="margin">
+            <wp14:pctHeight>0</wp14:pctHeight>
+          </wp14:sizeRelV>
+        </wp:anchor>
       </w:drawing>
+    </w:r>
+    <w:r w:rsidR="001524E9">
+      <w:rPr>
+        <w:noProof/>
+        <w:lang w:eastAsia="en-GB"/>
+      </w:rPr>
+      <w:t xml:space="preserve">                                                                                                                                    </w:t>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="0"/>
   <w:doNotUseMarginsForDrawingGridOrigin/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="24577"/>
+    <o:shapedefaults v:ext="edit" spidmax="28673"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:doNotUseHTMLParagraphAutoSpacing/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="003C1572"/>
     <w:rsid w:val="000007D2"/>
     <w:rsid w:val="0000238C"/>
     <w:rsid w:val="000154DE"/>
     <w:rsid w:val="00035B8E"/>
     <w:rsid w:val="00063409"/>
     <w:rsid w:val="00091E9B"/>
     <w:rsid w:val="000B3877"/>
+    <w:rsid w:val="000B7259"/>
     <w:rsid w:val="000B72EA"/>
     <w:rsid w:val="001524E9"/>
     <w:rsid w:val="00187D94"/>
+    <w:rsid w:val="001C6D34"/>
     <w:rsid w:val="001F140E"/>
     <w:rsid w:val="001F19D7"/>
     <w:rsid w:val="00205295"/>
     <w:rsid w:val="002C0712"/>
     <w:rsid w:val="0031015C"/>
     <w:rsid w:val="00396807"/>
     <w:rsid w:val="003C1572"/>
     <w:rsid w:val="003D63A9"/>
     <w:rsid w:val="00421846"/>
     <w:rsid w:val="00425980"/>
     <w:rsid w:val="00486659"/>
     <w:rsid w:val="004C3743"/>
     <w:rsid w:val="004D7A40"/>
     <w:rsid w:val="005871A3"/>
     <w:rsid w:val="00594337"/>
     <w:rsid w:val="005B67C2"/>
     <w:rsid w:val="005C6533"/>
     <w:rsid w:val="00687FEB"/>
     <w:rsid w:val="00692EB7"/>
     <w:rsid w:val="00696758"/>
     <w:rsid w:val="006A2DBC"/>
     <w:rsid w:val="006F53C7"/>
     <w:rsid w:val="007600F1"/>
     <w:rsid w:val="007935E4"/>
+    <w:rsid w:val="007E5944"/>
     <w:rsid w:val="00801BB5"/>
     <w:rsid w:val="00826FB3"/>
     <w:rsid w:val="008661B5"/>
     <w:rsid w:val="00890B53"/>
     <w:rsid w:val="008949B3"/>
     <w:rsid w:val="008C56E4"/>
     <w:rsid w:val="00920CF3"/>
     <w:rsid w:val="00922255"/>
     <w:rsid w:val="00932CFF"/>
     <w:rsid w:val="009D4EF5"/>
     <w:rsid w:val="00A2654D"/>
     <w:rsid w:val="00A35217"/>
+    <w:rsid w:val="00AA1707"/>
     <w:rsid w:val="00AD2A86"/>
     <w:rsid w:val="00B61A0A"/>
     <w:rsid w:val="00B61A60"/>
     <w:rsid w:val="00B84DFA"/>
     <w:rsid w:val="00B853F6"/>
     <w:rsid w:val="00BD3BD7"/>
     <w:rsid w:val="00C54A43"/>
+    <w:rsid w:val="00CE5EDA"/>
     <w:rsid w:val="00DC4AA7"/>
     <w:rsid w:val="00DF1846"/>
     <w:rsid w:val="00E060C9"/>
     <w:rsid w:val="00E236A2"/>
     <w:rsid w:val="00E4079C"/>
     <w:rsid w:val="00E740AD"/>
     <w:rsid w:val="00E86E98"/>
     <w:rsid w:val="00EA6000"/>
     <w:rsid w:val="00EE1A76"/>
     <w:rsid w:val="00EE4F41"/>
     <w:rsid w:val="00F52CA8"/>
     <w:rsid w:val="00F76007"/>
     <w:rsid w:val="00F8235E"/>
     <w:rsid w:val="00F93E8D"/>
     <w:rsid w:val="00FA0D90"/>
     <w:rsid w:val="00FD1D16"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-GB"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="24577"/>
+    <o:shapedefaults v:ext="edit" spidmax="28673"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="18D04119"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{B3A61B76-22B6-6F4B-947F-7E330FEF9F93}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="en-GB" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="375">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -6878,95 +6899,98 @@
     <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Strong" w:uiPriority="22" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:qFormat="1"/>
     <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Top of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Bottom of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal (Web)" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Acronym" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Address" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Cite" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Code" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Definition" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Keyboard" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Preformatted" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Sample" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Typewriter" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Variable" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation subject" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="No List" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid" w:uiPriority="39"/>
     <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
     <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
     <w:lsdException w:name="Light List" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
@@ -7145,50 +7169,51 @@
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="006F53C7"/>
     <w:rPr>
       <w:lang w:eastAsia="fr-FR"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:qFormat/>
     <w:pPr>
       <w:keepNext/>
       <w:ind w:right="578"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times" w:hAnsi="Times"/>
       <w:b/>
       <w:bCs/>
       <w:caps/>
     </w:rPr>
@@ -7456,81 +7481,93 @@
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00E86E98"/>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
       <w:lang w:val="fr-FR" w:eastAsia="fr-FR"/>
     </w:rPr>
   </w:style>
   <w:style w:type="table" w:styleId="TableGrid">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="39"/>
     <w:rsid w:val="00F8235E"/>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
+  <w:style w:type="character" w:styleId="UnresolvedMention">
+    <w:name w:val="Unresolved Mention"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="001C6D34"/>
+    <w:rPr>
+      <w:color w:val="605E5C"/>
+      <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
+    </w:rPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="510875982">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:gst-tr.cs-ttd@nhs.net" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:gst-tr.cs-ttd@nhs.net" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:gstt.cs-ttd@nhs.net" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:gstt.cs-ttd@nhs.net" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpg"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -7804,83 +7841,83 @@
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="/APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{C3413C77-7519-482D-9869-13CE2A248B23}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>4</Pages>
+  <Pages>3</Pages>
   <Words>349</Words>
-  <Characters>2261</Characters>
+  <Characters>2256</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>18</Lines>
-  <Paragraphs>5</Paragraphs>
+  <Lines>282</Lines>
+  <Paragraphs>186</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Titre</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="2" baseType="lpstr">
       <vt:lpstr>LES HOPITAUX UNIVERSITAIRES DE STRASBOURG</vt:lpstr>
       <vt:lpstr>LES HOPITAUX UNIVERSITAIRES DE STRASBOURG</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>Laboratoire de Génétique</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>2605</CharactersWithSpaces>
+  <CharactersWithSpaces>2419</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HLinks>
     <vt:vector size="6" baseType="variant">
       <vt:variant>
         <vt:i4>2162697</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr>mailto:shehla.mohammed@gstt.nhs.uk</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
     </vt:vector>
   </HLinks>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>