--- v0 (2025-12-05)
+++ v1 (2026-01-27)
@@ -1,110 +1,117 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
-  <Default Extension="emf" ContentType="image/x-emf"/>
+  <Default Extension="jpg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="15ECB9CE" w14:textId="77777777" w:rsidR="00130C13" w:rsidRPr="00C2719A" w:rsidRDefault="00130C13" w:rsidP="00C2719A">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="48"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C2719A">
         <w:rPr>
           <w:b/>
           <w:sz w:val="48"/>
         </w:rPr>
         <w:t>Vascular Anomalies MDM Referral Form</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="15ECB9CF" w14:textId="77777777" w:rsidR="00130C13" w:rsidRPr="00C2719A" w:rsidRDefault="00130C13" w:rsidP="00C2719A">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r w:rsidRPr="00C2719A">
         <w:t>Please send to:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="15ECB9D0" w14:textId="77777777" w:rsidR="00130C13" w:rsidRPr="00D36AE3" w:rsidRDefault="00D36AE3" w:rsidP="00C2719A">
+    <w:p w14:paraId="15ECB9D0" w14:textId="6CFAB72E" w:rsidR="00130C13" w:rsidRPr="00D36AE3" w:rsidRDefault="001034A1" w:rsidP="00C2719A">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:color w:val="auto"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00D36AE3">
-[...8 lines deleted...]
-      </w:r>
       <w:hyperlink r:id="rId6" w:history="1">
-        <w:r w:rsidR="00C2719A" w:rsidRPr="00D36AE3">
+        <w:r w:rsidRPr="001034A1">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:b/>
-            <w:color w:val="auto"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
           </w:rPr>
-          <w:t>VascularanomaliesGSTT@nhs.net</w:t>
+          <w:t>g</w:t>
+        </w:r>
+        <w:r w:rsidR="00D36AE3" w:rsidRPr="001034A1">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:b/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+          </w:rPr>
+          <w:t>stt.</w:t>
+        </w:r>
+        <w:r w:rsidRPr="001034A1">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:b/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+          </w:rPr>
+          <w:t>vascularanomaliesgstt@nhs.net</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="15ECB9D1" w14:textId="77777777" w:rsidR="00C2719A" w:rsidRPr="00C2719A" w:rsidRDefault="00C2719A" w:rsidP="00C2719A">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9344" w:type="dxa"/>
         <w:tblInd w:w="-108" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
@@ -625,51 +632,51 @@
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r w:rsidRPr="00C2719A">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>MDT discussion only ⃝</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="15ECB9F2" w14:textId="77777777" w:rsidR="005363F1" w:rsidRPr="00C2719A" w:rsidRDefault="00C323A1">
+    <w:p w14:paraId="15ECB9F2" w14:textId="77777777" w:rsidR="001034A1" w:rsidRPr="00C2719A" w:rsidRDefault="001034A1">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="15ECB9F3" w14:textId="77777777" w:rsidR="00130C13" w:rsidRPr="00C2719A" w:rsidRDefault="00130C13">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C2719A">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Investigations included with referral </w:t>
@@ -725,52 +732,62 @@
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C2719A">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Sent via email with this form</w:t>
       </w:r>
       <w:r w:rsidR="00C2719A">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>/</w:t>
       </w:r>
       <w:r w:rsidRPr="00C2719A">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Available on WabaMML</w:t>
-      </w:r>
+        <w:t xml:space="preserve">Available on </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C2719A">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>WabaMML</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00C2719A">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> (delete as appropriate)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="15ECB9F6" w14:textId="77777777" w:rsidR="00130C13" w:rsidRPr="00C2719A" w:rsidRDefault="00130C13">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="15ECB9F7" w14:textId="1CEB19D2" w:rsidR="00130C13" w:rsidRPr="00C2719A" w:rsidRDefault="00130C13">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
@@ -941,51 +958,69 @@
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C2719A">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Others</w:t>
       </w:r>
       <w:r w:rsidR="00C2719A">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00F40D16">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>(eg histology)</w:t>
+        <w:t>(</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00F40D16">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>eg</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00F40D16">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> histology)</w:t>
       </w:r>
       <w:r w:rsidR="00C2719A">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00C2719A">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00C2719A">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
         <w:t>⃝</w:t>
@@ -1006,267 +1041,296 @@
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Please provide details</w:t>
       </w:r>
       <w:r w:rsidR="00C2719A">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="00D36AE3" w:rsidRPr="00C2719A">
       <w:headerReference w:type="default" r:id="rId7"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
     <w:p w14:paraId="15ECBA00" w14:textId="77777777" w:rsidR="00130C13" w:rsidRDefault="00130C13" w:rsidP="00130C13">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="15ECBA01" w14:textId="77777777" w:rsidR="00130C13" w:rsidRDefault="00130C13" w:rsidP="00130C13">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
     <w:p w14:paraId="15ECB9FE" w14:textId="77777777" w:rsidR="00130C13" w:rsidRDefault="00130C13" w:rsidP="00130C13">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="15ECB9FF" w14:textId="77777777" w:rsidR="00130C13" w:rsidRDefault="00130C13" w:rsidP="00130C13">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="15ECBA02" w14:textId="77777777" w:rsidR="00130C13" w:rsidRPr="00130C13" w:rsidRDefault="00130C13" w:rsidP="00130C13">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:jc w:val="right"/>
       <w:rPr>
         <w14:shadow w14:blurRad="50800" w14:dist="50800" w14:dir="5400000" w14:sx="0" w14:sy="0" w14:kx="0" w14:ky="0" w14:algn="ctr">
           <w14:srgbClr w14:val="000000">
             <w14:alpha w14:val="100000"/>
           </w14:srgbClr>
         </w14:shadow>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00130C13">
       <w:rPr>
         <w:noProof/>
         <w:lang w:eastAsia="en-GB"/>
       </w:rPr>
       <w:drawing>
-        <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="15ECBA03" wp14:editId="15ECBA04">
-[...1 lines deleted...]
-          <wp:effectExtent l="0" t="0" r="9525" b="9525"/>
+        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="15ECBA03" wp14:editId="26D2808E">
+          <wp:simplePos x="0" y="0"/>
+          <wp:positionH relativeFrom="margin">
+            <wp:posOffset>4742815</wp:posOffset>
+          </wp:positionH>
+          <wp:positionV relativeFrom="paragraph">
+            <wp:posOffset>-382905</wp:posOffset>
+          </wp:positionV>
+          <wp:extent cx="1687830" cy="847725"/>
+          <wp:effectExtent l="0" t="0" r="7620" b="9525"/>
+          <wp:wrapTight wrapText="bothSides">
+            <wp:wrapPolygon edited="0">
+              <wp:start x="0" y="0"/>
+              <wp:lineTo x="0" y="21357"/>
+              <wp:lineTo x="21454" y="21357"/>
+              <wp:lineTo x="21454" y="0"/>
+              <wp:lineTo x="0" y="0"/>
+            </wp:wrapPolygon>
+          </wp:wrapTight>
           <wp:docPr id="2" name="Picture 2"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
-                  <pic:cNvPr id="0" name="Picture 2"/>
+                  <pic:cNvPr id="2" name="Picture 2"/>
                   <pic:cNvPicPr>
                     <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                   </pic:cNvPicPr>
                 </pic:nvPicPr>
                 <pic:blipFill>
                   <a:blip r:embed="rId1">
                     <a:extLst>
                       <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                         <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                       </a:ext>
                     </a:extLst>
                   </a:blip>
-                  <a:srcRect/>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr bwMode="auto">
                   <a:xfrm>
                     <a:off x="0" y="0"/>
-                    <a:ext cx="2924175" cy="447675"/>
+                    <a:ext cx="1687830" cy="847725"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                   <a:noFill/>
                   <a:ln>
                     <a:noFill/>
                   </a:ln>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
-        </wp:inline>
+          <wp14:sizeRelH relativeFrom="margin">
+            <wp14:pctWidth>0</wp14:pctWidth>
+          </wp14:sizeRelH>
+          <wp14:sizeRelV relativeFrom="margin">
+            <wp14:pctHeight>0</wp14:pctHeight>
+          </wp14:sizeRelV>
+        </wp:anchor>
       </w:drawing>
     </w:r>
     <w:r>
       <w:ptab w:relativeTo="margin" w:alignment="center" w:leader="none"/>
     </w:r>
     <w:r>
       <w:ptab w:relativeTo="margin" w:alignment="right" w:leader="none"/>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
+  <w:hdrShapeDefaults>
+    <o:shapedefaults v:ext="edit" spidmax="2049"/>
+  </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00130C13"/>
+    <w:rsid w:val="001034A1"/>
     <w:rsid w:val="00130C13"/>
     <w:rsid w:val="00152667"/>
+    <w:rsid w:val="003E43A8"/>
     <w:rsid w:val="004319C3"/>
     <w:rsid w:val="00623679"/>
+    <w:rsid w:val="007E258F"/>
+    <w:rsid w:val="00AE6BF7"/>
     <w:rsid w:val="00C2719A"/>
     <w:rsid w:val="00C323A1"/>
     <w:rsid w:val="00D36AE3"/>
     <w:rsid w:val="00F40D16"/>
     <w:rsid w:val="00FB2594"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-GB"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="1026"/>
+    <o:shapedefaults v:ext="edit" spidmax="2049"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="15ECB9CE"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{6736D952-18E6-417D-AB3D-81164AF01F80}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-GB" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -1344,94 +1408,98 @@
     <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Strong" w:uiPriority="22" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:qFormat="1"/>
     <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Top of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Bottom of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal (Web)" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Acronym" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Address" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Cite" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Code" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Definition" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Keyboard" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Preformatted" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Sample" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Typewriter" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Variable" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation subject" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="No List" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid" w:uiPriority="39"/>
     <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
     <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
     <w:lsdException w:name="Light List" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
@@ -1714,65 +1782,77 @@
       <w:tabs>
         <w:tab w:val="center" w:pos="4513"/>
         <w:tab w:val="right" w:pos="9026"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="FooterChar">
     <w:name w:val="Footer Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Footer"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00130C13"/>
   </w:style>
   <w:style w:type="character" w:styleId="Hyperlink">
     <w:name w:val="Hyperlink"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00C2719A"/>
     <w:rPr>
       <w:color w:val="0563C1" w:themeColor="hyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="character" w:styleId="UnresolvedMention">
+    <w:name w:val="Unresolved Mention"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="001034A1"/>
+    <w:rPr>
+      <w:color w:val="605E5C"/>
+      <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
+    </w:rPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:VascularanomaliesGSTT@nhs.net" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:gstt.vascularanomaliesgstt@nhs.net" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.emf"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpg"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="5B9BD5"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -1997,69 +2077,69 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>116</Words>
-  <Characters>665</Characters>
+  <Words>99</Words>
+  <Characters>684</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>5</Lines>
-  <Paragraphs>1</Paragraphs>
+  <Lines>45</Lines>
+  <Paragraphs>30</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>GSTT</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>780</CharactersWithSpaces>
+  <CharactersWithSpaces>753</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Karunanithy Narayan</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>