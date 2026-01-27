--- v0 (2025-12-05)
+++ v1 (2026-01-27)
@@ -1712,51 +1712,51 @@
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>please</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-15"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>telephone:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7F859576" w14:textId="77777777" w:rsidR="009B162B" w:rsidRDefault="0016001F">
+    <w:p w14:paraId="7F859576" w14:textId="06D7ED2B" w:rsidR="009B162B" w:rsidRDefault="0016001F">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="6281"/>
         </w:tabs>
         <w:spacing w:before="12"/>
         <w:ind w:left="4841"/>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>GSTT</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-14"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
@@ -1776,56 +1776,56 @@
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>020</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-9"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>7188</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-9"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="00B467F5">
         <w:rPr>
           <w:spacing w:val="-4"/>
           <w:sz w:val="24"/>
         </w:rPr>
-        <w:t>0973</w:t>
+        <w:t>8880</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="42C3DC6F" w14:textId="77777777" w:rsidR="009B162B" w:rsidRDefault="0016001F">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="5561"/>
           <w:tab w:val="left" w:pos="6281"/>
         </w:tabs>
         <w:spacing w:before="12"/>
         <w:ind w:left="4841"/>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-5"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>KCH</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
@@ -1988,58 +1988,56 @@
         <w:rPr>
           <w:color w:val="FF0000"/>
         </w:rPr>
         <w:t>have</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="FF0000"/>
           <w:spacing w:val="-14"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="FF0000"/>
         </w:rPr>
         <w:t>their</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="FF0000"/>
           <w:spacing w:val="-14"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:color w:val="FF0000"/>
         </w:rPr>
         <w:t>NTproBNP</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:color w:val="FF0000"/>
           <w:spacing w:val="-14"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="FF0000"/>
         </w:rPr>
         <w:t>checked and referred directly to the HF team, if appropriate.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="15940D90" w14:textId="77777777" w:rsidR="009B162B" w:rsidRDefault="009B162B">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:before="10"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="6BD8FB17" w14:textId="77777777" w:rsidR="009B162B" w:rsidRDefault="0016001F">
@@ -2411,59 +2409,51 @@
       <w:r>
         <w:rPr>
           <w:spacing w:val="-9"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>care</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-9"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>of</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-9"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve">a specialist heart failure team to this team rather than </w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> open access echo.</w:t>
+        <w:t>a specialist heart failure team to this team rather than for open access echo.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1DE3FFF4" w14:textId="77777777" w:rsidR="009B162B" w:rsidRDefault="0016001F">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:before="11"/>
         <w:rPr>
           <w:sz w:val="8"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="8"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="487587840" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="26A88FA9" wp14:editId="2B9C002A">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="page">
                   <wp:posOffset>1983972</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>80661</wp:posOffset>
@@ -3885,51 +3875,51 @@
       <w:r>
         <w:rPr>
           <w:spacing w:val="-7"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t>to</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-6"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t>GSTT:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4BE99891" w14:textId="77777777" w:rsidR="009B162B" w:rsidRDefault="0016001F">
+    <w:p w14:paraId="4BE99891" w14:textId="68B024CF" w:rsidR="009B162B" w:rsidRDefault="0016001F">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1932"/>
         </w:tabs>
         <w:spacing w:before="27" w:line="288" w:lineRule="auto"/>
         <w:ind w:left="1213" w:firstLine="11"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>Adult</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-14"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>Echocardiography,</w:t>
@@ -3971,58 +3961,56 @@
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>North Wing</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>St</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>Thomas'</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>Hospital,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-3"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>London</w:t>
@@ -4039,51 +4027,57 @@
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>SE1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">7EU </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-4"/>
         </w:rPr>
         <w:t>Tel:</w:t>
       </w:r>
       <w:r>
         <w:tab/>
-        <w:t>020 7188 0973 or</w:t>
+        <w:t xml:space="preserve">020 7188 </w:t>
+      </w:r>
+      <w:r w:rsidR="00B467F5">
+        <w:t>8880</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> or</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5B8ED86D" w14:textId="56388BF5" w:rsidR="009B162B" w:rsidRPr="0016001F" w:rsidRDefault="0016001F">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:line="212" w:lineRule="exact"/>
         <w:ind w:left="1213"/>
       </w:pPr>
       <w:hyperlink r:id="rId11" w:history="1">
         <w:r w:rsidRPr="0016001F">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>gstt.cardiology-non-invasive@nhs.net</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="1211C111" w14:textId="77777777" w:rsidR="009B162B" w:rsidRDefault="0016001F">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:ind w:left="1002"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b w:val="0"/>
@@ -4845,50 +4839,51 @@
         <w:t xml:space="preserve"> 2021</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7699A965" w14:textId="77777777" w:rsidR="009B162B" w:rsidRDefault="0016001F">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:spacing w:before="92"/>
         <w:ind w:left="0" w:right="0"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b w:val="0"/>
         </w:rPr>
         <w:br w:type="column"/>
       </w:r>
       <w:r>
         <w:t>INCOMPLETE</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-15"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
+        <w:lastRenderedPageBreak/>
         <w:t>FORMS</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-13"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>WILL</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-13"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>BE</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-14"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
@@ -5104,78 +5099,79 @@
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
     <w:p w14:paraId="3407E921" w14:textId="77777777" w:rsidR="0016001F" w:rsidRDefault="0016001F">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="1A00C938" w14:textId="77777777" w:rsidR="0016001F" w:rsidRDefault="0016001F">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:drawingGridHorizontalSpacing w:val="110"/>
   <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:ulTrailSpace/>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="009B162B"/>
     <w:rsid w:val="0016001F"/>
     <w:rsid w:val="00795003"/>
     <w:rsid w:val="009B162B"/>
+    <w:rsid w:val="00B01131"/>
+    <w:rsid w:val="00B467F5"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-GB"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="7EDEAF74"/>
@@ -5968,51 +5964,51 @@
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>1</Pages>
+  <Pages>2</Pages>
   <Words>248</Words>
   <Characters>1415</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>11</Lines>
   <Paragraphs>3</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company>GUY'S AND ST THOMAS' NHS FOUNDATION TRUST</Company>
   <LinksUpToDate>false</LinksUpToDate>
   <CharactersWithSpaces>1660</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>Microsoft Word - Open Access Echocardiography Referral Form KHP 27.05.21 (1)</dc:title>
   <dc:creator>HP</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>