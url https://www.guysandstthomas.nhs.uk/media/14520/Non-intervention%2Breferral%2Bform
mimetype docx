--- v0 (2025-12-05)
+++ v1 (2026-01-27)
@@ -1,77 +1,78 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="195E8F5D" w14:textId="51DAD17D" w:rsidR="00A912AF" w:rsidRDefault="00F82F3D" w:rsidP="00F82F3D">
+    <w:p w14:paraId="195E8F5D" w14:textId="0109C954" w:rsidR="00A912AF" w:rsidRDefault="00AC2BC7" w:rsidP="00AC2BC7">
       <w:pPr>
-        <w:ind w:left="7241" w:hanging="41"/>
+        <w:ind w:left="3904"/>
+        <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="1F0DDDC0" wp14:editId="50B2A8A0">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="6F7D4117" wp14:editId="246E7661">
             <wp:extent cx="2101251" cy="1057275"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
-            <wp:docPr id="45" name="Picture 45"/>
+            <wp:docPr id="45" name="Picture 45" descr="A logo with blue and white text&#10;&#10;AI-generated content may be incorrect."/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="Picture 1"/>
+                    <pic:cNvPr id="45" name="Picture 45" descr="A logo with blue and white text&#10;&#10;AI-generated content may be incorrect."/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId4" cstate="print">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="2106424" cy="1059878"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
@@ -425,51 +426,51 @@
                                   <w:spacing w:val="-7"/>
                                 </w:rPr>
                                 <w:t xml:space="preserve"> </w:t>
                               </w:r>
                               <w:r>
                                 <w:rPr>
                                   <w:spacing w:val="-5"/>
                                 </w:rPr>
                                 <w:t>Tel</w:t>
                               </w:r>
                             </w:p>
                           </w:txbxContent>
                         </wps:txbx>
                         <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
                           <a:noAutofit/>
                         </wps:bodyPr>
                       </wps:wsp>
                     </wpg:wgp>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:group w14:anchorId="1D44335A" id="Group 2" o:spid="_x0000_s1026" style="position:absolute;left:0;text-align:left;margin-left:62.45pt;margin-top:103.5pt;width:234.75pt;height:198.75pt;z-index:15731712;mso-wrap-distance-left:0;mso-wrap-distance-right:0;mso-position-horizontal-relative:page" coordsize="29813,25241" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQD0iCwItgMAAJIOAAAOAAAAZHJzL2Uyb0RvYy54bWzcV22PmzgQ/l7p/oPF91teEghBm62u3evq&#10;pKqt1D31swPmRQeY2k5g/31nBgzZ9Kqqm7aqmg/ExuPx+HnmGZvr50NTs6NQupLtzvGvPIeJNpVZ&#10;1RY759/7V3/GDtOGtxmvZSt2zoPQzvObP55d910iAlnKOhOKgZNWJ323c0pjusR1dVqKhusr2YkW&#10;BnOpGm6gqwo3U7wH703tBp4Xub1UWadkKrSGt7fjoHND/vNcpOZtnmthWL1zIDZDT0XPPT7dm2ue&#10;FIp3ZZVOYfAnRNHwqoVFZ1e33HB2UNVnrpoqVVLL3FylsnFlnlepoD3AbnzvbDd3Sh462kuR9EU3&#10;wwTQnuH0ZLfpm+M7xaps5wQOa3kDFNGqLEBo+q5IwOJOde+7d2rcHzRfy/Q/DcPu+Tj2i8V4yFWD&#10;k2CbbCDMH2bMxWBYCi+DbeyvgtBhKYwFYbD2oUOspCVQ99m8tPz7KzNdnowLU3hzOH0HGaYXEPVl&#10;IL4veSeIG40QTSCuFhDHlFqNMJINYkig6kRPcJ4htN5EQAMAQQ1CYcFp48cepPCIk7+OoIMc2N3y&#10;JD1ocyckQc6Pr7UhB0VmW7y0rXRobVOBRFAcNYnDOAzEoRwG4tiPNHTc4DzkEZusR86mWEqkbAwF&#10;xxt5FPeSLM1CnLUYg11s6vbUdvZJaXC6PWtn/zvyfWpvgbAW9n+0BMxs2gFYdsz+n9o8jtRapLXU&#10;YgweASDIZ1DA4ynsdYv4bEPIYYRBy7rKXlV1TR1V7F/Wih051iL6TQQ+MuuUNrdcl6MdDU1mdUuS&#10;s9mDCb2X2QOkXg8FbOfojweuhMPqf1pIbqx2tqFsY28bytQvJdVEogvWvB8+cNUxXH7nGEi7N9Lm&#10;OE9sOsF20WC0xZmt/OtgZF5hroHebERTB/SGReQnCG9thXcPke/lwNYIGi4N4kThMTO8kFBvfPv+&#10;CxL0Pcw9SpkwikIy54lVoR+F2yCcqlW09rzY5p5VMsKDIpyARHlRKpwhOOqUEBsDwVDNsB+mqL8T&#10;sb8KPYDYeLhYeqjGX0ZPHMHBQfV14SfYwGkyFUk/jOI1rXNSIy+lh47KOYd+M5aic5YiK5ZvFdF6&#10;s/K8Lano/2ha+VEcTSr6cTRNVxhbky6ukr+KmDbnNG2eStNS63w/XgVRjI4WNYXBxgt/uJrmK9Jv&#10;pib48nlc8wjdy2qeHwfRakuyXGjawFVwO6kJLo5xTGff9y5684H682iiCzx8+NCVa/pIwy+r0z7d&#10;NJZPyZtPAAAA//8DAFBLAwQUAAYACAAAACEAxOwZM+IAAAALAQAADwAAAGRycy9kb3ducmV2Lnht&#10;bEyPwU7DMBBE70j8g7VI3KidkJQ2xKmqCjhVlWiRKm5uvE2ixnYUu0n69ywnOI72afZNvppMywbs&#10;feOshGgmgKEtnW5sJeHr8P60AOaDslq1zqKEG3pYFfd3ucq0G+0nDvtQMSqxPlMS6hC6jHNf1miU&#10;n7kOLd3OrjcqUOwrrns1UrlpeSzEnBvVWPpQqw43NZaX/dVI+BjVuH6O3obt5by5fR/S3XEboZSP&#10;D9P6FVjAKfzB8KtP6lCQ08ldrfaspRwnS0IlxOKFRhGRLpME2EnCXCQp8CLn/zcUPwAAAP//AwBQ&#10;SwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlw&#10;ZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVs&#10;cy8ucmVsc1BLAQItABQABgAIAAAAIQD0iCwItgMAAJIOAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMv&#10;ZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQDE7Bkz4gAAAAsBAAAPAAAAAAAAAAAAAAAAABAGAABk&#10;cnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAHwcAAAAA&#10;">
+              <v:group w14:anchorId="1D44335A" id="Group 2" o:spid="_x0000_s1026" style="position:absolute;left:0;text-align:left;margin-left:62.45pt;margin-top:103.5pt;width:234.75pt;height:198.75pt;z-index:15731712;mso-wrap-distance-left:0;mso-wrap-distance-right:0;mso-position-horizontal-relative:page" coordsize="29813,25241" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCmJHPiqAMAAHAOAAAOAAAAZHJzL2Uyb0RvYy54bWzcV9uO2zYQfS+QfyD4ntXFliwL6w3SbLMo&#10;EKQBskWfaYm6IJLIkrSl/fsOR6KkdVq0zWaLYv0gk+JwODznzJC6fjO0DTlzpWvRHWhw5VPCu0zk&#10;dVce6K/3718nlGjDupw1ouMH+sA1fXPz6ofrXqY8FJVocq4IOOl02ssDrYyRqefprOIt01dC8g4G&#10;C6FaZqCrSi9XrAfvbeOFvh97vVC5VCLjWsPb23GQ3qD/ouCZ+aUoNDekOVCIzeBT4fNon97NNUtL&#10;xWRVZ1MY7BuiaFndwaKzq1tmGDmp+itXbZ0poUVhrjLReqIo6ozjHmA3gX+xmzslThL3UqZ9KWeY&#10;ANoLnL7ZbfbxfKfkZ/lJjdFD84PIvmjAxetlma7Hbb9cjIdCtXYSbIIMiOjDjCgfDMngZbhPgk0Y&#10;UZLBWBiF2wA6iHlWATFfzcuqn/5mpsfScWEMbw6nl6AfvUCknwbR54pJjshrC8EnRer8QDeUdKwF&#10;Fd9NgtnYvdilwcZiOPX0BOcFQttdHFICQGADUVhw2gWJDwIdcQq2MXTAYt4tS7OTNndcIOTs/EEb&#10;dFDmrsUq18qGzjUVJICVfoPSN5SA9BUlIP3jSINkxs6zPNom6S1nUyyVpWwMxY634szvBVqahThn&#10;MQa72DTd2nb2iTJYb8/ZuX+Jvtf2Dghn4f5HS8DMyQ7AcmPuf23zOFJnkTVC8zF4CwBCPoMCHtew&#10;N53FZx+Bhi0MWjR1/r5uGuyo8viuUeTMbKXB30TgIzOptLlluhrtcGgyazpMOZ2O6rGqOor8AaTX&#10;g9oOVP9+YopT0vzcgbhtLXMN5RpH11CmeSew4iFdsOb98BtTktjlD9SA7D4Kp3GWOjnBdq3BaGtn&#10;duLtyYiitlqDfHMRTR3It1H9z554W5d49xD5UQxka0FbJR4xw48C6k3g3v9FCga+1R5KJorjCM1Z&#10;6rIwiKN9GE3VKt76fuK05zLZwmOTcALSphdK4QLBMU8RsYVNMxyHKervROz/hR5AbKyLjh6s8U+j&#10;J4nh4MD6uvAT7uA0mYpkEMXJFtdZ1cin0oNVftbQC2MpvmQpdskynV7/OIm2u43v7zGL/oymTRAn&#10;8ZRFz0dT6KJ/YTTtLmnauY3+W5qWWhcEySaME+toyaYo3PnRs2fTfEV6YTTBd83jmofoPq3mBUkY&#10;b/aYlgtNO7gK7qdsgotjkuDZ972L3nyg/nc04QUePmvwyjV9gtnvpnUfbxrLh+LNHwAAAP//AwBQ&#10;SwMEFAAGAAgAAAAhAMTsGTPiAAAACwEAAA8AAABkcnMvZG93bnJldi54bWxMj8FOwzAQRO9I/IO1&#10;SNyonZCUNsSpqgo4VZVokSpubrxNosZ2FLtJ+vcsJziO9mn2Tb6aTMsG7H3jrIRoJoChLZ1ubCXh&#10;6/D+tADmg7Jatc6ihBt6WBX3d7nKtBvtJw77UDEqsT5TEuoQuoxzX9ZolJ+5Di3dzq43KlDsK657&#10;NVK5aXksxJwb1Vj6UKsONzWWl/3VSPgY1bh+jt6G7eW8uX0f0t1xG6GUjw/T+hVYwCn8wfCrT+pQ&#10;kNPJXa32rKUcJ0tCJcTihUYRkS6TBNhJwlwkKfAi5/83FD8AAAD//wMAUEsBAi0AFAAGAAgAAAAh&#10;ALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAU&#10;AAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAU&#10;AAYACAAAACEApiRz4qgDAABwDgAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwEC&#10;LQAUAAYACAAAACEAxOwZM+IAAAALAQAADwAAAAAAAAAAAAAAAAACBgAAZHJzL2Rvd25yZXYueG1s&#10;UEsFBgAAAAAEAAQA8wAAABEHAAAAAA==&#10;">
                 <v:shape id="Graphic 3" o:spid="_x0000_s1027" style="position:absolute;left:47;top:47;width:29718;height:25146;visibility:visible;mso-wrap-style:square;v-text-anchor:top" coordsize="2971800,2514600" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQA3jLK3wwAAANoAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Ba8JA&#10;FITvgv9heYK3urFildRVpKDVkxoL7fGZfSbB7NuQ3Sbx37uFgsdhZr5hFqvOlKKh2hWWFYxHEQji&#10;1OqCMwVf583LHITzyBpLy6TgTg5Wy35vgbG2LZ+oSXwmAoRdjApy76tYSpfmZNCNbEUcvKutDfog&#10;60zqGtsAN6V8jaI3abDgsJBjRR85pbfk1yj4duemmJn9NCq7y3prf7LD57FVajjo1u8gPHX+Gf5v&#10;77SCCfxdCTdALh8AAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAAAAAAAAAA&#10;AAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAVAQAACwAA&#10;AAAAAAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAN4yyt8MAAADaAAAADwAA&#10;AAAAAAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAPcCAAAAAA==&#10;" path="m,2514600r2971800,l2971800,,,,,2514600xe" filled="f">
                   <v:path arrowok="t"/>
                 </v:shape>
                 <v:shapetype id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
                   <v:stroke joinstyle="miter"/>
                   <v:path gradientshapeok="t" o:connecttype="rect"/>
                 </v:shapetype>
                 <v:shape id="Textbox 4" o:spid="_x0000_s1028" type="#_x0000_t202" style="position:absolute;left:1014;top:566;width:16593;height:6401;visibility:visible;mso-wrap-style:square;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQA4K6q0wwAAANoAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Ba8JA&#10;FITvBf/D8gRvdWMRqdFVRCwUhGKMB4/P7DNZzL6N2a3Gf98VCh6HmfmGmS87W4sbtd44VjAaJiCI&#10;C6cNlwoO+df7JwgfkDXWjknBgzwsF723Oaba3Tmj2z6UIkLYp6igCqFJpfRFRRb90DXE0Tu71mKI&#10;si2lbvEe4baWH0kykRYNx4UKG1pXVFz2v1bB6sjZxlx/TrvsnJk8nya8nVyUGvS71QxEoC68wv/t&#10;b61gDM8r8QbIxR8AAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAAAAAAAAAA&#10;AAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAVAQAACwAA&#10;AAAAAAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAOCuqtMMAAADaAAAADwAA&#10;AAAAAAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAPcCAAAAAA==&#10;" filled="f" stroked="f">
                   <v:textbox inset="0,0,0,0">
                     <w:txbxContent>
                       <w:p w14:paraId="2F497481" w14:textId="77777777" w:rsidR="00A912AF" w:rsidRDefault="00444C34">
                         <w:pPr>
                           <w:spacing w:line="244" w:lineRule="auto"/>
                         </w:pPr>
                         <w:r>
                           <w:rPr>
                             <w:b/>
                           </w:rPr>
                           <w:t>Patient</w:t>
                         </w:r>
                         <w:r>
                           <w:rPr>
                             <w:b/>
                             <w:spacing w:val="-13"/>
                           </w:rPr>
@@ -831,51 +832,51 @@
                             <w:p w14:paraId="6F9D1B7A" w14:textId="77777777" w:rsidR="00A912AF" w:rsidRDefault="00444C34">
                               <w:pPr>
                                 <w:spacing w:line="247" w:lineRule="exact"/>
                               </w:pPr>
                               <w:r>
                                 <w:rPr>
                                   <w:spacing w:val="-2"/>
                                 </w:rPr>
                                 <w:t>Digoxin</w:t>
                               </w:r>
                             </w:p>
                           </w:txbxContent>
                         </wps:txbx>
                         <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
                           <a:noAutofit/>
                         </wps:bodyPr>
                       </wps:wsp>
                     </wpg:wgp>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:group w14:anchorId="3A87A686" id="Group 9" o:spid="_x0000_s1033" style="position:absolute;left:0;text-align:left;margin-left:305.45pt;margin-top:256.5pt;width:234.75pt;height:45.75pt;z-index:15732224;mso-wrap-distance-left:0;mso-wrap-distance-right:0;mso-position-horizontal-relative:page" coordsize="29813,5810" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAH8+t0pAMAAOELAAAOAAAAZHJzL2Uyb0RvYy54bWzMVt+PmzgQfq90/4Pl91swCSFBm62u3evq&#10;pGpbqVvdswPmhw4wtZ3A/vcdDxho2p7S7apqHuIx/myPv5n57OuXfV2Rk1C6lM2esiufEtEkMi2b&#10;fE8/Prz5c0uJNrxJeSUbsaePQtOXN3+8uO7aWASykFUqFIFFGh137Z4WxrSx5+mkEDXXV7IVDQxm&#10;UtXcQFflXqp4B6vXlRf4/sbrpEpbJROhNXy9HQbpDa6fZSIx77JMC0OqPQXfDP4r/D/Yf+/mmse5&#10;4m1RJqMb/Ale1LxsYNNpqVtuODmq8qul6jJRUsvMXCWy9mSWlYnAM8BpmH92mjsljy2eJY+7vJ1o&#10;AmrPeHryssn96b0iZbqnO0oaXkOIcFeys9R0bR4D4k61H9r3ajgfmG9l8p+GYe983PbzGdxnqraT&#10;4JikR84fJ85Fb0gCH4Pdlq2CkJIExsIt88HGoCQFRO6raUnx9/9P9Hg8bIvOTc50LeSXninUP0fh&#10;h4K3AiOjLUEjhQwyzHE4ZBR8QRoRZTkce3qk84yhdbQJKAEi0EAaZp4itvVhA+QpYiHYAJiOy+Pk&#10;qM2dkMg4P73VBufnqbN44aykb5ypoEJsbVRYG4YSqA1FCdTGYQhDy42dZ8NoTdLZkI2uFBCxwRM7&#10;XMuTeJAINHPcRsDg6gypmiV0WtHmwPJsDubaFldewh0LDuHaAQl8uZQDptyYa5eYb26bVFKLwXV7&#10;+CeQwNh6ZaNmYxpGoFhj0L7HxGod7L6Fdy67dnB9gQ6C7WZa3aFcO6AXvvwY+gvP3ZrPwM022GJK&#10;X0pO4IfR+nJ2lvBLDrxw5wfhlxEEGThVE9jLeq0aW1i7EMTPJpmWVZm+KasKOyo/vK4UOXF7h+Fv&#10;TKIvYK3S5pbrYsDh0AirGpRqHQ+qY6XwINNHEK0OLr491Z+OXAlKqn8akEVIVuMM5YyDM5SpXku8&#10;S7EYYM+H/l+uWmK331MDcnUvnTry2OmQPfqEtTMb+dfRyKy0IgVK7TwaO6DU9vL5FZLNnGQ/gOsH&#10;2RPGLG12cxB2K9nE9K8k3FTT9++IN/NZtBtKPYz8VWCX4bHTbxasViyCYavfKxCCtZMCdwdYgqx+&#10;j1RaZcZkOONwkHjkbI6n6Q893uJ4ec58/nSEf5s4wb04XK1TnJDgJ8QpYMEGbhDU5MC+ujAQc6TW&#10;URQGY6BYuNmukVPI4GcN1MZl2TOV4gWBwhcRvCPx1TC+ee1DddnHApxf5jefAQAA//8DAFBLAwQU&#10;AAYACAAAACEAJ8LciuEAAAAMAQAADwAAAGRycy9kb3ducmV2LnhtbEyPUWvCMBSF3wf7D+EO9jaT&#10;TCtam4rIticZTAdjb7G5tsXmpjSxrf9+8Wk+Xs7Hud/J1qNtWI+drx0pkBMBDKlwpqZSwffh/WUB&#10;zAdNRjeOUMEVPazzx4dMp8YN9IX9PpQslpBPtYIqhDbl3BcVWu0nrkWK2cl1Vod4diU3nR5iuW34&#10;qxBzbnVN8UOlW9xWWJz3F6vgY9DDZirf+t35tL3+HpLPn51EpZ6fxs0KWMAx/MNw04/qkEeno7uQ&#10;8axRMJdiGVEFiZzGUTdCLMQM2DFmYpYAzzN+PyL/AwAA//8DAFBLAQItABQABgAIAAAAIQC2gziS&#10;/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgA&#10;AAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgA&#10;AAAhAAfz63SkAwAA4QsAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAG&#10;AAgAAAAhACfC3IrhAAAADAEAAA8AAAAAAAAAAAAAAAAA/gUAAGRycy9kb3ducmV2LnhtbFBLBQYA&#10;AAAABAAEAPMAAAAMBwAAAAA=&#10;">
+              <v:group w14:anchorId="3A87A686" id="Group 9" o:spid="_x0000_s1033" style="position:absolute;left:0;text-align:left;margin-left:305.45pt;margin-top:256.5pt;width:234.75pt;height:45.75pt;z-index:15732224;mso-wrap-distance-left:0;mso-wrap-distance-right:0;mso-position-horizontal-relative:page" coordsize="29813,5810" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQA+QjDzlgMAAL8LAAAOAAAAZHJzL2Uyb0RvYy54bWzMVt9v2zYQfh+w/4HQ+yJRtixHiFNszRoM&#10;KLoCzbBnmqJ+YJLIkbSl/Pc7nkRJTdvBTVOgfjCP4sfj8bvjR968GtqGnIU2tewOAb2KAiI6LvO6&#10;Kw/BXw9vftkHxFjW5ayRnTgEj8IEr25//ummV5mIZSWbXGgCTjqT9eoQVNaqLAwNr0TLzJVUooPB&#10;QuqWWejqMsw168F724RxFO3CXupcacmFMfD1bhwMbtF/UQhu/ywKIyxpDgHEZvFf4//R/Ye3Nywr&#10;NVNVzacw2DOiaFndwaKzqztmGTnp+hNXbc21NLKwV1y2oSyKmgvcA+yGRk92c6/lSeFeyqwv1UwT&#10;UPuEp2e75e/O91p9UO/1GD2YbyX/xwAvYa/KbD3u+uUCHgrdukmwCTIgo48zo2KwhMPH+HpPN3ES&#10;EA5jyZ5GYCPlvIK8fDKNV7///8SQZeOyGNwcTK+gesxCkPk2gj5UTAnk3TgC3mtS51DcUD8da6GI&#10;76d6gS+wGbc4oByHU89MdD5haJvu4oAAEWggDQtPKd1HsADylNIEbADM22UZPxl7LyQyzs5vjcX5&#10;Ze4tVnmLD503NdS/q/wGK98GBCpfBwQq/zimQTHr5rk0OpP0LmVTKBVkbIzEDbfyLB4kAu2Stwkw&#10;hrpAmm4NnT26GljvzcN8q9DzGu5Z8Ajfjkjgy5ccMOXHfLvGfHZZ3kgjxtDd5p9BAqXbjcuay2mS&#10;gh5NSfsSE5ttfP05vA/Zt2PoK3Qc73ezd4/y7YhexfJ16I8i9z5fgJt9vMeSvpScOErS7eXsrOGX&#10;bHgVzlfCLyMIKnA+TWCvz2vTuYN1nYD4uSIzsqnzN3XTYEeXx9eNJmfmbij8TUX0EUxpY++YqUYc&#10;Dk2wpkOpNtmoOk6NjjJ/BNHqQaYOgfn3xLQISPNHB7IIxWq9ob1x9Ia2zWuJNyUeBljzYfibaUXc&#10;8ofAgly9k14dWeZ1yG19xrqZnfz1ZGVRO5ECpfYRTR1Q6lE1v79kUy/ZDxD6UQ6EUkfbSrKJHX6T&#10;cFPN378g3jSi6fV41JM02sTODcu8ftN4s6EpDDv93oAQbL0U+DvAEeT0e6LSKTMWwxMOR4lHzpZ8&#10;2uE44BWEl+fC5zdn+IfJE9yL49U65wkJfkaeYhrv4AZBTY7dmwoTsWRqm6ZJPCWKJrv9FjmFCn7R&#10;RO18lb3QUbwgUfgiglcivhqmF617hq77eACXd/ftfwAAAP//AwBQSwMEFAAGAAgAAAAhACfC3Irh&#10;AAAADAEAAA8AAABkcnMvZG93bnJldi54bWxMj1FrwjAUhd8H+w/hDvY2k0wrWpuKyLYnGUwHY2+x&#10;ubbF5qY0sa3/fvFpPl7Ox7nfydajbViPna8dKZATAQypcKamUsH34f1lAcwHTUY3jlDBFT2s88eH&#10;TKfGDfSF/T6ULJaQT7WCKoQ25dwXFVrtJ65FitnJdVaHeHYlN50eYrlt+KsQc251TfFDpVvcVlic&#10;9xer4GPQw2Yq3/rd+bS9/h6Sz5+dRKWen8bNCljAMfzDcNOP6pBHp6O7kPGsUTCXYhlRBYmcxlE3&#10;QizEDNgxZmKWAM8zfj8i/wMAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAA&#10;AAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQB&#10;AAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQA+QjDzlgMAAL8L&#10;AAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQAnwtyK4QAA&#10;AAwBAAAPAAAAAAAAAAAAAAAAAPAFAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAA/gYA&#10;AAAA&#10;">
                 <v:shape id="Graphic 10" o:spid="_x0000_s1034" style="position:absolute;left:47;top:47;width:29718;height:5715;visibility:visible;mso-wrap-style:square;v-text-anchor:top" coordsize="2971800,571500" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQC7J4rwxgAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI/Na8JA&#10;EMXvQv+HZQq96aYeJKSuIoJQLwU/Kj2O2cmHZmdjdhtj//rOodDbDO/Ne7+ZLwfXqJ66UHs28DpJ&#10;QBHn3tZcGjgeNuMUVIjIFhvPZOBBAZaLp9EcM+vvvKN+H0slIRwyNFDF2GZah7wih2HiW2LRCt85&#10;jLJ2pbYd3iXcNXqaJDPtsGZpqLCldUX5df/tDOxm5/7yedseUpf+fHwdC/c4FVNjXp6H1RuoSEP8&#10;N/9dv1vBF3r5RQbQi18AAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAAAAAA&#10;AAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAVAQAA&#10;CwAAAAAAAAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAuyeK8MYAAADbAAAA&#10;DwAAAAAAAAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAPoCAAAAAA==&#10;" path="m,571500r2971800,l2971800,,,,,571500xem114300,457200r228600,l342900,228600r-228600,l114300,457200xem1828800,457200r228600,l2057400,228600r-228600,l1828800,457200xe" filled="f">
                   <v:path arrowok="t"/>
                 </v:shape>
                 <v:shape id="Textbox 11" o:spid="_x0000_s1035" type="#_x0000_t202" style="position:absolute;left:1017;top:570;width:12332;height:3200;visibility:visible;mso-wrap-style:square;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQB6dQcswQAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE9Ni8Iw&#10;EL0L+x/CCHvTVA+iXaOIrCAsLNZ68DjbjG2wmdQmq/XfG0HwNo/3OfNlZ2txpdYbxwpGwwQEceG0&#10;4VLBId8MpiB8QNZYOyYFd/KwXHz05phqd+OMrvtQihjCPkUFVQhNKqUvKrLoh64hjtzJtRZDhG0p&#10;dYu3GG5rOU6SibRoODZU2NC6ouK8/7cKVkfOvs3l92+XnTKT57OEfyZnpT773eoLRKAuvMUv91bH&#10;+SN4/hIPkIsHAAAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAAAAAAAAAA&#10;AAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAAAA&#10;AAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAHp1ByzBAAAA2wAAAA8AAAAA&#10;AAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD1AgAAAAA=&#10;" filled="f" stroked="f">
                   <v:textbox inset="0,0,0,0">
                     <w:txbxContent>
                       <w:p w14:paraId="440E91EE" w14:textId="77777777" w:rsidR="00A912AF" w:rsidRDefault="00444C34">
                         <w:pPr>
                           <w:spacing w:line="247" w:lineRule="exact"/>
                           <w:rPr>
                             <w:b/>
                           </w:rPr>
                         </w:pPr>
                         <w:r>
                           <w:rPr>
                             <w:b/>
                           </w:rPr>
                           <w:t>Current</w:t>
                         </w:r>
                         <w:r>
                           <w:rPr>
                             <w:b/>
                             <w:spacing w:val="-3"/>
                           </w:rPr>
                           <w:t xml:space="preserve"> </w:t>
@@ -1049,51 +1050,51 @@
                               <w:rPr>
                                 <w:spacing w:val="-2"/>
                               </w:rPr>
                               <w:t xml:space="preserve">Postcode </w:t>
                             </w:r>
                             <w:r>
                               <w:rPr>
                                 <w:spacing w:val="-4"/>
                               </w:rPr>
                               <w:t>Tel</w:t>
                             </w:r>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shape w14:anchorId="4D3E2EB4" id="Textbox 13" o:spid="_x0000_s1037" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:305.85pt;margin-top:103.9pt;width:234pt;height:2in;z-index:15738880;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDiHOqp2AEAAKwDAAAOAAAAZHJzL2Uyb0RvYy54bWysU8GO0zAQvSPxD5bvNGnQst2o6Qq2WoS0&#10;AqRdPsBxnMbC8RiP26R/z9hJuhXcED24tuf5zbw3k+392Bt2Uh412IqvVzlnykpotD1U/MfL47sN&#10;ZxiEbYQBqyp+Vsjvd2/fbAdXqgI6MI3yjEgsloOreBeCK7MMZad6gStwylKwBd+LQEd/yBovBmLv&#10;TVbk+YdsAN84D1Ih0u1+CvJd4m9bJcO3tkUVmKk41RbS6tNaxzXbbUV58MJ1Ws5liH+oohfaUtIL&#10;1V4EwY5e/0XVa+kBoQ0rCX0GbaulShpIzTr/Q81zJ5xKWsgcdBeb8P/Ryq+n757phnr3njMreurR&#10;ixpDDSOjG7JncFgS6tkRLoyfYCRokoruCeRPJEh2hZkeIKGjHWPr+/hPQhk9pA6cL65TFibpsri7&#10;XW9yCkmKrTfFJh4i6+tz5zF8VtCzuKm4p7amEsTpCcMEXSAxm7FsqPjdTXEzFQpGN4/amBhDf6gf&#10;jGcnESci/eZkeA2LdHuB3YRLoRlm7Cx40hilh7Eek4e3i2E1NGfya6DBqjj+OgqvODNfLHUuTuGy&#10;8cumXjY+mAdIsxqLtfDxGKDVSWPMNPHOBdBIJJfm8Y0zd31OqNePbPcbAAD//wMAUEsDBBQABgAI&#10;AAAAIQCV4UfB4gAAAAwBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/LTsMwEEX3SPyDNUhsqtZOVZoH&#10;mVSogl1BonTB0o1NEhHbIXZa9++ZrmA5M0d3zi030fTspEffOYuQLAQwbWunOtsgHD5e5hkwH6RV&#10;sndWI1y0h011e1PKQrmzfdenfWgYhVhfSIQ2hKHg3NetNtIv3KAt3b7caGSgcWy4GuWZwk3Pl0Ks&#10;uZGdpQ+tHPS21fX3fjIIu9VuO32q17fnWXaJ+czJPIYfxPu7+PQILOgY/mC46pM6VOR0dJNVnvUI&#10;6yRJCUVYipQ6XAmR5rQ6Iqzyhwx4VfL/JapfAAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAA&#10;AOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAh&#10;ADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAh&#10;AOIc6qnYAQAArAMAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgA&#10;AAAhAJXhR8HiAAAADAEAAA8AAAAAAAAAAAAAAAAAMgQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAA&#10;BAAEAPMAAABBBQAAAAA=&#10;" filled="f">
+              <v:shape w14:anchorId="4D3E2EB4" id="Textbox 13" o:spid="_x0000_s1037" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:305.85pt;margin-top:103.9pt;width:234pt;height:2in;z-index:15738880;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCVrJWjxgEAAIYDAAAOAAAAZHJzL2Uyb0RvYy54bWysU8Fu2zAMvQ/YPwi6L3YMdE2NOEXXoMOA&#10;YhvQ7QNkWYqFyaImKrHz96MUJym221AfZEp8fuJ7pNf302DZQQU04Bq+XJScKSehM27X8J8/nj6s&#10;OMMoXCcsONXwo0J+v3n/bj36WlXQg+1UYETisB59w/sYfV0UKHs1CFyAV46SGsIgIm3DruiCGIl9&#10;sEVVlh+LEULnA0iFSKfbU5JvMr/WSsZvWqOKzDacaot5DXlt01ps1qLeBeF7I+cyxH9UMQjj6NIL&#10;1VZEwfbB/EM1GBkAQceFhKEArY1UWQOpWZZ/qXnphVdZC5mD/mITvh2t/Hp48d8Di9MnmKiBWQT6&#10;Z5C/kLwpRo/1jEmeYo2ETkInHYb0JgmMPiRvjxc/1RSZpMPq7na5KiklKbdcVau0SazXz33A+FnB&#10;wFLQ8EANyyWIwzPGE/QMSbdZx8aG391UN6dCwZruyVibchh27aMN7CBSr/MzX4avYYluK7A/4XJq&#10;hlk3Cz5pTGrj1E7MdA2/TZh00kJ3JL9GGpmG4++9CIoz+8VRT9J8nYNwDtpzEKJ9hDyFqVgHD/sI&#10;2mSNV965AGp2dmkezDRNr/cZdf19Nn8AAAD//wMAUEsDBBQABgAIAAAAIQCV4UfB4gAAAAwBAAAP&#10;AAAAZHJzL2Rvd25yZXYueG1sTI/LTsMwEEX3SPyDNUhsqtZOVZoHmVSogl1BonTB0o1NEhHbIXZa&#10;9++ZrmA5M0d3zi030fTspEffOYuQLAQwbWunOtsgHD5e5hkwH6RVsndWI1y0h011e1PKQrmzfden&#10;fWgYhVhfSIQ2hKHg3NetNtIv3KAt3b7caGSgcWy4GuWZwk3Pl0KsuZGdpQ+tHPS21fX3fjIIu9Vu&#10;O32q17fnWXaJ+czJPIYfxPu7+PQILOgY/mC46pM6VOR0dJNVnvUI6yRJCUVYipQ6XAmR5rQ6Iqzy&#10;hwx4VfL/JapfAAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAA&#10;AAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAA&#10;AAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAJWslaPGAQAAhgMAAA4AAAAA&#10;AAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAJXhR8HiAAAADAEAAA8A&#10;AAAAAAAAAAAAAAAAIAQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAAAvBQAAAAA=&#10;" filled="f">
                 <v:path arrowok="t"/>
                 <v:textbox inset="0,0,0,0">
                   <w:txbxContent>
                     <w:p w14:paraId="5ED05D7E" w14:textId="77777777" w:rsidR="00A912AF" w:rsidRDefault="00444C34">
                       <w:pPr>
                         <w:spacing w:before="67" w:line="244" w:lineRule="auto"/>
                         <w:ind w:left="145" w:right="1552"/>
                       </w:pPr>
                       <w:r>
                         <w:rPr>
                           <w:b/>
                         </w:rPr>
                         <w:t>Referring</w:t>
                       </w:r>
                       <w:r>
                         <w:rPr>
                           <w:b/>
                           <w:spacing w:val="-15"/>
                         </w:rPr>
                         <w:t xml:space="preserve"> </w:t>
                       </w:r>
                       <w:r>
                         <w:rPr>
                           <w:b/>
                         </w:rPr>
@@ -1314,51 +1315,51 @@
                               <w:t xml:space="preserve"> </w:t>
                             </w:r>
                             <w:r>
                               <w:rPr>
                                 <w:b/>
                                 <w:color w:val="000000"/>
                                 <w:spacing w:val="-2"/>
                                 <w:sz w:val="32"/>
                               </w:rPr>
                               <w:t>ECHO)</w:t>
                             </w:r>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shape w14:anchorId="430EC967" id="Textbox 14" o:spid="_x0000_s1038" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:62.85pt;margin-top:-19.8pt;width:477pt;height:27.7pt;z-index:15739392;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQD8bzPm5gEAAN8DAAAOAAAAZHJzL2Uyb0RvYy54bWysU8Fu2zAMvQ/YPwi6L3aypWuDOMXapMOA&#10;ohvQ7gNkWY6FyaImKrHz96NkO2037DIsB4UUnx7JR3p93beGHZVHDbbg81nOmbISKm33Bf/+dPfu&#10;kjMMwlbCgFUFPynk15u3b9adW6kFNGAq5RmRWFx1ruBNCG6VZSgb1QqcgVOWgjX4VgRy/T6rvOiI&#10;vTXZIs8vsg585TxIhUi32yHIN4m/rpUMX+saVWCm4FRbSKdPZxnPbLMWq70XrtFyLEP8QxWt0JaS&#10;nqm2Igh28PoPqlZLDwh1mEloM6hrLVXqgbqZ579189gIp1IvJA66s0z4/2jlw/GbZ7qi2X3gzIqW&#10;ZvSk+lBCz+iG5Okcrgj16AgX+hvoCZpaRXcP8gcSJHuBGR4goaMcfe3b+E+NMnpIEzidVacsTNLl&#10;Rb78eJVTSFLs/XJOTsybPb92HsNnBS2LRsE9TTVVII73GAboBInJEIyu7rQxyfH78tZ4dhS0Abvt&#10;7mY3sb+CGcu6gl8tF8uht79S5Ok3FviKIpawFdgMqVJohBk7ajTIEtUKfdkn2S8njUuoTiRxR7tY&#10;cPx5EF5xZr5YGnZc3Mnwk1FOhg/mFtJ6x34tfDoEqHXSJWYaeMcCaIuSsuPGxzV96SfU83e5+QUA&#10;AP//AwBQSwMEFAAGAAgAAAAhAFZJbL/hAAAACwEAAA8AAABkcnMvZG93bnJldi54bWxMj0tPw0AM&#10;hO9I/IeVkbi1G4r6CtlUCKgEhx76QBU3NzFJRNYbZbft8u9xT+XmsUfjb7JFtK06Ue8bxwYehgko&#10;4sKVDVcGdtvlYAbKB+QSW8dk4Jc8LPLbmwzT0p15TadNqJSEsE/RQB1Cl2rti5os+qHriOX27XqL&#10;QWRf6bLHs4TbVo+SZKItNiwfauzopabiZ3O0BsJ+9V59xB3tt29+pb9e4/IT18bc38XnJ1CBYria&#10;4YIv6JAL08EdufSqFT0aT8VqYPA4n4C6OJLpXFYHmcYz0Hmm/3fI/wAAAP//AwBQSwECLQAUAAYA&#10;CAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBL&#10;AQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BL&#10;AQItABQABgAIAAAAIQD8bzPm5gEAAN8DAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnht&#10;bFBLAQItABQABgAIAAAAIQBWSWy/4QAAAAsBAAAPAAAAAAAAAAAAAAAAAEAEAABkcnMvZG93bnJl&#10;di54bWxQSwUGAAAAAAQABADzAAAATgUAAAAA&#10;" fillcolor="#edebe0">
+              <v:shape w14:anchorId="430EC967" id="Textbox 14" o:spid="_x0000_s1038" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:62.85pt;margin-top:-19.8pt;width:477pt;height:27.7pt;z-index:15739392;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDF4KjD1AEAALkDAAAOAAAAZHJzL2Uyb0RvYy54bWysU1Fv0zAQfkfiP1h+p0mLOrao6cTWDiFN&#10;gDT2AxzHaSwcn/G5TfrvObtJy0B7QeTBufN9+Xzf58vqdugMOyiPGmzJ57OcM2Ul1NruSv78/eHd&#10;NWcYhK2FAatKflTIb9dv36x6V6gFtGBq5RmRWCx6V/I2BFdkGcpWdQJn4JSlYgO+E4FSv8tqL3pi&#10;70y2yPOrrAdfOw9SIdLu5lTk68TfNEqGr02DKjBTcuotpNWntYprtl6JYueFa7Uc2xD/0EUntKVD&#10;z1QbEQTbe/0XVaelB4QmzCR0GTSNlippIDXz/A81T61wKmkhc9CdbcL/Ryu/HJ7cN8/CcAcDXWAS&#10;ge4R5A8kb7LeYTFioqdYIKGj0KHxXXyTBEYfkrfHs59qCEzS5lW+/HCTU0lS7f1yTkk0PLt87TyG&#10;Two6FoOSe7qv1IE4PGI4QSdIPAzB6PpBG5MSv6vujWcHQXe73WzvthP7C5ixrC/5zXKxPGl7lSJP&#10;z9jgC4rYwkZgezoqlUaYsaNHJ1uiQWGoBqbrkl9HTNypoD6SxT1NWcnx5154xZn5bOka40hOgZ+C&#10;agp8MPeQBjfqtfBxH6DRyZcL79gAzUdydpzlOIC/5wl1+ePWvwAAAP//AwBQSwMEFAAGAAgAAAAh&#10;AFZJbL/hAAAACwEAAA8AAABkcnMvZG93bnJldi54bWxMj0tPw0AMhO9I/IeVkbi1G4r6CtlUCKgE&#10;hx76QBU3NzFJRNYbZbft8u9xT+XmsUfjb7JFtK06Ue8bxwYehgko4sKVDVcGdtvlYAbKB+QSW8dk&#10;4Jc8LPLbmwzT0p15TadNqJSEsE/RQB1Cl2rti5os+qHriOX27XqLQWRf6bLHs4TbVo+SZKItNiwf&#10;auzopabiZ3O0BsJ+9V59xB3tt29+pb9e4/IT18bc38XnJ1CBYria4YIv6JAL08EdufSqFT0aT8Vq&#10;YPA4n4C6OJLpXFYHmcYz0Hmm/3fI/wAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAA&#10;EwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/&#10;1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQDF4KjD&#10;1AEAALkDAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQBW&#10;SWy/4QAAAAsBAAAPAAAAAAAAAAAAAAAAAC4EAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADz&#10;AAAAPAUAAAAA&#10;" fillcolor="#edebe0">
                 <v:path arrowok="t"/>
                 <v:textbox inset="0,0,0,0">
                   <w:txbxContent>
                     <w:p w14:paraId="14F23C2C" w14:textId="77777777" w:rsidR="00A912AF" w:rsidRDefault="00444C34">
                       <w:pPr>
                         <w:spacing w:before="74"/>
                         <w:ind w:left="485"/>
                         <w:rPr>
                           <w:b/>
                           <w:color w:val="000000"/>
                           <w:sz w:val="32"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r>
                         <w:rPr>
                           <w:b/>
                           <w:color w:val="000000"/>
                           <w:sz w:val="32"/>
                         </w:rPr>
                         <w:t>Open</w:t>
                       </w:r>
                       <w:r>
                         <w:rPr>
                           <w:b/>
                           <w:color w:val="000000"/>
@@ -1614,51 +1615,51 @@
                           <w:p w14:paraId="5C5DC8EA" w14:textId="77777777" w:rsidR="00A912AF" w:rsidRDefault="00444C34">
                             <w:pPr>
                               <w:spacing w:before="70"/>
                               <w:ind w:left="144"/>
                             </w:pPr>
                             <w:r>
                               <w:rPr>
                                 <w:spacing w:val="-5"/>
                               </w:rPr>
                               <w:t>ECG</w:t>
                             </w:r>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shape w14:anchorId="3139745F" id="Textbox 15" o:spid="_x0000_s1039" type="#_x0000_t202" style="position:absolute;margin-left:62.85pt;margin-top:4.1pt;width:63pt;height:40.8pt;z-index:-15728640;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDnceyn1gEAAKoDAAAOAAAAZHJzL2Uyb0RvYy54bWysU9tu2zAMfR+wfxD0vtgJ4CE14hRbgw4D&#10;im1A2w+QZTkWJouaqMTO34+SnQu2t6J+kGnyiOQ5pDf3Y2/YUXnUYCu+XOScKSuh0XZf8deXx09r&#10;zjAI2wgDVlX8pJDfbz9+2AyuVCvowDTKM0pisRxcxbsQXJllKDvVC1yAU5aCLfheBPr0+6zxYqDs&#10;vclWef45G8A3zoNUiOTdTUG+TfnbVsnws21RBWYqTr2FdPp01vHMthtR7r1wnZZzG+INXfRCWyp6&#10;SbUTQbCD1/+l6rX0gNCGhYQ+g7bVUiUOxGaZ/8PmuRNOJS4kDrqLTPh+aeWP4y/PdEOzKzizoqcZ&#10;vagx1DAy8pA8g8OSUM+OcGH8CiNBE1V0TyB/I0GyG8x0AQkd5Rhb38c3EWV0kSZwuqhOVZgk5zon&#10;5hSRFCqW62VxF8tm18vOY/imoGfRqLinoaYGxPEJwwQ9Q2ItY9lQ8btiVUxtgtHNozYmxtDv6wfj&#10;2VHEfUjPXAxvYTHdTmA34VJohhk7050YRuJhrMekYOo7empoTqTWQGtVcfxzEF5xZr5bmlvcwbPh&#10;z0Z9NnwwD5A2NTZr4cshQKsTx2veuQFaiKTSvLxx426/E+r6i23/AgAA//8DAFBLAwQUAAYACAAA&#10;ACEAYMUaEN0AAAAIAQAADwAAAGRycy9kb3ducmV2LnhtbEyPwU7DMBBE70j8g7VIXKrWaUQhCXEq&#10;VMGtVKL0wHEbL0lEbIfYad2/ZznB8WlGs2/LdTS9ONHoO2cVLBcJCLK1051tFBzeX+YZCB/Qauyd&#10;JQUX8rCurq9KLLQ72zc67UMjeMT6AhW0IQyFlL5uyaBfuIEsZ59uNBgYx0bqEc88bnqZJsm9NNhZ&#10;vtDiQJuW6q/9ZBRs77ab6UO/7p5n2SXmM4d5DN9K3d7Ep0cQgWL4K8OvPqtDxU5HN1ntRc+crh64&#10;qiBLQXCerpbMR+Y8A1mV8v8D1Q8AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMA&#10;AAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YA&#10;AACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA53Hsp9YB&#10;AACqAwAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAYMUa&#10;EN0AAAAIAQAADwAAAAAAAAAAAAAAAAAwBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAA&#10;ADoFAAAAAA==&#10;" filled="f">
+              <v:shape w14:anchorId="3139745F" id="Textbox 15" o:spid="_x0000_s1039" type="#_x0000_t202" style="position:absolute;margin-left:62.85pt;margin-top:4.1pt;width:63pt;height:40.8pt;z-index:-15728640;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBDzP5cxAEAAIQDAAAOAAAAZHJzL2Uyb0RvYy54bWysU8GK2zAQvRf6D0L3xk4gJWviLO2GLYWl&#10;LWz7AbIsxaKyRtUosfP3HclOsrS3ZX2Qx5qnp3lvxtv7sbfspAIacDVfLkrOlJPQGneo+a+fjx82&#10;nGEUrhUWnKr5WSG/371/tx18pVbQgW1VYETisBp8zbsYfVUUKDvVC1yAV46SGkIvIn2GQ9EGMRB7&#10;b4tVWX4sBgitDyAVIu3upyTfZX6tlYzftUYVma051RbzGvLapLXYbUV1CMJ3Rs5liFdU0Qvj6NIr&#10;1V5EwY7B/EfVGxkAQceFhL4ArY1UWQOpWZb/qHnuhFdZC5mD/moTvh2t/HZ69j8Ci+NnGKmBWQT6&#10;J5C/kbwpBo/VjEmeYoWETkJHHfr0JgmMDpK356ufaoxM0uamJE2UkZRaLzfL9V3yu7gd9gHjFwU9&#10;S0HNA7UrFyBOTxgn6AWS7rKODTW/W6/WU5lgTftorE05DIfmwQZ2EqnT+Zkvw5ewRLcX2E24nJph&#10;1s1yJ4VJaxybkZmWrkyYtNNAeya3BhqYmuOfowiKM/vVUUfSdF2CcAmaSxCifYA8g6lYB5+OEbTJ&#10;Gm+8cwHU6uzSPJZpll5+Z9Tt59n9BQAA//8DAFBLAwQUAAYACAAAACEAYMUaEN0AAAAIAQAADwAA&#10;AGRycy9kb3ducmV2LnhtbEyPwU7DMBBE70j8g7VIXKrWaUQhCXEqVMGtVKL0wHEbL0lEbIfYad2/&#10;ZznB8WlGs2/LdTS9ONHoO2cVLBcJCLK1051tFBzeX+YZCB/QauydJQUX8rCurq9KLLQ72zc67UMj&#10;eMT6AhW0IQyFlL5uyaBfuIEsZ59uNBgYx0bqEc88bnqZJsm9NNhZvtDiQJuW6q/9ZBRs77ab6UO/&#10;7p5n2SXmM4d5DN9K3d7Ep0cQgWL4K8OvPqtDxU5HN1ntRc+crh64qiBLQXCerpbMR+Y8A1mV8v8D&#10;1Q8AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtD&#10;b250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAA&#10;AAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAQ8z+XMQBAACEAwAADgAAAAAAAAAAAAAA&#10;AAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAYMUaEN0AAAAIAQAADwAAAAAAAAAA&#10;AAAAAAAeBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAACgFAAAAAA==&#10;" filled="f">
                 <v:path arrowok="t"/>
                 <v:textbox inset="0,0,0,0">
                   <w:txbxContent>
                     <w:p w14:paraId="5C5DC8EA" w14:textId="77777777" w:rsidR="00A912AF" w:rsidRDefault="00444C34">
                       <w:pPr>
                         <w:spacing w:before="70"/>
                         <w:ind w:left="144"/>
                       </w:pPr>
                       <w:r>
                         <w:rPr>
                           <w:spacing w:val="-5"/>
                         </w:rPr>
                         <w:t>ECG</w:t>
                       </w:r>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
                 <w10:wrap type="topAndBottom" anchorx="page"/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r>
         <w:rPr>
@@ -1716,51 +1717,51 @@
                               <w:rPr>
                                 <w:spacing w:val="-2"/>
                               </w:rPr>
                               <w:t xml:space="preserve">Exercise </w:t>
                             </w:r>
                             <w:r>
                               <w:rPr>
                                 <w:spacing w:val="-4"/>
                               </w:rPr>
                               <w:t>Test</w:t>
                             </w:r>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shape w14:anchorId="13F5B764" id="Textbox 16" o:spid="_x0000_s1040" type="#_x0000_t202" style="position:absolute;margin-left:134.85pt;margin-top:4.1pt;width:81pt;height:40.8pt;z-index:-15728128;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAzX9oJ2AEAAKwDAAAOAAAAZHJzL2Uyb0RvYy54bWysU9uO0zAQfUfiHyy/06SVunSrpivYahHS&#10;CpB29wMcx24sHI/xuE3694yd9CJ4Q+TBcTzHZ+acmWwehs6yowpowFV8Pis5U05CY9y+4m+vTx9W&#10;nGEUrhEWnKr4SSF/2L5/t+n9Wi2gBduowIjE4br3FW9j9OuiQNmqTuAMvHIU1BA6Eekz7IsmiJ7Y&#10;O1ssyvKu6CE0PoBUiHS6G4N8m/m1VjJ+1xpVZLbiVFvMa8hrndZiuxHrfRC+NXIqQ/xDFZ0wjpJe&#10;qHYiCnYI5i+qzsgACDrOJHQFaG2kyhpIzbz8Q81LK7zKWsgc9Beb8P/Rym/HH4GZhnp3x5kTHfXo&#10;VQ2xhoHRCdnTe1wT6sUTLg6fYSBolor+GeRPJEhxgxkvIKGTHYMOXXqTUEYXqQOni+uUhcnEVi5W&#10;H0sKSYot56v58j7lLa63fcD4RUHH0qbigbqaKxDHZ4wj9AxJyaxjfcXvl4vlWCdY0zwZa1MMw75+&#10;tIEdRRqI/EzJ8BaW6HYC2xGXQxPMuknvKDEpj0M9jBbmeUpHNTQn8qunwao4/jqIoDizXx11Lk3h&#10;eRPOm/q8CdE+Qp7VVK2DT4cI2mSRV96pAhqJbNM0vmnmbr8z6vqTbX8DAAD//wMAUEsDBBQABgAI&#10;AAAAIQBWfDhJ3gAAAAgBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/BTsMwEETvSPyDtUhcKuo0VCUJ&#10;cSpUwa0gUXro0Y2XJCJeh9hp3b9nOcHxaUazb8t1tL044eg7RwoW8wQEUu1MR42C/cfLXQbCB01G&#10;945QwQU9rKvrq1IXxp3pHU+70AgeIV9oBW0IQyGlr1u02s/dgMTZpxutDoxjI82ozzxue5kmyUpa&#10;3RFfaPWAmxbrr91kFWyX2810MK9vz7PsEvOZ03kM30rd3sSnRxABY/grw68+q0PFTkc3kfGiV5Cu&#10;8geuKshSEJwv7xfMR+Y8A1mV8v8D1Q8AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEA&#10;ABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h&#10;/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAM1/a&#10;CdgBAACsAwAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEA&#10;Vnw4Sd4AAAAIAQAADwAAAAAAAAAAAAAAAAAyBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA&#10;8wAAAD0FAAAAAA==&#10;" filled="f">
+              <v:shape w14:anchorId="13F5B764" id="Textbox 16" o:spid="_x0000_s1040" type="#_x0000_t202" style="position:absolute;margin-left:134.85pt;margin-top:4.1pt;width:81pt;height:40.8pt;z-index:-15728128;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAB7zuhxQEAAIYDAAAOAAAAZHJzL2Uyb0RvYy54bWysU8GO0zAQvSPxD5bvNGmlQjdquoKtFiGt&#10;AGmXD3Acu7FwPMbjNunfM3bSdgU3RA7OOPP8PO/NZHs/9padVEADrubLRcmZchJa4w41//Hy+G7D&#10;GUbhWmHBqZqfFfL73ds328FXagUd2FYFRiQOq8HXvIvRV0WBslO9wAV45SipIfQi0jYcijaIgdh7&#10;W6zK8n0xQGh9AKkQ6et+SvJd5tdayfhNa1SR2ZpTbTGvIa9NWovdVlSHIHxn5FyG+IcqemEcXXql&#10;2oso2DGYv6h6IwMg6LiQ0BegtZEqayA1y/IPNc+d8CprIXPQX23C/0crv56e/ffA4vgJRmpgFoH+&#10;CeRPJG+KwWM1Y5KnWCGhk9BRhz69SQKjg+Tt+eqnGiOTia1cbT6UlJKUWy83y/VdMry4nfYB42cF&#10;PUtBzQP1K1cgTk8YJ+gFki6zjg01v1uv1lOdYE37aKxNOQyH5sEGdhKp1fmZL8PXsES3F9hNuJya&#10;YdbNeieJSWwcm5GZNilJoPSpgfZMfg00MjXHX0cRFGf2i6OepPm6BOESNJcgRPsAeQpTtQ4+HiNo&#10;k0XeeOcKqNnZpnkw0zS93mfU7ffZ/QYAAP//AwBQSwMEFAAGAAgAAAAhAFZ8OEneAAAACAEAAA8A&#10;AABkcnMvZG93bnJldi54bWxMj8FOwzAQRO9I/IO1SFwq6jRUJQlxKlTBrSBReujRjZckIl6H2Gnd&#10;v2c5wfFpRrNvy3W0vTjh6DtHChbzBARS7UxHjYL9x8tdBsIHTUb3jlDBBT2sq+urUhfGnekdT7vQ&#10;CB4hX2gFbQhDIaWvW7Taz92AxNmnG60OjGMjzajPPG57mSbJSlrdEV9o9YCbFuuv3WQVbJfbzXQw&#10;r2/Ps+wS85nTeQzfSt3exKdHEAFj+CvDrz6rQ8VORzeR8aJXkK7yB64qyFIQnC/vF8xH5jwDWZXy&#10;/wPVDwAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAA&#10;W0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAA&#10;AAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQAB7zuhxQEAAIYDAAAOAAAAAAAAAAAA&#10;AAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQBWfDhJ3gAAAAgBAAAPAAAAAAAA&#10;AAAAAAAAAB8EAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAKgUAAAAA&#10;" filled="f">
                 <v:path arrowok="t"/>
                 <v:textbox inset="0,0,0,0">
                   <w:txbxContent>
                     <w:p w14:paraId="1597FE1B" w14:textId="77777777" w:rsidR="00A912AF" w:rsidRDefault="00444C34">
                       <w:pPr>
                         <w:spacing w:before="70"/>
                         <w:ind w:left="144" w:right="615"/>
                       </w:pPr>
                       <w:r>
                         <w:rPr>
                           <w:spacing w:val="-2"/>
                         </w:rPr>
                         <w:t xml:space="preserve">Exercise </w:t>
                       </w:r>
                       <w:r>
                         <w:rPr>
                           <w:spacing w:val="-4"/>
                         </w:rPr>
                         <w:t>Test</w:t>
                       </w:r>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
                 <w10:wrap type="topAndBottom" anchorx="page"/>
               </v:shape>
@@ -1807,93 +1808,103 @@
                           <a:avLst/>
                         </a:prstGeom>
                         <a:ln w="9525">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:prstDash val="solid"/>
                         </a:ln>
                       </wps:spPr>
                       <wps:txbx>
                         <w:txbxContent>
                           <w:p w14:paraId="1BC4F7C7" w14:textId="77777777" w:rsidR="00A912AF" w:rsidRDefault="00444C34">
                             <w:pPr>
                               <w:spacing w:before="70"/>
                               <w:ind w:left="145"/>
                             </w:pPr>
                             <w:r>
                               <w:t>24</w:t>
                             </w:r>
                             <w:r>
                               <w:rPr>
                                 <w:spacing w:val="-1"/>
                               </w:rPr>
                               <w:t xml:space="preserve"> </w:t>
                             </w:r>
+                            <w:proofErr w:type="spellStart"/>
                             <w:r>
-                              <w:t xml:space="preserve">Hr </w:t>
+                              <w:t>Hr</w:t>
+                            </w:r>
+                            <w:proofErr w:type="spellEnd"/>
+                            <w:r>
+                              <w:t xml:space="preserve"> </w:t>
                             </w:r>
                             <w:r>
                               <w:rPr>
                                 <w:spacing w:val="-5"/>
                               </w:rPr>
                               <w:t>ECG</w:t>
                             </w:r>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shape w14:anchorId="2DDCEB44" id="Textbox 17" o:spid="_x0000_s1041" type="#_x0000_t202" style="position:absolute;margin-left:224.85pt;margin-top:4.1pt;width:90pt;height:40.8pt;z-index:-15727616;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBVzCyQ2QEAAKwDAAAOAAAAZHJzL2Uyb0RvYy54bWysU8GO0zAQvSPxD5bvNEmhsBs1XcFWi5BW&#10;gLTLBziO01g4HuNxm/TvGTtJt4IbIgfHzjy/mfdmsr0be8NOyqMGW/FilXOmrIRG20PFfzw/vLnh&#10;DIOwjTBgVcXPCvnd7vWr7eBKtYYOTKM8IxKL5eAq3oXgyixD2ale4AqcshRswfci0NEfssaLgdh7&#10;k63z/H02gG+cB6kQ6et+CvJd4m9bJcO3tkUVmKk41RbS6tNaxzXbbUV58MJ1Ws5liH+oohfaUtIL&#10;1V4EwY5e/0XVa+kBoQ0rCX0GbaulShpITZH/oeapE04lLWQOuotN+P9o5dfTd890Q737wJkVPfXo&#10;WY2hhpHRF7JncFgS6skRLoyfYCRokoruEeRPJEh2hZkuIKGjHWPr+/gmoYwuUgfOF9cpC5ORrXj3&#10;Ns8pJCm2KW6KzW3Mm73cdh7DZwU9i5uKe+pqqkCcHjFM0AUSkxnLhorfbtabqU4wunnQxsQY+kN9&#10;bzw7iTgQ6ZmT4TUs0u0FdhMuhWaYsbPeSWJUHsZ6nCwsFsNqaM7k10CDVXH8dRRecWa+WOpcnMJl&#10;45dNvWx8MPeQZjVWa+HjMUCrk8iYauKdK6CRSDbN4xtn7vqcUC8/2e43AAAA//8DAFBLAwQUAAYA&#10;CAAAACEAeILIGN0AAAAIAQAADwAAAGRycy9kb3ducmV2LnhtbEyPwU7DMBBE70j8g7VIXCrqEEUl&#10;CXEqVMGtILVw4LiNTRIRr0PstO7fsz3B8WlGs2+rdbSDOJrJ944U3C8TEIYap3tqFXy8v9zlIHxA&#10;0jg4MgrOxsO6vr6qsNTuRDtz3IdW8Aj5EhV0IYyllL7pjEW/dKMhzr7cZDEwTq3UE5543A4yTZKV&#10;tNgTX+hwNJvONN/72SrYZtvN/Klf354X+TkWC4dFDD9K3d7Ep0cQwcTwV4aLPqtDzU4HN5P2YlCQ&#10;ZcUDVxXkKQjOV+mFD8xFDrKu5P8H6l8AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEA&#10;ABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h&#10;/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAVcws&#10;kNkBAACsAwAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEA&#10;eILIGN0AAAAIAQAADwAAAAAAAAAAAAAAAAAzBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA&#10;8wAAAD0FAAAAAA==&#10;" filled="f">
+              <v:shape w14:anchorId="2DDCEB44" id="Textbox 17" o:spid="_x0000_s1041" type="#_x0000_t202" style="position:absolute;margin-left:224.85pt;margin-top:4.1pt;width:90pt;height:40.8pt;z-index:-15727616;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAM1SvDxgEAAIYDAAAOAAAAZHJzL2Uyb0RvYy54bWysU8GO0zAQvSPxD5bvNEmhaDdquoKtFiGt&#10;AGnZD3Adu7FwPMbjNunfM3bSdgW3FTk448zz87w3k/Xd2Ft2VAENuIZXi5Iz5SS0xu0b/vzz4d0N&#10;ZxiFa4UFpxp+UsjvNm/frAdfqyV0YFsVGJE4rAff8C5GXxcFyk71AhfglaOkhtCLSNuwL9ogBmLv&#10;bbEsy4/FAKH1AaRCpK/bKck3mV9rJeN3rVFFZhtOtcW8hrzu0lps1qLeB+E7I+cyxCuq6IVxdOmF&#10;aiuiYIdg/qHqjQyAoONCQl+A1kaqrIHUVOVfap464VXWQuagv9iE/49Wfjs++R+BxfEzjNTALAL9&#10;I8hfSN4Ug8d6xiRPsUZCJ6GjDn16kwRGB8nb08VPNUYmE1v14X1ZUkpSblXdVKvbZHhxPe0Dxi8K&#10;epaChgfqV65AHB8xTtAzJF1mHRsafrtarqY6wZr2wVibchj2u3sb2FGkVudnvgxfwhLdVmA34XJq&#10;hlk3650kJrFx3I3MtElJAqVPO2hP5NdAI9Nw/H0QQXFmvzrqSZqvcxDOwe4chGjvIU9hqtbBp0ME&#10;bbLIK+9cATU72zQPZpqml/uMuv4+mz8AAAD//wMAUEsDBBQABgAIAAAAIQB4gsgY3QAAAAgBAAAP&#10;AAAAZHJzL2Rvd25yZXYueG1sTI/BTsMwEETvSPyDtUhcKuoQRSUJcSpUwa0gtXDguI1NEhGvQ+y0&#10;7t+zPcHxaUazb6t1tIM4msn3jhTcLxMQhhqne2oVfLy/3OUgfEDSODgyCs7Gw7q+vqqw1O5EO3Pc&#10;h1bwCPkSFXQhjKWUvumMRb90oyHOvtxkMTBOrdQTnnjcDjJNkpW02BNf6HA0m8403/vZKthm2838&#10;qV/fnhf5ORYLh0UMP0rd3sSnRxDBxPBXhos+q0PNTgc3k/ZiUJBlxQNXFeQpCM5X6YUPzEUOsq7k&#10;/wfqXwAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAA&#10;W0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAA&#10;AAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQAM1SvDxgEAAIYDAAAOAAAAAAAAAAAA&#10;AAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQB4gsgY3QAAAAgBAAAPAAAAAAAA&#10;AAAAAAAAACAEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAKgUAAAAA&#10;" filled="f">
                 <v:path arrowok="t"/>
                 <v:textbox inset="0,0,0,0">
                   <w:txbxContent>
                     <w:p w14:paraId="1BC4F7C7" w14:textId="77777777" w:rsidR="00A912AF" w:rsidRDefault="00444C34">
                       <w:pPr>
                         <w:spacing w:before="70"/>
                         <w:ind w:left="145"/>
                       </w:pPr>
                       <w:r>
                         <w:t>24</w:t>
                       </w:r>
                       <w:r>
                         <w:rPr>
                           <w:spacing w:val="-1"/>
                         </w:rPr>
                         <w:t xml:space="preserve"> </w:t>
                       </w:r>
+                      <w:proofErr w:type="spellStart"/>
                       <w:r>
-                        <w:t xml:space="preserve">Hr </w:t>
+                        <w:t>Hr</w:t>
+                      </w:r>
+                      <w:proofErr w:type="spellEnd"/>
+                      <w:r>
+                        <w:t xml:space="preserve"> </w:t>
                       </w:r>
                       <w:r>
                         <w:rPr>
                           <w:spacing w:val="-5"/>
                         </w:rPr>
                         <w:t>ECG</w:t>
                       </w:r>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
                 <w10:wrap type="topAndBottom" anchorx="page"/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:noProof/>
           <w:sz w:val="4"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
@@ -1927,99 +1938,109 @@
                           <a:avLst/>
                         </a:prstGeom>
                         <a:ln w="9525">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:prstDash val="solid"/>
                         </a:ln>
                       </wps:spPr>
                       <wps:txbx>
                         <w:txbxContent>
                           <w:p w14:paraId="4B97E004" w14:textId="77777777" w:rsidR="00A912AF" w:rsidRDefault="00444C34">
                             <w:pPr>
                               <w:spacing w:before="70"/>
                               <w:ind w:left="145"/>
                             </w:pPr>
                             <w:r>
                               <w:t>24</w:t>
                             </w:r>
                             <w:r>
                               <w:rPr>
                                 <w:spacing w:val="-2"/>
                               </w:rPr>
                               <w:t xml:space="preserve"> </w:t>
                             </w:r>
+                            <w:proofErr w:type="spellStart"/>
                             <w:r>
-                              <w:t>Hr BP</w:t>
+                              <w:t>Hr</w:t>
+                            </w:r>
+                            <w:proofErr w:type="spellEnd"/>
+                            <w:r>
+                              <w:t xml:space="preserve"> BP</w:t>
                             </w:r>
                             <w:r>
                               <w:rPr>
                                 <w:spacing w:val="-3"/>
                               </w:rPr>
                               <w:t xml:space="preserve"> </w:t>
                             </w:r>
                             <w:r>
                               <w:rPr>
                                 <w:spacing w:val="-2"/>
                               </w:rPr>
                               <w:t>Monitor</w:t>
                             </w:r>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shape w14:anchorId="4EC78CFA" id="Textbox 18" o:spid="_x0000_s1042" type="#_x0000_t202" style="position:absolute;margin-left:323.85pt;margin-top:4.1pt;width:108pt;height:40.8pt;z-index:-15727104;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCb9woj2QEAAKwDAAAOAAAAZHJzL2Uyb0RvYy54bWysU8GO0zAQvSPxD5bvNElRl92o6Qq2WoS0&#10;AqRdPsBxnMbC8RiP26R/z9hJuhXcEDk4dub5zbw3k+392Bt2Uh412IoXq5wzZSU02h4q/uPl8d0t&#10;ZxiEbYQBqyp+Vsjvd2/fbAdXqjV0YBrlGZFYLAdX8S4EV2YZyk71AlfglKVgC74XgY7+kDVeDMTe&#10;m2yd5zfZAL5xHqRCpK/7Kch3ib9tlQzf2hZVYKbiVFtIq09rHddstxXlwQvXaTmXIf6hil5oS0kv&#10;VHsRBDt6/RdVr6UHhDasJPQZtK2WKmkgNUX+h5rnTjiVtJA56C424f+jlV9P3z3TDfWOOmVFTz16&#10;UWOoYWT0hewZHJaEenaEC+MnGAmapKJ7AvkTCZJdYaYLSOhox9j6Pr5JKKOL1IHzxXXKwmRke/+h&#10;uMkpJCm2KW6LzV3Mm73edh7DZwU9i5uKe+pqqkCcnjBM0AUSkxnLhorfbdabqU4wunnUxsQY+kP9&#10;YDw7iTgQ6ZmT4TUs0u0FdhMuhWaYsbPeSWJUHsZ6nCxcL4bV0JzJr4EGq+L46yi84sx8sdS5OIXL&#10;xi+betn4YB4gzWqs1sLHY4BWJ5Ex1cQ7V0AjkWyaxzfO3PU5oV5/st1vAAAA//8DAFBLAwQUAAYA&#10;CAAAACEAccUFed4AAAAIAQAADwAAAGRycy9kb3ducmV2LnhtbEyPwU7DMBBE70j8g7VIXCrqUKrU&#10;CXEqVMGtIFE49LiN3SQiXofYadO/ZznBbUczmn1TrCfXiZMdQutJw/08AWGp8qalWsPnx8udAhEi&#10;ksHOk9VwsQHW5fVVgbnxZ3q3p12sBZdQyFFDE2OfSxmqxjoMc99bYu/oB4eR5VBLM+CZy10nF0mS&#10;Soct8YcGe7tpbPW1G52G7XK7Gffm9e15pi5TNvOYTfFb69ub6ekRRLRT/AvDLz6jQ8lMBz+SCaLT&#10;kC5XK45qUAsQ7Kv0gfWBj0yBLAv5f0D5AwAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEB&#10;AAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9&#10;If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAJv3&#10;CiPZAQAArAMAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAh&#10;AHHFBXneAAAACAEAAA8AAAAAAAAAAAAAAAAAMwQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAE&#10;APMAAAA+BQAAAAA=&#10;" filled="f">
+              <v:shape w14:anchorId="4EC78CFA" id="Textbox 18" o:spid="_x0000_s1042" type="#_x0000_t202" style="position:absolute;margin-left:323.85pt;margin-top:4.1pt;width:108pt;height:40.8pt;z-index:-15727104;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBM6N5MxwEAAIYDAAAOAAAAZHJzL2Uyb0RvYy54bWysU8GO0zAQvSPxD5bvNE1Rl92o6Qq2WoS0&#10;gpUWPsBx7MbC8RiP26R/z9hJ2xXcEDk448zz87w3k8392Ft2VAENuJqXiyVnyklojdvX/Mf3x3e3&#10;nGEUrhUWnKr5SSG/3759sxl8pVbQgW1VYETisBp8zbsYfVUUKDvVC1yAV46SGkIvIm3DvmiDGIi9&#10;t8VqubwpBgitDyAVIn3dTUm+zfxaKxm/aY0qMltzqi3mNeS1SWux3YhqH4TvjJzLEP9QRS+Mo0sv&#10;VDsRBTsE8xdVb2QABB0XEvoCtDZSZQ2kplz+oealE15lLWQO+otN+P9o5dfji38OLI6fYKQGZhHo&#10;n0D+RPKmGDxWMyZ5ihUSOgkddejTmyQwOkjeni5+qjEymdjefyhvlpSSlFuXt+X6LhleXE/7gPGz&#10;gp6loOaB+pUrEMcnjBP0DEmXWceGmt+tV+upTrCmfTTWphyGffNgAzuK1Or8zJfha1ii2wnsJlxO&#10;zTDrZr2TxCQ2js3ITEtKVgmUPjXQnsivgUam5vjrIILizH5x1JM0X+cgnIPmHIRoHyBPYarWwcdD&#10;BG2yyCvvXAE1O9s0D2aaptf7jLr+PtvfAAAA//8DAFBLAwQUAAYACAAAACEAccUFed4AAAAIAQAA&#10;DwAAAGRycy9kb3ducmV2LnhtbEyPwU7DMBBE70j8g7VIXCrqUKrUCXEqVMGtIFE49LiN3SQiXofY&#10;adO/ZznBbUczmn1TrCfXiZMdQutJw/08AWGp8qalWsPnx8udAhEiksHOk9VwsQHW5fVVgbnxZ3q3&#10;p12sBZdQyFFDE2OfSxmqxjoMc99bYu/oB4eR5VBLM+CZy10nF0mSSoct8YcGe7tpbPW1G52G7XK7&#10;Gffm9e15pi5TNvOYTfFb69ub6ekRRLRT/AvDLz6jQ8lMBz+SCaLTkC5XK45qUAsQ7Kv0gfWBj0yB&#10;LAv5f0D5AwAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAA&#10;AABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAA&#10;AAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAEzo3kzHAQAAhgMAAA4AAAAAAAAA&#10;AAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAHHFBXneAAAACAEAAA8AAAAA&#10;AAAAAAAAAAAAIQQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAAAsBQAAAAA=&#10;" filled="f">
                 <v:path arrowok="t"/>
                 <v:textbox inset="0,0,0,0">
                   <w:txbxContent>
                     <w:p w14:paraId="4B97E004" w14:textId="77777777" w:rsidR="00A912AF" w:rsidRDefault="00444C34">
                       <w:pPr>
                         <w:spacing w:before="70"/>
                         <w:ind w:left="145"/>
                       </w:pPr>
                       <w:r>
                         <w:t>24</w:t>
                       </w:r>
                       <w:r>
                         <w:rPr>
                           <w:spacing w:val="-2"/>
                         </w:rPr>
                         <w:t xml:space="preserve"> </w:t>
                       </w:r>
+                      <w:proofErr w:type="spellStart"/>
                       <w:r>
-                        <w:t>Hr BP</w:t>
+                        <w:t>Hr</w:t>
+                      </w:r>
+                      <w:proofErr w:type="spellEnd"/>
+                      <w:r>
+                        <w:t xml:space="preserve"> BP</w:t>
                       </w:r>
                       <w:r>
                         <w:rPr>
                           <w:spacing w:val="-3"/>
                         </w:rPr>
                         <w:t xml:space="preserve"> </w:t>
                       </w:r>
                       <w:r>
                         <w:rPr>
                           <w:spacing w:val="-2"/>
                         </w:rPr>
                         <w:t>Monitor</w:t>
                       </w:r>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
                 <w10:wrap type="topAndBottom" anchorx="page"/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
@@ -2082,51 +2103,51 @@
                               <w:t xml:space="preserve"> </w:t>
                             </w:r>
                             <w:r>
                               <w:t>Day</w:t>
                             </w:r>
                             <w:r>
                               <w:rPr>
                                 <w:spacing w:val="-2"/>
                               </w:rPr>
                               <w:t xml:space="preserve"> Recorder</w:t>
                             </w:r>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shape w14:anchorId="182A807B" id="Textbox 19" o:spid="_x0000_s1043" type="#_x0000_t202" style="position:absolute;margin-left:440.85pt;margin-top:4.1pt;width:99pt;height:40.8pt;z-index:-15726592;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQC1j3aw2wEAAKwDAAAOAAAAZHJzL2Uyb0RvYy54bWysU8GO0zAQvSPxD5bvNGlXgd2o6Qq2WoS0&#10;AqRdPsBxnMbC8RiP26R/z9hJuhXcEDk4dub5zbw3k+392Bt2Uh412IqvVzlnykpotD1U/MfL47tb&#10;zjAI2wgDVlX8rJDf796+2Q6uVBvowDTKMyKxWA6u4l0IrswylJ3qBa7AKUvBFnwvAh39IWu8GIi9&#10;N9kmz99nA/jGeZAKkb7upyDfJf62VTJ8a1tUgZmKU20hrT6tdVyz3VaUBy9cp+VchviHKnqhLSW9&#10;UO1FEOzo9V9UvZYeENqwktBn0LZaqqSB1KzzP9Q8d8KppIXMQXexCf8frfx6+u6Zbqh3d5xZ0VOP&#10;XtQYahgZfSF7BocloZ4d4cL4CUaCJqnonkD+RIJkV5jpAhI62jG2vo9vEsroInXgfHGdsjAZ2TbF&#10;h5ucQpJixfp2XaS82ett5zF8VtCzuKm4p66mCsTpCUPML8oFEpMZy4aK3xWbYqoTjG4etTExhv5Q&#10;PxjPTiIORHqiSGLAa1ik2wvsJlwKzTBjZ72TxKg8jPU4WXizGFZDcya/BhqsiuOvo/CKM/PFUufi&#10;FC4bv2zqZeODeYA0q7FaCx+PAVqdRMZUE+9cAY1Eqnwe3zhz1+eEev3Jdr8BAAD//wMAUEsDBBQA&#10;BgAIAAAAIQD4B3G93gAAAAkBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9BT8MwDIXvSPyHyEhcJpZu&#10;QiwtTSc0wW0gMThwzBrTVjROadIt+/d4J3az33t6/lyuk+vFAcfQedKwmGcgkGpvO2o0fH683CkQ&#10;IRqypveEGk4YYF1dX5WmsP5I73jYxUZwCYXCaGhjHAopQ92iM2HuByT2vv3oTOR1bKQdzZHLXS+X&#10;WfYgnemIL7RmwE2L9c9uchq299vN9GVf355n6pTymTd5ir9a396kp0cQEVP8D8MZn9GhYqa9n8gG&#10;0WtQarHiKA9LEGc/W+Us7FnIFciqlJcfVH8AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA&#10;4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEA&#10;OP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA&#10;tY92sNsBAACsAwAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAA&#10;ACEA+Adxvd4AAAAJAQAADwAAAAAAAAAAAAAAAAA1BAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAE&#10;AAQA8wAAAEAFAAAAAA==&#10;" filled="f">
+              <v:shape w14:anchorId="182A807B" id="Textbox 19" o:spid="_x0000_s1043" type="#_x0000_t202" style="position:absolute;margin-left:440.85pt;margin-top:4.1pt;width:99pt;height:40.8pt;z-index:-15726592;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAJOUQkxwEAAIYDAAAOAAAAZHJzL2Uyb0RvYy54bWysU8GO0zAQvSPxD5bvNGlXhd2o6Qq2WoS0&#10;gpUWPsBx7MbC8RiP26R/z9hJ2xXcEDk448zz87w3k8392Ft2VAENuJovFyVnyklojdvX/Mf3x3e3&#10;nGEUrhUWnKr5SSG/3759sxl8pVbQgW1VYETisBp8zbsYfVUUKDvVC1yAV46SGkIvIm3DvmiDGIi9&#10;t8WqLN8XA4TWB5AKkb7upiTfZn6tlYzftEYVma051RbzGvLapLXYbkS1D8J3Rs5liH+oohfG0aUX&#10;qp2Igh2C+YuqNzIAgo4LCX0BWhupsgZSsyz/UPPSCa+yFjIH/cUm/H+08uvxxT8HFsdPMFIDswj0&#10;TyB/InlTDB6rGZM8xQoJnYSOOvTpTRIYHSRvTxc/1RiZTGyr9YebklKScuvl7XJ9lwwvrqd9wPhZ&#10;Qc9SUPNA/coViOMTxgl6hqTLrGNDze/Wq/VUJ1jTPhprUw7DvnmwgR1FanV+5svwNSzR7QR2Ey6n&#10;Zph1s95JYhIbx2ZkpiUlNwmUPjXQnsivgUam5vjrIILizH5x1JM0X+cgnIPmHIRoHyBPYarWwcdD&#10;BG2yyCvvXAE1O9s0D2aaptf7jLr+PtvfAAAA//8DAFBLAwQUAAYACAAAACEA+Adxvd4AAAAJAQAA&#10;DwAAAGRycy9kb3ducmV2LnhtbEyPQU/DMAyF70j8h8hIXCaWbkIsLU0nNMFtIDE4cMwa01Y0TmnS&#10;Lfv3eCd2s997ev5crpPrxQHH0HnSsJhnIJBqbztqNHx+vNwpECEasqb3hBpOGGBdXV+VprD+SO94&#10;2MVGcAmFwmhoYxwKKUPdojNh7gck9r796EzkdWykHc2Ry10vl1n2IJ3piC+0ZsBNi/XPbnIatvfb&#10;zfRlX9+eZ+qU8pk3eYq/Wt/epKdHEBFT/A/DGZ/RoWKmvZ/IBtFrUGqx4igPSxBnP1vlLOxZyBXI&#10;qpSXH1R/AAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAA&#10;AABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAA&#10;AAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAAk5RCTHAQAAhgMAAA4AAAAAAAAA&#10;AAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAPgHcb3eAAAACQEAAA8AAAAA&#10;AAAAAAAAAAAAIQQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAAAsBQAAAAA=&#10;" filled="f">
                 <v:path arrowok="t"/>
                 <v:textbox inset="0,0,0,0">
                   <w:txbxContent>
                     <w:p w14:paraId="084FBA0F" w14:textId="77777777" w:rsidR="00A912AF" w:rsidRDefault="00444C34">
                       <w:pPr>
                         <w:spacing w:before="70"/>
                         <w:ind w:left="145"/>
                       </w:pPr>
                       <w:r>
                         <w:t>8</w:t>
                       </w:r>
                       <w:r>
                         <w:rPr>
                           <w:spacing w:val="-2"/>
                         </w:rPr>
                         <w:t xml:space="preserve"> </w:t>
                       </w:r>
                       <w:r>
                         <w:t>Day</w:t>
                       </w:r>
                       <w:r>
                         <w:rPr>
                           <w:spacing w:val="-2"/>
                         </w:rPr>
                         <w:t xml:space="preserve"> Recorder</w:t>
@@ -2638,52 +2659,60 @@
             <w:r>
               <w:t>stressor)</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-2"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:t>on</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-3"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:t>10</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-2"/>
               </w:rPr>
-              <w:t xml:space="preserve"> separate</w:t>
-            </w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>separate</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1373" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="310D8FA5" w14:textId="77777777" w:rsidR="00A912AF" w:rsidRDefault="00444C34">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:line="233" w:lineRule="exact"/>
               <w:ind w:left="311"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <mc:AlternateContent>
                 <mc:Choice Requires="wpg">
                   <w:drawing>
                     <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="487480832" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="6DD415FF" wp14:editId="7C5CC4A7">
                       <wp:simplePos x="0" y="0"/>
                       <wp:positionH relativeFrom="column">
                         <wp:posOffset>548258</wp:posOffset>
                       </wp:positionH>
                       <wp:positionV relativeFrom="paragraph">
@@ -2743,51 +2772,51 @@
                                       </a:lnTo>
                                       <a:close/>
                                     </a:path>
                                   </a:pathLst>
                                 </a:custGeom>
                                 <a:ln w="9525">
                                   <a:solidFill>
                                     <a:srgbClr val="000000"/>
                                   </a:solidFill>
                                   <a:prstDash val="solid"/>
                                 </a:ln>
                               </wps:spPr>
                               <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
                                 <a:prstTxWarp prst="textNoShape">
                                   <a:avLst/>
                                 </a:prstTxWarp>
                                 <a:noAutofit/>
                               </wps:bodyPr>
                             </wps:wsp>
                           </wpg:wgp>
                         </a:graphicData>
                       </a:graphic>
                     </wp:anchor>
                   </w:drawing>
                 </mc:Choice>
-                <mc:Fallback xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst">
+                <mc:Fallback>
                   <w:pict>
                     <v:group w14:anchorId="0094F140" id="Group 20" o:spid="_x0000_s1026" style="position:absolute;margin-left:43.15pt;margin-top:1.45pt;width:9.75pt;height:9.75pt;z-index:-15835648;mso-wrap-distance-left:0;mso-wrap-distance-right:0" coordsize="123825,123825" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCUCLGalQIAACsGAAAOAAAAZHJzL2Uyb0RvYy54bWykVMtu2zAQvBfoPxC8N7KdR1MhclAkjVEg&#10;SAMkRc80RT1QisuStOX8fZcrUXaSogVSHaShdrjcHQ55cbnrNNsq51swBZ8fzThTRkLZmrrg3x9v&#10;Ppxz5oMwpdBgVMGflOeXy/fvLnqbqwU0oEvlGCYxPu9twZsQbJ5lXjaqE/4IrDIYrMB1IuDQ1Vnp&#10;RI/ZO50tZrOzrAdXWgdSeY9/r4cgX1L+qlIyfKsqrwLTBcfaAr0dvdfxnS0vRF47YZtWjmWIN1TR&#10;idbgolOqaxEE27j2VaqulQ48VOFIQpdBVbVSUQ/YzXz2opuVg42lXuq8r+0kE0r7Qqc3p5V325Wz&#10;D/beDdUjvAX506MuWW/r/DAex/WevKtcFydhE2xHij5NiqpdYBJ/zhfH54tTziSGRkyKywa35dUs&#10;2Xz567xM5MOiVNpUSm/RO34vj/8/eR4aYRWp7mP79461ZcEXc86M6NDCq9Et+Ad7iYsjKyo4jvwo&#10;5gt9Tj6eLThDHQiQCpNK85PjGbqTVBowxqduRS43PqwUkNxie+sDTa/LhESTkNyZBB2aP9pek+0D&#10;Z2h7xxnafj3Y3ooQ58U9jJD1uEdjJc0EY7SDrXoE4oX9po3codI9RZtDakoY9/+ws8RKX0uJD9h0&#10;NFGCREjfgYhiJbP9g/PHVaUGr4bCY+ek9aQGJjzUW5sozKdTtHFUwINuy5tWaxq4en2lHduKeL3Q&#10;E6XFDM9o1vlwLXwz8Cg00rShc+bzwTTRTGson9BzPbqs4P7XRjjFmf5q0NXxAkvAJbBOwAV9BXTN&#10;0U7hmo+7H8JZFpcveEC33UEyt8iTj7DYSBi4caaBz5sAVRtNhgctVTQO8KARohsJ0bMr73BMrP0d&#10;v/wNAAD//wMAUEsDBBQABgAIAAAAIQBuvGQS3QAAAAcBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9B&#10;a8JAFITvhf6H5RV6q5vEKhqzEZG2JylUC6W3NftMgtm3Ibsm8d/3earHYYaZb7L1aBvRY+drRwri&#10;SQQCqXCmplLB9+H9ZQHCB01GN45QwRU9rPPHh0ynxg30hf0+lIJLyKdaQRVCm0rpiwqt9hPXIrF3&#10;cp3VgWVXStPpgcttI5Momkura+KFSre4rbA47y9Wwcegh800fut359P2+nuYff7sYlTq+WncrEAE&#10;HMN/GG74jA45Mx3dhYwXjYLFfMpJBckSxM2OZvzkyDp5BZln8p4//wMAAP//AwBQSwECLQAUAAYA&#10;CAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBL&#10;AQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BL&#10;AQItABQABgAIAAAAIQCUCLGalQIAACsGAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnht&#10;bFBLAQItABQABgAIAAAAIQBuvGQS3QAAAAcBAAAPAAAAAAAAAAAAAAAAAO8EAABkcnMvZG93bnJl&#10;di54bWxQSwUGAAAAAAQABADzAAAA+QUAAAAA&#10;">
                       <v:shape id="Graphic 21" o:spid="_x0000_s1027" style="position:absolute;left:4762;top:4762;width:114300;height:114300;visibility:visible;mso-wrap-style:square;v-text-anchor:top" coordsize="114300,114300" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQDn9i3PwAAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI/disIw&#10;EIXvhX2HMAveyJpaRNxuoyyK4K3VBxia2abdZlKaaOvbG0Hw8nB+Pk6+HW0rbtT72rGCxTwBQVw6&#10;XXOl4HI+fK1B+ICssXVMCu7kYbv5mOSYaTfwiW5FqEQcYZ+hAhNCl0npS0MW/dx1xNH7c73FEGVf&#10;Sd3jEMdtK9MkWUmLNUeCwY52hsr/4mojBGm5atLvMZmVdGn2hoZdMVNq+jn+/oAINIZ3+NU+agXp&#10;Ap5f4g+QmwcAAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAAAAAAAAAAAAAA&#10;AAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAVAQAACwAAAAAA&#10;AAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA5/Ytz8AAAADbAAAADwAAAAAA&#10;AAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAPQCAAAAAA==&#10;" path="m,114300r114300,l114300,,,,,114300xe" filled="f">
                         <v:path arrowok="t"/>
                       </v:shape>
                     </v:group>
                   </w:pict>
                 </mc:Fallback>
               </mc:AlternateContent>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-2"/>
               </w:rPr>
               <w:t>&lt;9/10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1838" w:type="dxa"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
@@ -2866,51 +2895,51 @@
                                       </a:lnTo>
                                       <a:close/>
                                     </a:path>
                                   </a:pathLst>
                                 </a:custGeom>
                                 <a:ln w="9525">
                                   <a:solidFill>
                                     <a:srgbClr val="000000"/>
                                   </a:solidFill>
                                   <a:prstDash val="solid"/>
                                 </a:ln>
                               </wps:spPr>
                               <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
                                 <a:prstTxWarp prst="textNoShape">
                                   <a:avLst/>
                                 </a:prstTxWarp>
                                 <a:noAutofit/>
                               </wps:bodyPr>
                             </wps:wsp>
                           </wpg:wgp>
                         </a:graphicData>
                       </a:graphic>
                     </wp:anchor>
                   </w:drawing>
                 </mc:Choice>
-                <mc:Fallback xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst">
+                <mc:Fallback>
                   <w:pict>
                     <v:group w14:anchorId="2F6CE0F5" id="Group 22" o:spid="_x0000_s1026" style="position:absolute;margin-left:46.5pt;margin-top:1.45pt;width:9.75pt;height:9.75pt;z-index:-15835136;mso-wrap-distance-left:0;mso-wrap-distance-right:0" coordsize="123825,123825" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDVAasSlQIAACsGAAAOAAAAZHJzL2Uyb0RvYy54bWykVMtu2zAQvBfoPxC8N7KdR1MhclAkjVEg&#10;SAMkRc80RT1QimSXtOX8fZcrUXaSogVSHaShdrjcHQ55cbnrNNsq8K01BZ8fzThTRtqyNXXBvz/e&#10;fDjnzAdhSqGtUQV/Up5fLt+/u+hdrha2sbpUwDCJ8XnvCt6E4PIs87JRnfBH1imDwcpCJwIOoc5K&#10;ED1m73S2mM3Ost5C6cBK5T3+vR6CfEn5q0rJ8K2qvApMFxxrC/QGeq/jO1teiLwG4ZpWjmWIN1TR&#10;idbgolOqaxEE20D7KlXXSrDeVuFI2i6zVdVKRT1gN/PZi25WYDeOeqnzvnaTTCjtC53enFbebVfg&#10;Htw9DNUjvLXyp0ddst7V+WE8jus9eVdBFydhE2xHij5NiqpdYBJ/zhfH54tTziSGRkyKywa35dUs&#10;2Xz567xM5MOiVNpUSu/QO34vj/8/eR4a4RSp7mP798DasuCLY86M6NDCq9Et+Ad7iYsjKyo4jvwo&#10;5gt9Tj6eLThDHQiQCpNK85PjGbqTVBowxqduRS43PqyUJbnF9tYHml6XCYkmIbkzCQKaP9pek+0D&#10;Z2h74Axtvx5s70SI8+IeRsh63KOxkmaCMdrZrXq0xAv7TRu5Q6V7ijaH1JQw7v9hZ4mVvo4SH7Dp&#10;aKIEiZC+AxHFSmb7B+ePq0ptvRoKj52T1pMamPBQb22iMJ9O0cZRAW91W960WtMA6vWVBrYV8Xqh&#10;J0qLGZ7RHPhwLXwz8Cg00rShc+bzwTTRTGtbPqHnenRZwf2vjQDFmf5q0NXxAksAElgnAEFfWbrm&#10;aKdwzcfdDwGOxeULHtBtdzaZW+TJR1hsJAzcONPYz5tgqzaaDA9aqmgc4EEjRDcSomdX3uGYWPs7&#10;fvkbAAD//wMAUEsDBBQABgAIAAAAIQA82g9Q3QAAAAcBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9B&#10;a8JAFITvgv9heYXe6iaxlppmIyK2JylUC6W3Z/aZBLNvQ3ZN4r/veqrHYYaZb7LVaBrRU+dqywri&#10;WQSCuLC65lLB9+H96RWE88gaG8uk4EoOVvl0kmGq7cBf1O99KUIJuxQVVN63qZSuqMigm9mWOHgn&#10;2xn0QXal1B0Oodw0MomiF2mw5rBQYUubiorz/mIUfAw4rOfxtt+dT5vr72Hx+bOLSanHh3H9BsLT&#10;6P/DcMMP6JAHpqO9sHaiUbCchyteQbIEcbPjZAHiGHTyDDLP5D1//gcAAP//AwBQSwECLQAUAAYA&#10;CAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBL&#10;AQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BL&#10;AQItABQABgAIAAAAIQDVAasSlQIAACsGAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnht&#10;bFBLAQItABQABgAIAAAAIQA82g9Q3QAAAAcBAAAPAAAAAAAAAAAAAAAAAO8EAABkcnMvZG93bnJl&#10;di54bWxQSwUGAAAAAAQABADzAAAA+QUAAAAA&#10;">
                       <v:shape id="Graphic 23" o:spid="_x0000_s1027" style="position:absolute;left:4762;top:4762;width:114300;height:114300;visibility:visible;mso-wrap-style:square;v-text-anchor:top" coordsize="114300,114300" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQB4aBYjvwAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI/disIw&#10;EIXvF3yHMII3oqndRbQaRVwEb60+wNCMTbWZlCZr69sbYcHLw/n5OOttb2vxoNZXjhXMpgkI4sLp&#10;iksFl/NhsgDhA7LG2jEpeJKH7WbwtcZMu45P9MhDKeII+wwVmBCaTEpfGLLop64hjt7VtRZDlG0p&#10;dYtdHLe1TJNkLi1WHAkGG9obKu75n40QpJ/5LV32ybigy+3XULfPx0qNhv1uBSJQHz7h//ZRK0i/&#10;4f0l/gC5eQEAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAAAAAAAAAAAAAAAAAA&#10;AAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAAABUBAAALAAAAAAAA&#10;AAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQB4aBYjvwAAANsAAAAPAAAAAAAA&#10;AAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA8wIAAAAA&#10;" path="m,114300r114300,l114300,,,,,114300xe" filled="f">
                         <v:path arrowok="t"/>
                       </v:shape>
                     </v:group>
                   </w:pict>
                 </mc:Fallback>
               </mc:AlternateContent>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-2"/>
               </w:rPr>
               <w:t>10/10</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00A912AF" w14:paraId="304B6122" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="646"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -3191,51 +3220,51 @@
                                       </a:lnTo>
                                       <a:close/>
                                     </a:path>
                                   </a:pathLst>
                                 </a:custGeom>
                                 <a:ln w="9525">
                                   <a:solidFill>
                                     <a:srgbClr val="000000"/>
                                   </a:solidFill>
                                   <a:prstDash val="solid"/>
                                 </a:ln>
                               </wps:spPr>
                               <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
                                 <a:prstTxWarp prst="textNoShape">
                                   <a:avLst/>
                                 </a:prstTxWarp>
                                 <a:noAutofit/>
                               </wps:bodyPr>
                             </wps:wsp>
                           </wpg:wgp>
                         </a:graphicData>
                       </a:graphic>
                     </wp:anchor>
                   </w:drawing>
                 </mc:Choice>
-                <mc:Fallback xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst">
+                <mc:Fallback>
                   <w:pict>
                     <v:group w14:anchorId="23288B7D" id="Group 24" o:spid="_x0000_s1026" style="position:absolute;margin-left:43.15pt;margin-top:15.75pt;width:9.75pt;height:9.75pt;z-index:-15834624;mso-wrap-distance-left:0;mso-wrap-distance-right:0" coordsize="123825,123825" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBXHPRRlAIAACsGAAAOAAAAZHJzL2Uyb0RvYy54bWykVMtu2zAQvBfoPxC8N7KdR1MhclAkjVEg&#10;SAMkRc80RT1QisuStOX8fZcrUXaSogVSHaShOFzuzg55cbnrNNsq51swBZ8fzThTRkLZmrrg3x9v&#10;Ppxz5oMwpdBgVMGflOeXy/fvLnqbqwU0oEvlGAYxPu9twZsQbJ5lXjaqE/4IrDI4WYHrRMChq7PS&#10;iR6jdzpbzGZnWQ+utA6k8h7/Xg+TfEnxq0rJ8K2qvApMFxxzC/R29F7Hd7a8EHnthG1aOaYh3pBF&#10;J1qDm06hrkUQbOPaV6G6VjrwUIUjCV0GVdVKRTVgNfPZi2pWDjaWaqnzvraTTCjtC53eHFbebVfO&#10;Pth7N2SP8BbkT4+6ZL2t88P5OK735F3lurgIi2A7UvRpUlTtApP4c744Pl+cciZxasSkuGywLa9W&#10;yebLX9dlIh82pdSmVHqL3vF7efz/yfPQCKtIdR/Lv3esLQseqzCiQwuvRrfgH6wlbo6sqOA48qOY&#10;L/Q5+Xi24Ax1IEAqTCrNT45n6E5SacA4P1UrcrnxYaWA5BbbWx9oeV0mJJqE5M4k6ND80faabB84&#10;Q9s7ztD268H2VoS4LvYwQtZjj8ZMmgnG2Q626hGIF/ZNG7lDpnuKNofUFDD2/7CyxEpfS4EP2HQ0&#10;UYJESN+BiGIls/2D88ddpQavhsRj5aT1pAYGPNRbmyjMp1Nsd1TAg27Lm1ZrGrh6faUd24p4vdAT&#10;pcUIz2jW+XAtfDPwaGqkaUPnzOeDaaKZ1lA+oed6dFnB/a+NcIoz/dWgq+MFloBLYJ2AC/oK6Jqj&#10;TuGej7sfwlkWty94QLfdQTK3yJOPMNlIGLhxpYHPmwBVG02GBy1lNA7woBGiGwnRsyvvcEys/R2/&#10;/A0AAP//AwBQSwMEFAAGAAgAAAAhADJ5pj3eAAAACAEAAA8AAABkcnMvZG93bnJldi54bWxMj0FL&#10;w0AUhO+C/2F5gje7G0NKidmUUtRTEWwF8faafU1Cs29Ddpuk/97tSY/DDDPfFOvZdmKkwbeONSQL&#10;BYK4cqblWsPX4e1pBcIHZIOdY9JwJQ/r8v6uwNy4iT9p3IdaxBL2OWpoQuhzKX3VkEW/cD1x9E5u&#10;sBiiHGppBpxiue3ks1JLabHluNBgT9uGqvP+YjW8Tzht0uR13J1P2+vPIfv43iWk9ePDvHkBEWgO&#10;f2G44Ud0KCPT0V3YeNFpWC3TmNSQJhmIm6+yeOWoIUsUyLKQ/w+UvwAAAP//AwBQSwECLQAUAAYA&#10;CAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBL&#10;AQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BL&#10;AQItABQABgAIAAAAIQBXHPRRlAIAACsGAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnht&#10;bFBLAQItABQABgAIAAAAIQAyeaY93gAAAAgBAAAPAAAAAAAAAAAAAAAAAO4EAABkcnMvZG93bnJl&#10;di54bWxQSwUGAAAAAAQABADzAAAA+QUAAAAA&#10;">
                       <v:shape id="Graphic 25" o:spid="_x0000_s1027" style="position:absolute;left:4762;top:4762;width:114300;height:114300;visibility:visible;mso-wrap-style:square;v-text-anchor:top" coordsize="114300,114300" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQCYzSvMvwAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI/disIw&#10;EIXvF3yHMII3oqllV7QaRVwEb60+wNCMTbWZlCZr69sbYcHLw/n5OOttb2vxoNZXjhXMpgkI4sLp&#10;iksFl/NhsgDhA7LG2jEpeJKH7WbwtcZMu45P9MhDKeII+wwVmBCaTEpfGLLop64hjt7VtRZDlG0p&#10;dYtdHLe1TJNkLi1WHAkGG9obKu75n40QpO/5LV32ybigy+3XULfPx0qNhv1uBSJQHz7h//ZRK0h/&#10;4P0l/gC5eQEAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAAAAAAAAAAAAAAAAAA&#10;AAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAAABUBAAALAAAAAAAA&#10;AAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQCYzSvMvwAAANsAAAAPAAAAAAAA&#10;AAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA8wIAAAAA&#10;" path="m,114300r114300,l114300,,,,,114300xe" filled="f">
                         <v:path arrowok="t"/>
                       </v:shape>
                     </v:group>
                   </w:pict>
                 </mc:Fallback>
               </mc:AlternateContent>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-2"/>
               </w:rPr>
               <w:t>&gt;2/10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1838" w:type="dxa"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
@@ -3314,51 +3343,51 @@
                                       </a:lnTo>
                                       <a:close/>
                                     </a:path>
                                   </a:pathLst>
                                 </a:custGeom>
                                 <a:ln w="9525">
                                   <a:solidFill>
                                     <a:srgbClr val="000000"/>
                                   </a:solidFill>
                                   <a:prstDash val="solid"/>
                                 </a:ln>
                               </wps:spPr>
                               <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
                                 <a:prstTxWarp prst="textNoShape">
                                   <a:avLst/>
                                 </a:prstTxWarp>
                                 <a:noAutofit/>
                               </wps:bodyPr>
                             </wps:wsp>
                           </wpg:wgp>
                         </a:graphicData>
                       </a:graphic>
                     </wp:anchor>
                   </w:drawing>
                 </mc:Choice>
-                <mc:Fallback xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst">
+                <mc:Fallback>
                   <w:pict>
                     <v:group w14:anchorId="0EF69CA5" id="Group 26" o:spid="_x0000_s1026" style="position:absolute;margin-left:46.5pt;margin-top:15.75pt;width:9.75pt;height:9.75pt;z-index:-15834112;mso-wrap-distance-left:0;mso-wrap-distance-right:0" coordsize="123825,123825" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAWFe7ZlgIAACsGAAAOAAAAZHJzL2Uyb0RvYy54bWykVMtu2zAQvBfoPxC8N7KdR1MhclAkjVEg&#10;SAMkRc80RT1QimSXtOX8fZcrUXaSogVSHaShdrjcHQ55cbnrNNsq8K01BZ8fzThTRtqyNXXBvz/e&#10;fDjnzAdhSqGtUQV/Up5fLt+/u+hdrha2sbpUwDCJ8XnvCt6E4PIs87JRnfBH1imDwcpCJwIOoc5K&#10;ED1m73S2mM3Ost5C6cBK5T3+vR6CfEn5q0rJ8K2qvApMFxxrC/QGeq/jO1teiLwG4ZpWjmWIN1TR&#10;idbgolOqaxEE20D7KlXXSrDeVuFI2i6zVdVKRT1gN/PZi25WYDeOeqnzvnaTTCjtC53enFbebVfg&#10;Htw9DNUjvLXyp0ddst7V+WE8jus9eVdBFydhE2xHij5NiqpdYBJ/zhfH54tTziSGRkyKywa35dUs&#10;2Xz567xM5MOiVNpUSu/QO34vj/8/eR4a4RSp7mP798DasuCLj5wZ0aGFV6Nb8A/2EhdHVlRwHPlR&#10;zBf6nHw8W3CGOhAgFSaV5ifHM3QnqTRgjE/dilxufFgpS3KL7a0PNL0uExJNQnJnEgQ0f7S9JtsH&#10;ztD2wBnafj3Y3okQ58U9jJD1uEdjJc0EY7SzW/VoiRf2mzZyh0r3FG0OqSlh3P/DzhIrfR0lPmDT&#10;0UQJEiF9ByKKlcz2D84fV5XaejUUHjsnrSc1MOGh3tpEYT6doo2jAt7qtrxptaYB1OsrDWwr4vVC&#10;T5QWMzyjOfDhWvhm4FFopGlD58zng2mimda2fELP9eiygvtfGwGKM/3VoKvjBZYAJLBOAIK+snTN&#10;0U7hmo+7HwIci8sXPKDb7mwyt8iTj7DYSBi4caaxnzfBVm00GR60VNE4wINGiG4kRM+uvMMxsfZ3&#10;/PI3AAAA//8DAFBLAwQUAAYACAAAACEAQaUL1t4AAAAIAQAADwAAAGRycy9kb3ducmV2LnhtbEyP&#10;QUvDQBCF74L/YRnBm91sQ0RjNqUU9VQEW0G8TbPTJDQ7G7LbJP33bk96e8Mb3vtesZptJ0YafOtY&#10;g1okIIgrZ1quNXzt3x6eQPiAbLBzTBou5GFV3t4UmBs38SeNu1CLGMI+Rw1NCH0upa8asugXrieO&#10;3tENFkM8h1qaAacYbju5TJJHabHl2NBgT5uGqtPubDW8TzitU/U6bk/HzeVnn318bxVpfX83r19A&#10;BJrD3zNc8SM6lJHp4M5svOg0PKdxStCQqgzE1VfLKA4aMpWALAv5f0D5CwAA//8DAFBLAQItABQA&#10;BgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1s&#10;UEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxz&#10;UEsBAi0AFAAGAAgAAAAhABYV7tmWAgAAKwYAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2Mu&#10;eG1sUEsBAi0AFAAGAAgAAAAhAEGlC9beAAAACAEAAA8AAAAAAAAAAAAAAAAA8AQAAGRycy9kb3du&#10;cmV2LnhtbFBLBQYAAAAABAAEAPMAAAD7BQAAAAA=&#10;">
                       <v:shape id="Graphic 27" o:spid="_x0000_s1027" style="position:absolute;left:4762;top:4762;width:114300;height:114300;visibility:visible;mso-wrap-style:square;v-text-anchor:top" coordsize="114300,114300" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQAHUxAgwQAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI/fasIw&#10;FMbvB75DOII3ZU1XhrpqFFEGu131AQ7NsWltTkqTtd3bL4PBLj++Pz++/XG2nRhp8I1jBS9pBoK4&#10;crrhWsHt+v68BeEDssbOMSn4Jg/Hw+Jpj4V2E3/SWIZaxBH2BSowIfSFlL4yZNGnrieO3t0NFkOU&#10;Qy31gFMct53Ms2wtLTYcCQZ7OhuqHuWXjRCk13Wbv81ZUtGtvRiazmWi1Go5n3YgAs3hP/zX/tAK&#10;8g38fok/QB5+AAAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAAAAAAAAAA&#10;AAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAAAA&#10;AAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAAdTECDBAAAA2wAAAA8AAAAA&#10;AAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD1AgAAAAA=&#10;" path="m,114300r114300,l114300,,,,,114300xe" filled="f">
                         <v:path arrowok="t"/>
                       </v:shape>
                     </v:group>
                   </w:pict>
                 </mc:Fallback>
               </mc:AlternateContent>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-2"/>
               </w:rPr>
               <w:t>&lt;1/10</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00A912AF" w14:paraId="5C3D9A7D" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="545"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -3530,51 +3559,51 @@
                                       </a:lnTo>
                                       <a:close/>
                                     </a:path>
                                   </a:pathLst>
                                 </a:custGeom>
                                 <a:ln w="9525">
                                   <a:solidFill>
                                     <a:srgbClr val="000000"/>
                                   </a:solidFill>
                                   <a:prstDash val="solid"/>
                                 </a:ln>
                               </wps:spPr>
                               <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
                                 <a:prstTxWarp prst="textNoShape">
                                   <a:avLst/>
                                 </a:prstTxWarp>
                                 <a:noAutofit/>
                               </wps:bodyPr>
                             </wps:wsp>
                           </wpg:wgp>
                         </a:graphicData>
                       </a:graphic>
                     </wp:anchor>
                   </w:drawing>
                 </mc:Choice>
-                <mc:Fallback xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst">
+                <mc:Fallback>
                   <w:pict>
                     <v:group w14:anchorId="467EAA33" id="Group 28" o:spid="_x0000_s1026" style="position:absolute;margin-left:43.15pt;margin-top:10.45pt;width:9.75pt;height:9.75pt;z-index:-15833600;mso-wrap-distance-left:0;mso-wrap-distance-right:0" coordsize="123825,123825" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBTJ0rXlgIAACsGAAAOAAAAZHJzL2Uyb0RvYy54bWykVMtu2zAQvBfoPxC8N7KdRxMhclAkjVEg&#10;aAMkRc80RT1QimSXtOX8fZcrUXaSogVSHaShdrjcHQ55ebXrNNsq8K01BZ8fzThTRtqyNXXBvz/e&#10;fjjnzAdhSqGtUQV/Up5fLd+/u+xdrha2sbpUwDCJ8XnvCt6E4PIs87JRnfBH1imDwcpCJwIOoc5K&#10;ED1m73S2mM3Ost5C6cBK5T3+vRmCfEn5q0rJ8K2qvApMFxxrC/QGeq/jO1teirwG4ZpWjmWIN1TR&#10;idbgolOqGxEE20D7KlXXSrDeVuFI2i6zVdVKRT1gN/PZi25WYDeOeqnzvnaTTCjtC53enFZ+3a7A&#10;Pbh7GKpHeGflT4+6ZL2r88N4HNd78q6CLk7CJtiOFH2aFFW7wCT+nC+OzxennEkMjZgUlw1uy6tZ&#10;svn813mZyIdFqbSplN6hd/xeHv9/8jw0wilS3cf274G1ZcEXF5wZ0aGFV6Nb8A/2EhdHVlRwHPlR&#10;zBf6nHw8W3CGOhAgFSaV5ifHM3QnqTRgjE/dilxufFgpS3KL7Z0PNL0uExJNQnJnEgQ0f7S9JtsH&#10;ztD2wBnafj3Y3okQ58U9jJD1uEdjJc0EY7SzW/VoiRf2mzZyh0r3FG0OqSlh3P/DzhIrfR0lPmDT&#10;0UQJEiF9ByKKlcz2D84fV5XaejUUHjsnrSc1MOGh3tpEYS5O0cZRAW91W962WtMA6vW1BrYV8Xqh&#10;J0qLGZ7RHPhwI3wz8Cg00rShc+bzwTTRTGtbPqHnenRZwf2vjQDFmf5i0NXxAksAElgnAEFfW7rm&#10;aKdwzcfdDwGOxeULHtBtX20yt8iTj7DYSBi4caaxnzbBVm00GR60VNE4wINGiG4kRM+uvMMxsfZ3&#10;/PI3AAAA//8DAFBLAwQUAAYACAAAACEATM/7a98AAAAIAQAADwAAAGRycy9kb3ducmV2LnhtbEyP&#10;zWrDMBCE74W+g9hCb43k/JG6XocQ2p5CoUmh9LaxNraJJRlLsZ23r3Jqj8MMM99k69E0oufO184i&#10;JBMFgm3hdG1LhK/D29MKhA9kNTXOMsKVPazz+7uMUu0G+8n9PpQillifEkIVQptK6YuKDfmJa9lG&#10;7+Q6QyHKrpS6oyGWm0ZOlVpKQ7WNCxW1vK24OO8vBuF9oGEzS1773fm0vf4cFh/fu4QRHx/GzQuI&#10;wGP4C8MNP6JDHpmO7mK1Fw3CajmLSYSpegZx89UiXjkizNUcZJ7J/wfyXwAAAP//AwBQSwECLQAU&#10;AAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnht&#10;bFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVs&#10;c1BLAQItABQABgAIAAAAIQBTJ0rXlgIAACsGAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9j&#10;LnhtbFBLAQItABQABgAIAAAAIQBMz/tr3wAAAAgBAAAPAAAAAAAAAAAAAAAAAPAEAABkcnMvZG93&#10;bnJldi54bWxQSwUGAAAAAAQABADzAAAA/AUAAAAA&#10;">
                       <v:shape id="Graphic 29" o:spid="_x0000_s1027" style="position:absolute;left:4762;top:4762;width:114300;height:114300;visibility:visible;mso-wrap-style:square;v-text-anchor:top" coordsize="114300,114300" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQAZgCHJwAAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI/fasIw&#10;FMbvB75DOMJuiqYrQ2w1ijiE3a7rAxyaY1NtTkoT2/r2y2Cwy4/vz49vf5xtJ0YafOtYwds6BUFc&#10;O91yo6D6vqy2IHxA1tg5JgVP8nA8LF72WGg38ReNZWhEHGFfoAITQl9I6WtDFv3a9cTRu7rBYohy&#10;aKQecIrjtpNZmm6kxZYjwWBPZ0P1vXzYCEF639yyfE6Tmqrbh6HpXCZKvS7n0w5EoDn8h//an1pB&#10;lsPvl/gD5OEHAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAAAAAAAAAAAAAA&#10;AAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAVAQAACwAAAAAA&#10;AAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAGYAhycAAAADbAAAADwAAAAAA&#10;AAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAPQCAAAAAA==&#10;" path="m,114300r114300,l114300,,,,,114300xe" filled="f">
                         <v:path arrowok="t"/>
                       </v:shape>
                     </v:group>
                   </w:pict>
                 </mc:Fallback>
               </mc:AlternateContent>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-2"/>
               </w:rPr>
               <w:t>&gt;5mins</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1838" w:type="dxa"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
@@ -3653,51 +3682,51 @@
                                       </a:lnTo>
                                       <a:close/>
                                     </a:path>
                                   </a:pathLst>
                                 </a:custGeom>
                                 <a:ln w="9525">
                                   <a:solidFill>
                                     <a:srgbClr val="000000"/>
                                   </a:solidFill>
                                   <a:prstDash val="solid"/>
                                 </a:ln>
                               </wps:spPr>
                               <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
                                 <a:prstTxWarp prst="textNoShape">
                                   <a:avLst/>
                                 </a:prstTxWarp>
                                 <a:noAutofit/>
                               </wps:bodyPr>
                             </wps:wsp>
                           </wpg:wgp>
                         </a:graphicData>
                       </a:graphic>
                     </wp:anchor>
                   </w:drawing>
                 </mc:Choice>
-                <mc:Fallback xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst">
+                <mc:Fallback>
                   <w:pict>
                     <v:group w14:anchorId="7DC37538" id="Group 30" o:spid="_x0000_s1026" style="position:absolute;margin-left:46.5pt;margin-top:10.45pt;width:9.75pt;height:9.75pt;z-index:-15833088;mso-wrap-distance-left:0;mso-wrap-distance-right:0" coordsize="123825,123825" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAzPqB3lQIAACsGAAAOAAAAZHJzL2Uyb0RvYy54bWykVMtu2zAQvBfoPxC8N7KdR1MhclAkjVEg&#10;SAMkRc80RT1QisuStOX8fZcrUXaSogVSHaShdrjcHQ55cbnrNNsq51swBZ8fzThTRkLZmrrg3x9v&#10;Ppxz5oMwpdBgVMGflOeXy/fvLnqbqwU0oEvlGCYxPu9twZsQbJ5lXjaqE/4IrDIYrMB1IuDQ1Vnp&#10;RI/ZO50tZrOzrAdXWgdSeY9/r4cgX1L+qlIyfKsqrwLTBcfaAr0dvdfxnS0vRF47YZtWjmWIN1TR&#10;idbgolOqaxEE27j2VaqulQ48VOFIQpdBVbVSUQ/YzXz2opuVg42lXuq8r+0kE0r7Qqc3p5V325Wz&#10;D/beDdUjvAX506MuWW/r/DAex/WevKtcFydhE2xHij5NiqpdYBJ/zhfH54tTziSGRkyKywa35dUs&#10;2Xz567xM5MOiVNpUSm/RO34vj/8/eR4aYRWp7mP79461ZcGP55wZ0aGFV6Nb8A/2EhdHVlRwHPlR&#10;zBf6nHw8W3CGOhAgFSaV5ifHM3QnqTRgjE/dilxufFgpILnF9tYHml6XCYkmIbkzCTo0f7S9JtsH&#10;ztD2jjO0/XqwvRUhzot7GCHrcY/GSpoJxmgHW/UIxAv7TRu5Q6V7ijaH1JQw7v9hZ4mVvpYSH7Dp&#10;aKIEiZC+AxHFSmb7B+ePq0oNXg2Fx85J60kNTHiotzZRmE+naOOogAfdljet1jRw9fpKO7YV8Xqh&#10;J0qLGZ7RrPPhWvhm4FFopGlD58zng2mimdZQPqHnenRZwf2vjXCKM/3VoKvjBZaAS2CdgAv6Cuia&#10;o53CNR93P4SzLC5f8IBuu4NkbpEnH2GxkTBw40wDnzcBqjaaDA9aqmgc4EEjRDcSomdX3uGYWPs7&#10;fvkbAAD//wMAUEsDBBQABgAIAAAAIQA/E1aA3wAAAAgBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9B&#10;a8JAFITvhf6H5RV6q7uJWmrMi4i0PUlBLRRva/JMgtm3Ibsm8d93PbXHYYaZb9LVaBrRU+dqywjR&#10;RIEgzm1Rc4nwffh4eQPhvOZCN5YJ4UYOVtnjQ6qTwg68o37vSxFK2CUaofK+TaR0eUVGu4ltiYN3&#10;tp3RPsiulEWnh1BuGhkr9SqNrjksVLqlTUX5ZX81CJ+DHtbT6L3fXs6b2/Ew//rZRoT4/DSulyA8&#10;jf4vDHf8gA5ZYDrZKxdONAiLabjiEWK1AHH3o3gO4oQwUzOQWSr/H8h+AQAA//8DAFBLAQItABQA&#10;BgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1s&#10;UEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxz&#10;UEsBAi0AFAAGAAgAAAAhADM+oHeVAgAAKwYAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2Mu&#10;eG1sUEsBAi0AFAAGAAgAAAAhAD8TVoDfAAAACAEAAA8AAAAAAAAAAAAAAAAA7wQAAGRycy9kb3du&#10;cmV2LnhtbFBLBQYAAAAABAAEAPMAAAD7BQAAAAA=&#10;">
                       <v:shape id="Graphic 31" o:spid="_x0000_s1027" style="position:absolute;left:4762;top:4762;width:114300;height:114300;visibility:visible;mso-wrap-style:square;v-text-anchor:top" coordsize="114300,114300" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQBiL7sSwAAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI/disIw&#10;EIXvF3yHMAveiKbqItptKuIieGv1AYZmtqnbTEqTtfXtjSB4eTg/HyfbDrYRN+p87VjBfJaAIC6d&#10;rrlScDkfpmsQPiBrbByTgjt52OajjwxT7Xo+0a0IlYgj7FNUYEJoUyl9aciin7mWOHq/rrMYouwq&#10;qTvs47ht5CJJVtJizZFgsKW9ofKv+LcRgvS1ui42QzIp6XL9MdTvi4lS489h9w0i0BDe4Vf7qBUs&#10;5/D8En+AzB8AAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAAAAAAAAAAAAAA&#10;AAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAVAQAACwAAAAAA&#10;AAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAYi+7EsAAAADbAAAADwAAAAAA&#10;AAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAPQCAAAAAA==&#10;" path="m,114300r114300,l114300,,,,,114300xe" filled="f">
                         <v:path arrowok="t"/>
                       </v:shape>
                     </v:group>
                   </w:pict>
                 </mc:Fallback>
               </mc:AlternateContent>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-2"/>
               </w:rPr>
               <w:t>&lt;5mins</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00A912AF" w14:paraId="537391B1" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="781"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -3784,51 +3813,51 @@
                                       </a:lnTo>
                                       <a:close/>
                                     </a:path>
                                   </a:pathLst>
                                 </a:custGeom>
                                 <a:ln w="9525">
                                   <a:solidFill>
                                     <a:srgbClr val="000000"/>
                                   </a:solidFill>
                                   <a:prstDash val="solid"/>
                                 </a:ln>
                               </wps:spPr>
                               <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
                                 <a:prstTxWarp prst="textNoShape">
                                   <a:avLst/>
                                 </a:prstTxWarp>
                                 <a:noAutofit/>
                               </wps:bodyPr>
                             </wps:wsp>
                           </wpg:wgp>
                         </a:graphicData>
                       </a:graphic>
                     </wp:anchor>
                   </w:drawing>
                 </mc:Choice>
-                <mc:Fallback xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst">
+                <mc:Fallback>
                   <w:pict>
                     <v:group w14:anchorId="41845613" id="Group 32" o:spid="_x0000_s1026" style="position:absolute;margin-left:287.6pt;margin-top:10.15pt;width:9.75pt;height:9.75pt;z-index:-15831040;mso-wrap-distance-left:0;mso-wrap-distance-right:0" coordsize="123825,123825" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQByN7r/lQIAACsGAAAOAAAAZHJzL2Uyb0RvYy54bWykVF1v2yAUfZ+0/4B4X5yPtuusONXUrNGk&#10;qqvUTHsmGH9oGBiQ2P33u1wbJ02nTer8YB98D5d7DweWN10jyUFYV2uV0dlkSolQXOe1KjP6fXv3&#10;4ZoS55nKmdRKZPRZOHqzev9u2ZpUzHWlZS4sgSTKpa3JaOW9SZPE8Uo0zE20EQqChbYN8zC0ZZJb&#10;1kL2Ribz6fQqabXNjdVcOAd/132QrjB/UQjuvxWFE57IjEJtHt8W37vwTlZLlpaWmarmQxnsDVU0&#10;rFaw6JhqzTwje1u/StXU3GqnCz/hukl0UdRcYA/QzWx61s3G6r3BXsq0Lc0oE0h7ptOb0/KHw8aa&#10;J/No++oB3mv+04EuSWvK9DQexuWR3BW2CZOgCdKhos+joqLzhMPP2XxxPb+khENowKg4r2BbXs3i&#10;1Ze/zktY2i+KpY2ltAa8447yuP+T56liRqDqLrT/aEmdZ3SxoESxBiy8GdwCf6CXsDiwgoLDyA1i&#10;nulz8fFqTgnogABVGFWaXSym4E5UqccQH7tlKd87vxEa5WaHe+dxeplHxKqIeKcitGD+YHuJtveU&#10;gO0tJWD7XW97w3yYF/YwQNLCHg2VVCMM0UYfxFYjzx83beD2lR4pUp1SY8Kw/6edRVb8Gkx8wsaj&#10;CRJEQvz2RBArmu0fnD+uyqV2oi88dI5aj2pAwlO9pQrCfLoEGwcFnJZ1fldLiQNb7m6lJQcWrhd8&#10;grSQ4QXNWOfXzFU9D0MDTSo8Zy7tTRPMtNP5M3iuBZdl1P3aMysokV8VuDpcYBHYCHYRWC9vNV5z&#10;uFOw5rb7wawhYfmMenDbg47mZmn0ERQbCD03zFT6897rog4mg4MWKxoGcNAQ4Y0E6MWVdzpG1vGO&#10;X/0GAAD//wMAUEsDBBQABgAIAAAAIQBNvl4a4QAAAAkBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9N&#10;S8NAEIbvgv9hGcGb3XwY26aZlFLUUxFsBeltm0yT0OxsyG6T9N+7nvQ4vA/v+0y2nnQrBuptYxgh&#10;nAUgiAtTNlwhfB3enhYgrFNcqtYwIdzIwjq/v8tUWpqRP2nYu0r4ErapQqid61IpbVGTVnZmOmKf&#10;nU2vlfNnX8myV6Mv162MguBFatWwX6hVR9uaisv+qhHeRzVu4vB12F3O29vxkHx870JCfHyYNisQ&#10;jib3B8OvvleH3DudzJVLK1qEZJ5EHkWIghiEB5Ll8xzECSFeLkDmmfz/Qf4DAAD//wMAUEsBAi0A&#10;FAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54&#10;bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJl&#10;bHNQSwECLQAUAAYACAAAACEAcje6/5UCAAArBgAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0Rv&#10;Yy54bWxQSwECLQAUAAYACAAAACEATb5eGuEAAAAJAQAADwAAAAAAAAAAAAAAAADvBAAAZHJzL2Rv&#10;d25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAP0FAAAAAA==&#10;">
                       <v:shape id="Graphic 33" o:spid="_x0000_s1027" style="position:absolute;left:4762;top:4762;width:114300;height:114300;visibility:visible;mso-wrap-style:square;v-text-anchor:top" coordsize="114300,114300" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQD9sYD+wQAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI/fasIw&#10;FMbvB75DOMJuiqZrh2g1ijiE3a76AIfm2FSbk9Jkbff2izDY5cf358e3O0y2FQP1vnGs4G2ZgiCu&#10;nG64VnC9nBdrED4ga2wdk4If8nDYz152WGg38hcNZahFHGFfoAITQldI6StDFv3SdcTRu7neYoiy&#10;r6XucYzjtpVZmq6kxYYjwWBHJ0PVo/y2EYL0vrpnmylNKrrePwyNpzJR6nU+HbcgAk3hP/zX/tQK&#10;8hyeX+IPkPtfAAAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAAAAAAAAAA&#10;AAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAAAA&#10;AAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAP2xgP7BAAAA2wAAAA8AAAAA&#10;AAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD1AgAAAAA=&#10;" path="m,114300r114300,l114300,,,,,114300xe" filled="f">
                         <v:path arrowok="t"/>
                       </v:shape>
                     </v:group>
                   </w:pict>
                 </mc:Fallback>
               </mc:AlternateContent>
             </w:r>
             <w:r>
               <w:t>2)</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="80"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t xml:space="preserve">What is the </w:t>
             </w:r>
@@ -3837,51 +3866,59 @@
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>10 year</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t xml:space="preserve"> coronary risk?</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-4"/>
               </w:rPr>
               <w:t xml:space="preserve">&lt;15? </w:t>
             </w:r>
             <w:r>
-              <w:t>(calculate the risk factor, e.g. using BMF</w:t>
+              <w:t>(</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:t>calculate</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> the risk factor, e.g. using BMF</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1373" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="7253242B" w14:textId="77777777" w:rsidR="00A912AF" w:rsidRDefault="00444C34">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="131"/>
               <w:ind w:left="311"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <mc:AlternateContent>
                 <mc:Choice Requires="wpg">
                   <w:drawing>
                     <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="487483904" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="59239DA9" wp14:editId="46643A48">
                       <wp:simplePos x="0" y="0"/>
                       <wp:positionH relativeFrom="column">
                         <wp:posOffset>548258</wp:posOffset>
                       </wp:positionH>
@@ -3942,51 +3979,51 @@
                                       </a:lnTo>
                                       <a:close/>
                                     </a:path>
                                   </a:pathLst>
                                 </a:custGeom>
                                 <a:ln w="9525">
                                   <a:solidFill>
                                     <a:srgbClr val="000000"/>
                                   </a:solidFill>
                                   <a:prstDash val="solid"/>
                                 </a:ln>
                               </wps:spPr>
                               <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
                                 <a:prstTxWarp prst="textNoShape">
                                   <a:avLst/>
                                 </a:prstTxWarp>
                                 <a:noAutofit/>
                               </wps:bodyPr>
                             </wps:wsp>
                           </wpg:wgp>
                         </a:graphicData>
                       </a:graphic>
                     </wp:anchor>
                   </w:drawing>
                 </mc:Choice>
-                <mc:Fallback xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst">
+                <mc:Fallback>
                   <w:pict>
                     <v:group w14:anchorId="60EE618A" id="Group 34" o:spid="_x0000_s1026" style="position:absolute;margin-left:43.15pt;margin-top:10.15pt;width:9.75pt;height:9.75pt;z-index:-15832576;mso-wrap-distance-left:0;mso-wrap-distance-right:0" coordsize="123825,123825" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDwKuW8lQIAACsGAAAOAAAAZHJzL2Uyb0RvYy54bWykVMtu2zAQvBfoPxC8N7KdR1MhclAkjVEg&#10;SAMkRc80RT1QimSXtOX8fZcrUXaSogVSHaShdrjcHQ55cbnrNNsq8K01BZ8fzThTRtqyNXXBvz/e&#10;fDjnzAdhSqGtUQV/Up5fLt+/u+hdrha2sbpUwDCJ8XnvCt6E4PIs87JRnfBH1imDwcpCJwIOoc5K&#10;ED1m73S2mM3Ost5C6cBK5T3+vR6CfEn5q0rJ8K2qvApMFxxrC/QGeq/jO1teiLwG4ZpWjmWIN1TR&#10;idbgolOqaxEE20D7KlXXSrDeVuFI2i6zVdVKRT1gN/PZi25WYDeOeqnzvnaTTCjtC53enFbebVfg&#10;Htw9DNUjvLXyp0ddst7V+WE8jus9eVdBFydhE2xHij5NiqpdYBJ/zhfH54tTziSGRkyKywa35dUs&#10;2Xz567xM5MOiVNpUSu/QO34vj/8/eR4a4RSp7mP798DasuDH2IURHVp4NboF/2AvcXFkRQXHkR/F&#10;fKHPycezBWeoAwFSYVJpfnI8Q3eSSgPG+NStyOXGh5WyJLfY3vpA0+syIdEkJHcmQUDzR9trsn3g&#10;DG0PnKHt14PtnQhxXtzDCFmPezRW0kwwRju7VY+WeGG/aSN3qHRP0eaQmhLG/T/sLLHS11HiAzYd&#10;TZQgEdJ3IKJYyWz/4PxxVamtV0PhsXPSelIDEx7qrU0U5tMp2jgq4K1uy5tWaxpAvb7SwLYiXi/0&#10;RGkxwzOaAx+uhW8GHoVGmjZ0znw+mCaaaW3LJ/Rcjy4ruP+1EaA4018NujpeYAlAAusEIOgrS9cc&#10;7RSu+bj7IcCxuHzBA7rtziZzizz5CIuNhIEbZxr7eRNs1UaT4UFLFY0DPGiE6EZC9OzKOxwTa3/H&#10;L38DAAD//wMAUEsDBBQABgAIAAAAIQDCqlmb3wAAAAgBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9B&#10;a8JAEIXvhf6HZQq91U0MShozEZG2JylUC8Xbmh2TYHY2ZNck/vuup/Y0PN7jzffy9WRaMVDvGssI&#10;8SwCQVxa3XCF8H14f0lBOK9Yq9YyIdzIwbp4fMhVpu3IXzTsfSVCCbtMIdTed5mUrqzJKDezHXHw&#10;zrY3ygfZV1L3agzlppXzKFpKoxoOH2rV0bam8rK/GoSPUY2bJH4bdpfz9nY8LD5/djEhPj9NmxUI&#10;T5P/C8MdP6BDEZhO9sraiRYhXSYhiTCPwr370SJMOSEkrynIIpf/BxS/AAAA//8DAFBLAQItABQA&#10;BgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1s&#10;UEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxz&#10;UEsBAi0AFAAGAAgAAAAhAPAq5byVAgAAKwYAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2Mu&#10;eG1sUEsBAi0AFAAGAAgAAAAhAMKqWZvfAAAACAEAAA8AAAAAAAAAAAAAAAAA7wQAAGRycy9kb3du&#10;cmV2LnhtbFBLBQYAAAAABAAEAPMAAAD7BQAAAAA=&#10;">
                       <v:shape id="Graphic 35" o:spid="_x0000_s1027" style="position:absolute;left:4762;top:4762;width:114300;height:114300;visibility:visible;mso-wrap-style:square;v-text-anchor:top" coordsize="114300,114300" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQAdFL0RvwAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI/disIw&#10;EIXvF3yHMII3oqm6ilajiLLg7VYfYGjGptpMShNtffuNIOzl4fx8nM2us5V4UuNLxwom4wQEce50&#10;yYWCy/lntAThA7LGyjEpeJGH3bb3tcFUu5Z/6ZmFQsQR9ikqMCHUqZQ+N2TRj11NHL2rayyGKJtC&#10;6gbbOG4rOU2ShbRYciQYrOlgKL9nDxshSN+L23TVJcOcLrejofaQDZUa9Lv9GkSgLvyHP+2TVjCb&#10;w/tL/AFy+wcAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAAAAAAAAAAAAAAAAAA&#10;AAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAAABUBAAALAAAAAAAA&#10;AAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQAdFL0RvwAAANsAAAAPAAAAAAAA&#10;AAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA8wIAAAAA&#10;" path="m,114300r114300,l114300,,,,,114300xe" filled="f">
                         <v:path arrowok="t"/>
                       </v:shape>
                     </v:group>
                   </w:pict>
                 </mc:Fallback>
               </mc:AlternateContent>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-2"/>
               </w:rPr>
               <w:t>15-</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-7"/>
               </w:rPr>
               <w:t>30</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
@@ -4071,51 +4108,51 @@
                                       </a:lnTo>
                                       <a:close/>
                                     </a:path>
                                   </a:pathLst>
                                 </a:custGeom>
                                 <a:ln w="9525">
                                   <a:solidFill>
                                     <a:srgbClr val="000000"/>
                                   </a:solidFill>
                                   <a:prstDash val="solid"/>
                                 </a:ln>
                               </wps:spPr>
                               <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
                                 <a:prstTxWarp prst="textNoShape">
                                   <a:avLst/>
                                 </a:prstTxWarp>
                                 <a:noAutofit/>
                               </wps:bodyPr>
                             </wps:wsp>
                           </wpg:wgp>
                         </a:graphicData>
                       </a:graphic>
                     </wp:anchor>
                   </w:drawing>
                 </mc:Choice>
-                <mc:Fallback xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst">
+                <mc:Fallback>
                   <w:pict>
                     <v:group w14:anchorId="0BD5B55E" id="Group 36" o:spid="_x0000_s1026" style="position:absolute;margin-left:46.5pt;margin-top:10.15pt;width:9.75pt;height:9.75pt;z-index:-15831552;mso-wrap-distance-left:0;mso-wrap-distance-right:0" coordsize="123825,123825" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCxI/80lgIAACsGAAAOAAAAZHJzL2Uyb0RvYy54bWykVMtu2zAQvBfoPxC8N7KdR1MhclAkjVEg&#10;SAMkRc80RT1QimSXtOX8fZcrUXaSogVSHaShdrjcHQ55cbnrNNsq8K01BZ8fzThTRtqyNXXBvz/e&#10;fDjnzAdhSqGtUQV/Up5fLt+/u+hdrha2sbpUwDCJ8XnvCt6E4PIs87JRnfBH1imDwcpCJwIOoc5K&#10;ED1m73S2mM3Ost5C6cBK5T3+vR6CfEn5q0rJ8K2qvApMFxxrC/QGeq/jO1teiLwG4ZpWjmWIN1TR&#10;idbgolOqaxEE20D7KlXXSrDeVuFI2i6zVdVKRT1gN/PZi25WYDeOeqnzvnaTTCjtC53enFbebVfg&#10;Htw9DNUjvLXyp0ddst7V+WE8jus9eVdBFydhE2xHij5NiqpdYBJ/zhfH54tTziSGRkyKywa35dUs&#10;2Xz567xM5MOiVNpUSu/QO34vj/8/eR4a4RSp7mP798DasuDHHzkzokMLr0a34B/sJS6OrKjgOPKj&#10;mC/0Ofl4tuAMdSBAKkwqzU+OZ+hOUmnAGJ+6Fbnc+LBSluQW21sfaHpdJiSahOTOJAho/mh7TbYP&#10;nKHtgTO0/XqwvRMhzot7GCHrcY/GSpoJxmhnt+rREi/sN23kDpXuKdocUlPCuP+HnSVW+jpKfMCm&#10;o4kSJEL6DkQUK5ntH5w/riq19WooPHZOWk9qYMJDvbWJwnw6RRtHBbzVbXnTak0DqNdXGthWxOuF&#10;nigtZnhGc+DDtfDNwKPQSNOGzpnPB9NEM61t+YSe69FlBfe/NgIUZ/qrQVfHCywBSGCdAAR9Zema&#10;o53CNR93PwQ4FpcveEC33dlkbpEnH2GxkTBw40xjP2+CrdpoMjxoqaJxgAeNEN1IiJ5deYdjYu3v&#10;+OVvAAAA//8DAFBLAwQUAAYACAAAACEAsXb0cN8AAAAIAQAADwAAAGRycy9kb3ducmV2LnhtbEyP&#10;T2vCQBTE74V+h+UJvdXNHywa8yIibU9SqBZKb8/sMwlmd0N2TeK373pqj8MMM7/JN5NuxcC9a6xB&#10;iOcRCDalVY2pEL6Ob89LEM6TUdRawwg3drApHh9yypQdzScPB1+JUGJcRgi1910mpStr1uTmtmMT&#10;vLPtNfkg+0qqnsZQrluZRNGL1NSYsFBTx7uay8vhqhHeRxq3afw67C/n3e3nuPj43seM+DSbtmsQ&#10;nif/F4Y7fkCHIjCd7NUoJ1qEVRqueIQkSkHc/ThZgDghpKslyCKX/w8UvwAAAP//AwBQSwECLQAU&#10;AAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnht&#10;bFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVs&#10;c1BLAQItABQABgAIAAAAIQCxI/80lgIAACsGAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9j&#10;LnhtbFBLAQItABQABgAIAAAAIQCxdvRw3wAAAAgBAAAPAAAAAAAAAAAAAAAAAPAEAABkcnMvZG93&#10;bnJldi54bWxQSwUGAAAAAAQABADzAAAA/AUAAAAA&#10;">
                       <v:shape id="Graphic 37" o:spid="_x0000_s1027" style="position:absolute;left:4762;top:4762;width:114300;height:114300;visibility:visible;mso-wrap-style:square;v-text-anchor:top" coordsize="114300,114300" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQCCiob9wAAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI/disIw&#10;EIXvF3yHMII3oqm6+FONIsqCt1t9gKEZm2ozKU209e03grCXh/PzcTa7zlbiSY0vHSuYjBMQxLnT&#10;JRcKLuef0RKED8gaK8ek4EUedtve1wZT7Vr+pWcWChFH2KeowIRQp1L63JBFP3Y1cfSurrEYomwK&#10;qRts47it5DRJ5tJiyZFgsKaDofyePWyEIH3Pb9NVlwxzutyOhtpDNlRq0O/2axCBuvAf/rRPWsFs&#10;Ae8v8QfI7R8AAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAAAAAAAAAAAAAA&#10;AAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAVAQAACwAAAAAA&#10;AAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAgoqG/cAAAADbAAAADwAAAAAA&#10;AAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAPQCAAAAAA==&#10;" path="m,114300r114300,l114300,,,,,114300xe" filled="f">
                         <v:path arrowok="t"/>
                       </v:shape>
                     </v:group>
                   </w:pict>
                 </mc:Fallback>
               </mc:AlternateContent>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-5"/>
               </w:rPr>
               <w:t>&gt;30</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00A912AF" w14:paraId="795406B4" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="427"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -4203,51 +4240,51 @@
                                       </a:lnTo>
                                       <a:close/>
                                     </a:path>
                                   </a:pathLst>
                                 </a:custGeom>
                                 <a:ln w="9525">
                                   <a:solidFill>
                                     <a:srgbClr val="000000"/>
                                   </a:solidFill>
                                   <a:prstDash val="solid"/>
                                 </a:ln>
                               </wps:spPr>
                               <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
                                 <a:prstTxWarp prst="textNoShape">
                                   <a:avLst/>
                                 </a:prstTxWarp>
                                 <a:noAutofit/>
                               </wps:bodyPr>
                             </wps:wsp>
                           </wpg:wgp>
                         </a:graphicData>
                       </a:graphic>
                     </wp:anchor>
                   </w:drawing>
                 </mc:Choice>
-                <mc:Fallback xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst">
+                <mc:Fallback>
                   <w:pict>
                     <v:group w14:anchorId="4A24B073" id="Group 38" o:spid="_x0000_s1026" style="position:absolute;margin-left:287.6pt;margin-top:7.15pt;width:9.75pt;height:9.75pt;z-index:-15832064;mso-wrap-distance-left:0;mso-wrap-distance-right:0" coordsize="123825,123825" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQD0EVs6lgIAACsGAAAOAAAAZHJzL2Uyb0RvYy54bWykVMtu2zAQvBfoPxC8N7KdRxMhclAkjVEg&#10;aAMkRc80RT1QimSXtOX8fZcrUXaSogVSHaShdrjcHQ55ebXrNNsq8K01BZ8fzThTRtqyNXXBvz/e&#10;fjjnzAdhSqGtUQV/Up5fLd+/u+xdrha2sbpUwDCJ8XnvCt6E4PIs87JRnfBH1imDwcpCJwIOoc5K&#10;ED1m73S2mM3Ost5C6cBK5T3+vRmCfEn5q0rJ8K2qvApMFxxrC/QGeq/jO1teirwG4ZpWjmWIN1TR&#10;idbgolOqGxEE20D7KlXXSrDeVuFI2i6zVdVKRT1gN/PZi25WYDeOeqnzvnaTTCjtC53enFZ+3a7A&#10;Pbh7GKpHeGflT4+6ZL2r88N4HNd78q6CLk7CJtiOFH2aFFW7wCT+nC+OzxennEkMjZgUlw1uy6tZ&#10;svn813mZyIdFqbSplN6hd/xeHv9/8jw0wilS3cf274G1ZcGPLzgzokMLr0a34B/sJS6OrKjgOPKj&#10;mC/0Ofl4tuAMdSBAKkwqzU+OZ+hOUmnAGJ+6Fbnc+LBSluQW2zsfaHpdJiSahOTOJAho/mh7TbYP&#10;nKHtgTO0/XqwvRMhzot7GCHrcY/GSpoJxmhnt+rREi/sN23kDpXuKdocUlPCuP+HnSVW+jpKfMCm&#10;o4kSJEL6DkQUK5ntH5w/riq19WooPHZOWk9qYMJDvbWJwlycoo2jAt7qtrxttaYB1OtrDWwr4vVC&#10;T5QWMzyjOfDhRvhm4FFopGlD58zng2mimda2fELP9eiygvtfGwGKM/3FoKvjBZYAJLBOAIK+tnTN&#10;0U7hmo+7HwIci8sXPKDbvtpkbpEnH2GxkTBw40xjP22CrdpoMjxoqaJxgAeNEN1IiJ5deYdjYu3v&#10;+OVvAAAA//8DAFBLAwQUAAYACAAAACEAq0jwbuAAAAAJAQAADwAAAGRycy9kb3ducmV2LnhtbEyP&#10;QUvDQBCF74L/YRnBm92kaWyN2ZRS1FMRbAXxNs1Ok9Dsbshuk/TfO570OLyP977J15NpxUC9b5xV&#10;EM8iEGRLpxtbKfg8vD6sQPiAVmPrLCm4kod1cXuTY6bdaD9o2IdKcIn1GSqoQ+gyKX1Zk0E/cx1Z&#10;zk6uNxj47Cupexy53LRyHkWP0mBjeaHGjrY1lef9xSh4G3HcJPHLsDufttfvQ/r+tYtJqfu7afMM&#10;ItAU/mD41Wd1KNjp6C5We9EqSJfpnFEOFgkIBtKnxRLEUUGSrEAWufz/QfEDAAD//wMAUEsBAi0A&#10;FAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54&#10;bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJl&#10;bHNQSwECLQAUAAYACAAAACEA9BFbOpYCAAArBgAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0Rv&#10;Yy54bWxQSwECLQAUAAYACAAAACEAq0jwbuAAAAAJAQAADwAAAAAAAAAAAAAAAADwBAAAZHJzL2Rv&#10;d25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAP0FAAAAAA==&#10;">
                       <v:shape id="Graphic 39" o:spid="_x0000_s1027" style="position:absolute;left:4762;top:4762;width:114300;height:114300;visibility:visible;mso-wrap-style:square;v-text-anchor:top" coordsize="114300,114300" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQCcWbcUvwAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI/disIw&#10;EIXvF3yHMII3oqm6iFajiCLsrdUHGJqxqTaT0kRb394sCF4ezs/HWW87W4knNb50rGAyTkAQ506X&#10;XCi4nI+jBQgfkDVWjknBizxsN72fNabatXyiZxYKEUfYp6jAhFCnUvrckEU/djVx9K6usRiibAqp&#10;G2zjuK3kNEnm0mLJkWCwpr2h/J49bIQg/c5v02WXDHO63A6G2n02VGrQ73YrEIG68A1/2n9awWwJ&#10;/1/iD5CbNwAAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAAAAAAAAAAAAAAAAAA&#10;AAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAAABUBAAALAAAAAAAA&#10;AAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQCcWbcUvwAAANsAAAAPAAAAAAAA&#10;AAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA8wIAAAAA&#10;" path="m,114300r114300,l114300,,,,,114300xe" filled="f">
                         <v:path arrowok="t"/>
                       </v:shape>
                     </v:group>
                   </w:pict>
                 </mc:Fallback>
               </mc:AlternateContent>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>3)</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:spacing w:val="69"/>
                 <w:w w:val="150"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
@@ -4405,51 +4442,51 @@
                                       </a:lnTo>
                                       <a:close/>
                                     </a:path>
                                   </a:pathLst>
                                 </a:custGeom>
                                 <a:ln w="9525">
                                   <a:solidFill>
                                     <a:srgbClr val="000000"/>
                                   </a:solidFill>
                                   <a:prstDash val="solid"/>
                                 </a:ln>
                               </wps:spPr>
                               <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
                                 <a:prstTxWarp prst="textNoShape">
                                   <a:avLst/>
                                 </a:prstTxWarp>
                                 <a:noAutofit/>
                               </wps:bodyPr>
                             </wps:wsp>
                           </wpg:wgp>
                         </a:graphicData>
                       </a:graphic>
                     </wp:anchor>
                   </w:drawing>
                 </mc:Choice>
-                <mc:Fallback xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst">
+                <mc:Fallback>
                   <w:pict>
                     <v:group w14:anchorId="7FF79C4C" id="Group 40" o:spid="_x0000_s1026" style="position:absolute;margin-left:46.5pt;margin-top:7.1pt;width:9.75pt;height:9.75pt;z-index:-15830528;mso-wrap-distance-left:0;mso-wrap-distance-right:0" coordsize="123825,123825" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCFtUSZlQIAACsGAAAOAAAAZHJzL2Uyb0RvYy54bWykVMtu2zAQvBfoPxC8N7KdR1MhclAkjVEg&#10;SAMkRc80RT1QimSXtOX8fZcrUXaSogVSHaShdrjcHQ55cbnrNNsq8K01BZ8fzThTRtqyNXXBvz/e&#10;fDjnzAdhSqGtUQV/Up5fLt+/u+hdrha2sbpUwDCJ8XnvCt6E4PIs87JRnfBH1imDwcpCJwIOoc5K&#10;ED1m73S2mM3Ost5C6cBK5T3+vR6CfEn5q0rJ8K2qvApMFxxrC/QGeq/jO1teiLwG4ZpWjmWIN1TR&#10;idbgolOqaxEE20D7KlXXSrDeVuFI2i6zVdVKRT1gN/PZi25WYDeOeqnzvnaTTCjtC53enFbebVfg&#10;Htw9DNUjvLXyp0ddst7V+WE8jus9eVdBFydhE2xHij5NiqpdYBJ/zhfH54tTziSGRkyKywa35dUs&#10;2Xz567xM5MOiVNpUSu/QO34vj/8/eR4a4RSp7mP798DasuAnc86M6NDCq9Et+Ad7iYsjKyo4jvwo&#10;5gt9Tj6eLThDHQiQCpNK85PjGbqTVBowxqduRS43PqyUJbnF9tYHml6XCYkmIbkzCQKaP9pek+0D&#10;Z2h74Axtvx5s70SI8+IeRsh63KOxkmaCMdrZrXq0xAv7TRu5Q6V7ijaH1JQw7v9hZ4mVvo4SH7Dp&#10;aKIEiZC+AxHFSmb7B+ePq0ptvRoKj52T1pMamPBQb22iMJ9O0cZRAW91W960WtMA6vWVBrYV8Xqh&#10;J0qLGZ7RHPhwLXwz8Cg00rShc+bzwTTRTGtbPqHnenRZwf2vjQDFmf5q0NXxAksAElgnAEFfWbrm&#10;aKdwzcfdDwGOxeULHtBtdzaZW+TJR1hsJAzcONPYz5tgqzaaDA9aqmgc4EEjRDcSomdX3uGYWPs7&#10;fvkbAAD//wMAUEsDBBQABgAIAAAAIQAMwrXS3wAAAAgBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/N&#10;TsMwEITvSLyDtUjcqPNDoYQ4VVUBpwqJFgn1to23SdR4HcVukr497gmOs7Oa+SZfTqYVA/Wusawg&#10;nkUgiEurG64UfO/eHxYgnEfW2FomBRdysCxub3LMtB35i4atr0QIYZehgtr7LpPSlTUZdDPbEQfv&#10;aHuDPsi+krrHMYSbViZR9CQNNhwaauxoXVN52p6Ngo8Rx1Uavw2b03F92e/mnz+bmJS6v5tWryA8&#10;Tf7vGa74AR2KwHSwZ9ZOtApe0jDFh/tjAuLqx8kcxEFBmj6DLHL5f0DxCwAA//8DAFBLAQItABQA&#10;BgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1s&#10;UEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxz&#10;UEsBAi0AFAAGAAgAAAAhAIW1RJmVAgAAKwYAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2Mu&#10;eG1sUEsBAi0AFAAGAAgAAAAhAAzCtdLfAAAACAEAAA8AAAAAAAAAAAAAAAAA7wQAAGRycy9kb3du&#10;cmV2LnhtbFBLBQYAAAAABAAEAPMAAAD7BQAAAAA=&#10;">
                       <v:shape id="Graphic 41" o:spid="_x0000_s1027" style="position:absolute;left:4762;top:4762;width:114300;height:114300;visibility:visible;mso-wrap-style:square;v-text-anchor:top" coordsize="114300,114300" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQA6KchvvgAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI/disIw&#10;EIXvF3yHMII3oqkiotUo4iJ4a7cPMDRjU20mpYm2+/ZGELw8nJ+Ps933thZPan3lWMFsmoAgLpyu&#10;uFSQ/50mKxA+IGusHZOCf/Kw3w1+tphq1/GFnlkoRRxhn6ICE0KTSukLQxb91DXE0bu61mKIsi2l&#10;brGL47aW8yRZSosVR4LBho6Ginv2sBGCtFje5us+GReU334NdcdsrNRo2B82IAL14Rv+tM9awWIG&#10;7y/xB8jdCwAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAAAAAAAAAAAAAA&#10;AABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAAAAAAAA&#10;AAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhADopyG++AAAA2wAAAA8AAAAAAAAA&#10;AAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAADyAgAAAAA=&#10;" path="m,114300r114300,l114300,,,,,114300xe" filled="f">
                         <v:path arrowok="t"/>
                       </v:shape>
                     </v:group>
                   </w:pict>
                 </mc:Fallback>
               </mc:AlternateContent>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-5"/>
               </w:rPr>
               <w:t>No</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00A912AF" w14:paraId="29962B8A" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="1157"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -4539,51 +4576,51 @@
                                       </a:lnTo>
                                       <a:lnTo>
                                         <a:pt x="6057900" y="0"/>
                                       </a:lnTo>
                                       <a:close/>
                                     </a:path>
                                   </a:pathLst>
                                 </a:custGeom>
                                 <a:solidFill>
                                   <a:srgbClr val="FFFFFF"/>
                                 </a:solidFill>
                               </wps:spPr>
                               <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
                                 <a:prstTxWarp prst="textNoShape">
                                   <a:avLst/>
                                 </a:prstTxWarp>
                                 <a:noAutofit/>
                               </wps:bodyPr>
                             </wps:wsp>
                           </wpg:wgp>
                         </a:graphicData>
                       </a:graphic>
                     </wp:anchor>
                   </w:drawing>
                 </mc:Choice>
-                <mc:Fallback xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst">
+                <mc:Fallback>
                   <w:pict>
                     <v:group w14:anchorId="3F815AA8" id="Group 42" o:spid="_x0000_s1026" style="position:absolute;margin-left:0;margin-top:-.35pt;width:477pt;height:58.6pt;z-index:-15830016;mso-wrap-distance-left:0;mso-wrap-distance-right:0" coordsize="60579,7442" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAh5ULcbwIAAP0FAAAOAAAAZHJzL2Uyb0RvYy54bWykVE1v2zAMvQ/YfxB0X51mXbsZdYqhXYMB&#10;RVegGXZWZPkDk0WNUuL034+SLcdogQFrfbAp6ZEiH595eXXoNNsrdC2Ygp+eLDhTRkLZmrrgPze3&#10;Hz5z5rwwpdBgVMGflONXq/fvLnubqyU0oEuFjIIYl/e24I33Ns8yJxvVCXcCVhk6rAA74WmJdVai&#10;6Cl6p7PlYnGe9YClRZDKOdq9GQ75KsavKiX9j6pyyjNdcMrNxzfG9za8s9WlyGsUtmnlmIZ4RRad&#10;aA1dOoW6EV6wHbYvQnWtRHBQ+RMJXQZV1UoVa6BqThfPqlkj7Gyspc772k40EbXPeHp1WHm/X6N9&#10;tA84ZE/mHcjfjnjJelvn8/Owro/gQ4VdcKIi2CEy+jQxqg6eSdo8X3y6+LIg4iWdXZydLZcj5bKh&#10;vrxwk823fztmIh+ujclNyfSW1OOOBLm3EfTYCKsi7y4Q8ICsLQt+9pEzIzoS8XrUC+0QT+FyQgUO&#10;x5Ub6XwDQ1OhIpc759cKItdif+f8oNkyWaJJljyYZCIpP2heR817zkjzyBlpfjto3gof/EIDg8n6&#10;WbOaqVfhuIO92kAE+tCxqaep3ZTrEaPNHEudn6HSWfraGG/AHMVB4RIgfQfg/OL/hEfVzQJLDU4R&#10;j7QVqp+MyAhtzjl3oNvyttU6UOCw3l5rZHtB5N7GJ/BJLjMYidPlgwiCtYXyiTTUk2oK7v7sBCrO&#10;9HdDKg0jKRmYjG0y0OtriIMrso/Obw6/BFpmySy4p7/sHpJYRZ7EEYqasMHTwNedh6oNyom5DRmN&#10;C/pxohVnTCxlnIdhiM3XEXWc2qu/AAAA//8DAFBLAwQUAAYACAAAACEALLgM+d0AAAAGAQAADwAA&#10;AGRycy9kb3ducmV2LnhtbEyPQUvDQBSE74L/YXmCt3YTNVVjNqUU9VQKtoJ4e01ek9Ds25DdJum/&#10;93nS4zDDzDfZcrKtGqj3jWMD8TwCRVy4suHKwOf+bfYEygfkElvHZOBCHpb59VWGaelG/qBhFyol&#10;JexTNFCH0KVa+6Imi37uOmLxjq63GET2lS57HKXctvouihbaYsOyUGNH65qK0+5sDbyPOK7u49dh&#10;czquL9/7ZPu1icmY25tp9QIq0BT+wvCLL+iQC9PBnbn0qjUgR4KB2SMoMZ+TB9EHScWLBHSe6f/4&#10;+Q8AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtD&#10;b250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAA&#10;AAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAIeVC3G8CAAD9BQAADgAAAAAAAAAAAAAA&#10;AAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEALLgM+d0AAAAGAQAADwAAAAAAAAAA&#10;AAAAAADJBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAANMFAAAAAA==&#10;">
                       <v:shape id="Graphic 43" o:spid="_x0000_s1027" style="position:absolute;width:60579;height:7442;visibility:visible;mso-wrap-style:square;v-text-anchor:top" coordsize="6057900,744220" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQB5UZpFxAAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Pi8Iw&#10;FMTvgt8hPMGbpq6yLNUoYln0Iot/ULw9mmdbbV5KE2399mZhYY/DzPyGmS1aU4on1a6wrGA0jEAQ&#10;p1YXnCk4Hr4HXyCcR9ZYWiYFL3KwmHc7M4y1bXhHz73PRICwi1FB7n0VS+nSnAy6oa2Ig3e1tUEf&#10;ZJ1JXWMT4KaUH1H0KQ0WHBZyrGiVU3rfP4yCk7kfzrfkdL7ozbXZ3bacJD9rpfq9djkF4an1/+G/&#10;9kYrmIzh90v4AXL+BgAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAAAAAA&#10;AAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsA&#10;AAAAAAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAHlRmkXEAAAA2wAAAA8A&#10;AAAAAAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD4AgAAAAA=&#10;" path="m6057900,l,,,744220r6057900,l6057900,xe" stroked="f">
                         <v:path arrowok="t"/>
                       </v:shape>
                     </v:group>
                   </w:pict>
                 </mc:Fallback>
               </mc:AlternateContent>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>Other</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:spacing w:val="-3"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
@@ -4696,56 +4733,58 @@
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>ECG-</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>a</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
+      <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>walk in</w:t>
       </w:r>
+      <w:proofErr w:type="gramEnd"/>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-3"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>service</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>is</w:t>
@@ -4894,67 +4933,51 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>(Tel:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-3"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">0207 188 1070). </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">St </w:t>
-[...15 lines deleted...]
-        <w:t xml:space="preserve"> Cardiac Outpatients, </w:t>
+        <w:t xml:space="preserve">St Thomas’ Cardiac Outpatients, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>Ground Floor, North Wing (Tel: 0207 188 0974)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="529FAB15" w14:textId="77777777" w:rsidR="00A912AF" w:rsidRDefault="00A912AF">
       <w:pPr>
         <w:spacing w:before="1"/>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="52732639" w14:textId="77777777" w:rsidR="00A912AF" w:rsidRDefault="00444C34">
       <w:pPr>
         <w:spacing w:before="1"/>
         <w:ind w:left="98"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
@@ -5117,51 +5140,51 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:spacing w:val="-5"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>form</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:spacing w:val="-5"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> to:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="34C952C5" w14:textId="77777777" w:rsidR="006454BA" w:rsidRDefault="00444C34" w:rsidP="006454BA">
+    <w:p w14:paraId="34C952C5" w14:textId="225D922B" w:rsidR="006454BA" w:rsidRDefault="00444C34" w:rsidP="006454BA">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>Adult</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>Echocardiography,</w:t>
       </w:r>
       <w:r>
@@ -5214,58 +5237,56 @@
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>Wing,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-4"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>St</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-4"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>Thomas’</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-5"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>Hospital,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>London,</w:t>
@@ -5311,119 +5332,110 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>020</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t>7188 0973 or</w:t>
+        <w:t xml:space="preserve">7188 </w:t>
+      </w:r>
+      <w:r w:rsidR="00E13211">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>8880</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> or</w:t>
       </w:r>
       <w:r w:rsidR="006454BA">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="006454BA">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:hyperlink r:id="rId5" w:history="1">
         <w:r w:rsidR="006454BA" w:rsidRPr="006454BA">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>gstt.cardiology-non-invasive@nhs.net</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="006454BA">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2A79267C" w14:textId="77777777" w:rsidR="006454BA" w:rsidRDefault="006454BA" w:rsidP="006454BA"/>
     <w:p w14:paraId="268E35EB" w14:textId="04C63180" w:rsidR="00A912AF" w:rsidRDefault="00A912AF">
       <w:pPr>
         <w:spacing w:before="2"/>
         <w:ind w:left="98"/>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5479438F" w14:textId="77777777" w:rsidR="00F82F3D" w:rsidRDefault="00F82F3D">
+    <w:p w14:paraId="38B750B6" w14:textId="77777777" w:rsidR="00A912AF" w:rsidRDefault="00444C34">
       <w:pPr>
         <w:spacing w:before="227"/>
         <w:ind w:left="4474" w:right="1033" w:hanging="3217"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...25 lines deleted...]
-        </w:rPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>PLEASE</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:spacing w:val="-5"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>NOTE</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:spacing w:val="-6"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
@@ -5677,51 +5689,51 @@
                               <w:t xml:space="preserve"> </w:t>
                             </w:r>
                             <w:r>
                               <w:rPr>
                                 <w:b/>
                                 <w:color w:val="000000"/>
                                 <w:spacing w:val="-2"/>
                                 <w:sz w:val="32"/>
                               </w:rPr>
                               <w:t>RETURNED</w:t>
                             </w:r>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shape w14:anchorId="7A448158" id="Textbox 44" o:spid="_x0000_s1044" type="#_x0000_t202" style="position:absolute;margin-left:62.85pt;margin-top:5.05pt;width:477pt;height:24.35pt;z-index:-15726080;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBJh16K6gEAAOADAAAOAAAAZHJzL2Uyb0RvYy54bWysU1Fv0zAQfkfiP1h+p0lLO2jVdGJrh5Cm&#10;gbTxAxzHaSwcn/G5TfrvOTtpt4F4QfTBtX2fv7vvu8v6um8NOyqPGmzBp5OcM2UlVNruC/796e7d&#10;R84wCFsJA1YV/KSQX2/evll3bqVm0ICplGdEYnHVuYI3IbhVlqFsVCtwAk5ZCtbgWxHo6PdZ5UVH&#10;7K3JZnl+lXXgK+dBKkS63Q5Bvkn8da1k+FrXqAIzBafaQlp9Wsu4Zpu1WO29cI2WYxniH6pohbaU&#10;9EK1FUGwg9d/ULVaekCow0RCm0Fda6mSBlIzzX9T89gIp5IWMgfdxSb8f7Ty4fjNM10VfD7nzIqW&#10;evSk+lBCz+iG7Okcrgj16AgX+hvoqc1JKrp7kD+QINkLzPAACR3t6Gvfxn8SyughdeB0cZ2yMEmX&#10;V/niwzKnkKTY+3w5my9i3uz5tfMYPitoWdwU3FNXUwXieI9hgJ4hMRmC0dWdNiYd/L68NZ4dBU3A&#10;bru72aWmE/srmLGsK/hyMVsM2v5KkaffWOAriljCVmAzpEqhEWbs6NFgS3Qr9GWfbJ9eTC6hOpHH&#10;HQ1jwfHnQXjFmfliqdtxcs8bf96U540P5hbSfEfBFj4dAtQ6GRNTDbxjBTRGydpx5OOcvjwn1POH&#10;ufkFAAD//wMAUEsDBBQABgAIAAAAIQDTJiGi4AAAAAoBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/N&#10;TsMwEITvSLyDtUjcqN1KpSGNUyGgEhx66A+qenPjJYmI11Hstubt2Z7gtrM7mv2mWCTXiTMOofWk&#10;YTxSIJAqb1uqNey2y4cMRIiGrOk8oYYfDLAob28Kk1t/oTWeN7EWHEIhNxqaGPtcylA16EwY+R6J&#10;b19+cCayHGppB3PhcNfJiVKP0pmW+ENjenxpsPrenJyGuF+91x9ph/vtW1jJw2tafpq11vd36XkO&#10;ImKKf2a44jM6lMx09CeyQXSsJ9MZW3lQYxBXg5o98eaoYZplIMtC/q9Q/gIAAP//AwBQSwECLQAU&#10;AAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnht&#10;bFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVs&#10;c1BLAQItABQABgAIAAAAIQBJh16K6gEAAOADAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9j&#10;LnhtbFBLAQItABQABgAIAAAAIQDTJiGi4AAAAAoBAAAPAAAAAAAAAAAAAAAAAEQEAABkcnMvZG93&#10;bnJldi54bWxQSwUGAAAAAAQABADzAAAAUQUAAAAA&#10;" fillcolor="#edebe0">
+              <v:shape w14:anchorId="7A448158" id="Textbox 44" o:spid="_x0000_s1044" type="#_x0000_t202" style="position:absolute;margin-left:62.85pt;margin-top:5.05pt;width:477pt;height:24.35pt;z-index:-15726080;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQC+9kdO1wEAALoDAAAOAAAAZHJzL2Uyb0RvYy54bWysU8GO0zAQvSPxD5bvNNmyXWjUdMVuuwhp&#10;tSAtfIDjOI2F4zEet0n/nrGTtiyICyIHZ+x5eZ73ZrK6HTrDDsqjBlvyq1nOmbISam13Jf/29eHN&#10;e84wCFsLA1aV/KiQ365fv1r1rlBzaMHUyjMisVj0ruRtCK7IMpSt6gTOwClLyQZ8JwJt/S6rveiJ&#10;vTPZPM9vsh587TxIhUinmzHJ14m/aZQMn5sGVWCm5FRbSKtPaxXXbL0Sxc4L12o5lSH+oYpOaEuX&#10;nqk2Igi29/oPqk5LDwhNmEnoMmgaLVXSQGqu8t/UPLfCqaSFzEF3tgn/H618Ojy7L56F4Q4GamAS&#10;ge4R5Hckb7LeYTFhoqdYIKGj0KHxXXyTBEYfkrfHs59qCEzS4U2+eLfMKSUp9zZfzq8X0fDs8rXz&#10;GD4q6FgMSu6pX6kCcXjEMEJPkHgZgtH1gzYmbfyuujeeHQT1drvZ3m1TO4n9BcxY1pd8uZgvRm1/&#10;pcjTMxX4giKWsBHYjlel1AQzdvJotCUaFIZqYLomL68jKB5VUB/J457GrOT4Yy+84sx8stTHOJOn&#10;wJ+C6hT4YO4hTW4UbOHDPkCjkzEX3qkCGpBk7TTMcQJ/3SfU5Zdb/wQAAP//AwBQSwMEFAAGAAgA&#10;AAAhANMmIaLgAAAACgEAAA8AAABkcnMvZG93bnJldi54bWxMj81OwzAQhO9IvIO1SNyo3UqlIY1T&#10;IaASHHroD6p6c+MliYjXUey25u3ZnuC2szua/aZYJNeJMw6h9aRhPFIgkCpvW6o17LbLhwxEiIas&#10;6Tyhhh8MsChvbwqTW3+hNZ43sRYcQiE3GpoY+1zKUDXoTBj5HolvX35wJrIcamkHc+Fw18mJUo/S&#10;mZb4Q2N6fGmw+t6cnIa4X73XH2mH++1bWMnDa1p+mrXW93fpeQ4iYop/ZrjiMzqUzHT0J7JBdKwn&#10;0xlbeVBjEFeDmj3x5qhhmmUgy0L+r1D+AgAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEB&#10;AAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9&#10;If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAL72&#10;R07XAQAAugMAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAh&#10;ANMmIaLgAAAACgEAAA8AAAAAAAAAAAAAAAAAMQQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAE&#10;APMAAAA+BQAAAAA=&#10;" fillcolor="#edebe0">
                 <v:path arrowok="t"/>
                 <v:textbox inset="0,0,0,0">
                   <w:txbxContent>
                     <w:p w14:paraId="52E7ED93" w14:textId="77777777" w:rsidR="00A912AF" w:rsidRDefault="00444C34">
                       <w:pPr>
                         <w:spacing w:before="70"/>
                         <w:ind w:right="4"/>
                         <w:jc w:val="center"/>
                         <w:rPr>
                           <w:b/>
                           <w:color w:val="000000"/>
                           <w:sz w:val="32"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r>
                         <w:rPr>
                           <w:b/>
                           <w:color w:val="000000"/>
                           <w:sz w:val="32"/>
                         </w:rPr>
                         <w:t>INCOMPLETE</w:t>
                       </w:r>
                       <w:r>
                         <w:rPr>
                           <w:b/>
@@ -5779,168 +5791,171 @@
                           <w:color w:val="000000"/>
                           <w:spacing w:val="-9"/>
                           <w:sz w:val="32"/>
                         </w:rPr>
                         <w:t xml:space="preserve"> </w:t>
                       </w:r>
                       <w:r>
                         <w:rPr>
                           <w:b/>
                           <w:color w:val="000000"/>
                           <w:spacing w:val="-2"/>
                           <w:sz w:val="32"/>
                         </w:rPr>
                         <w:t>RETURNED</w:t>
                       </w:r>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
                 <w10:wrap type="topAndBottom" anchorx="page"/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
-    <w:sectPr w:rsidR="00A912AF" w:rsidSect="00F82F3D">
+    <w:sectPr w:rsidR="00A912AF">
       <w:type w:val="continuous"/>
       <w:pgSz w:w="11910" w:h="16840"/>
-      <w:pgMar w:top="284" w:right="992" w:bottom="280" w:left="1133" w:header="720" w:footer="720" w:gutter="0"/>
+      <w:pgMar w:top="520" w:right="992" w:bottom="280" w:left="1133" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:drawingGridHorizontalSpacing w:val="110"/>
   <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:ulTrailSpace/>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00A912AF"/>
+    <w:rsid w:val="00002DCA"/>
     <w:rsid w:val="00444C34"/>
     <w:rsid w:val="006454BA"/>
     <w:rsid w:val="00A912AF"/>
     <w:rsid w:val="00AB3365"/>
+    <w:rsid w:val="00AC2BC7"/>
+    <w:rsid w:val="00B01131"/>
+    <w:rsid w:val="00E13211"/>
     <w:rsid w:val="00F45CA2"/>
-    <w:rsid w:val="00F82F3D"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-GB"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="0EAD0A06"/>
   <w15:docId w15:val="{3E879A9C-7044-45D5-B175-490651EB1549}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="375">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -6272,50 +6287,51 @@
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
@@ -6345,51 +6361,51 @@
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="TableParagraph">
     <w:name w:val="Table Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
   </w:style>
   <w:style w:type="character" w:styleId="Hyperlink">
     <w:name w:val="Hyperlink"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="006454BA"/>
     <w:rPr>
       <w:color w:val="0563C1"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="1882089023">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:gstt.cardiology-non-invasive@nhs.net" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
@@ -6657,74 +6673,59 @@
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
   <Words>185</Words>
-  <Characters>1060</Characters>
+  <Characters>1057</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>4</DocSecurity>
   <Lines>8</Lines>
   <Paragraphs>2</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
-  <HeadingPairs>
-[...13 lines deleted...]
-  </TitlesOfParts>
   <Company>GUY'S AND ST THOMAS' NHS FOUNDATION TRUST</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>1243</CharactersWithSpaces>
+  <CharactersWithSpaces>1240</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>mdesousa</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="Created">
     <vt:filetime>2016-02-04T00:00:00Z</vt:filetime>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="Creator">
     <vt:lpwstr>Microsoft® Office Word 2007</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="LastSaved">