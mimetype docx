--- v0 (2026-02-16)
+++ v1 (2026-03-12)
@@ -1,40 +1,44 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/glossary/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.glossary+xml"/>
   <Override PartName="/word/glossary/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/glossary/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/glossary/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/glossary/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="3FF1C4E3" w14:textId="799E4955" w:rsidR="00F856C1" w:rsidRPr="0090656E" w:rsidRDefault="008F2F5D" w:rsidP="00F80591">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
@@ -75,328 +79,379 @@
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="9802" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1806"/>
         <w:gridCol w:w="1114"/>
         <w:gridCol w:w="1798"/>
         <w:gridCol w:w="437"/>
         <w:gridCol w:w="524"/>
         <w:gridCol w:w="4123"/>
       </w:tblGrid>
       <w:tr w:rsidR="00C649DB" w14:paraId="56CC4538" w14:textId="77777777" w:rsidTr="002C049F">
         <w:trPr>
           <w:trHeight w:val="1216"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9802" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
           </w:tcPr>
-          <w:p w14:paraId="62D8DF9D" w14:textId="26AB2740" w:rsidR="00F846B0" w:rsidRDefault="00B51B7A" w:rsidP="0090656E">
-[...9 lines deleted...]
-              <w:rPr>
+          <w:p w14:paraId="6C110F08" w14:textId="06EA0F3F" w:rsidR="00C50350" w:rsidRDefault="00C50350" w:rsidP="00C50350">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:kern w:val="0"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
-              </w:rPr>
-[...2 lines deleted...]
-            <w:r w:rsidR="009F24C3" w:rsidRPr="00F80591">
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
               <w:rPr>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
-              <w:t>to</w:t>
-[...4 lines deleted...]
-                <w:bCs/>
+              <w:t xml:space="preserve">                      </w:t>
+            </w:r>
+            <w:r w:rsidR="00B51B7A" w:rsidRPr="00F80591">
+              <w:rPr>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
+              <w:t xml:space="preserve">Send all referrals via EMAIL </w:t>
+            </w:r>
+            <w:r w:rsidR="009F24C3" w:rsidRPr="00F80591">
+              <w:rPr>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+              </w:rPr>
+              <w:t>to</w:t>
+            </w:r>
+            <w:r w:rsidR="009F24C3" w:rsidRPr="00F80591">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+              </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
+            <w:r w:rsidRPr="009F3E78">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>gstt.nfadmingstt@nhs.ne</w:t>
+            </w:r>
+            <w:r w:rsidR="009F3E78">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>t</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="682AC7F4" w14:textId="77777777" w:rsidR="001870FD" w:rsidRPr="00C50350" w:rsidRDefault="001870FD" w:rsidP="00C50350">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="45181869" w14:textId="3B4BF55F" w:rsidR="009F24C3" w:rsidRDefault="009F24C3" w:rsidP="00F846B0">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="FF0000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="FF0000"/>
+              </w:rPr>
+              <w:t>It is essential that accurate contact information for the referring clinician is supplied. We no longer accept referrals by post.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="01E12FB0" w14:textId="77777777" w:rsidR="00F846B0" w:rsidRDefault="00F846B0" w:rsidP="00F846B0">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="FF0000"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="553CC8B0" w14:textId="3EB27ECF" w:rsidR="00F846B0" w:rsidRDefault="00F846B0">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="FF0000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="FF0000"/>
+              </w:rPr>
+              <w:t>Referrals will NOT be accepted until all relevant information (especially prior imaging, clinical letters etc has been received and checked)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1371AF0A" w14:textId="77777777" w:rsidR="00225C03" w:rsidRDefault="00225C03" w:rsidP="00F80591">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="FF0000"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="520F6600" w14:textId="1BD57682" w:rsidR="00225C03" w:rsidRDefault="001870FD" w:rsidP="00F80591">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
             <w:hyperlink r:id="rId8" w:history="1">
-              <w:r w:rsidR="009F24C3" w:rsidRPr="00F80591">
+              <w:r w:rsidRPr="006A76A8">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:b/>
                   <w:bCs/>
-                  <w:color w:val="auto"/>
-[...1 lines deleted...]
-                  <w:szCs w:val="32"/>
                 </w:rPr>
-                <w:t>gst-tr.nfadmingstt@nhs.net</w:t>
+                <w:t>https://www.guysandstthomas.nhs.uk/our-services/neurofibromatosis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
-          <w:p w14:paraId="45181869" w14:textId="60B7AFD4" w:rsidR="009F24C3" w:rsidRDefault="009F24C3" w:rsidP="00F846B0">
+          <w:p w14:paraId="46D3406D" w14:textId="53342BA5" w:rsidR="001870FD" w:rsidRPr="00225C03" w:rsidRDefault="001870FD" w:rsidP="00F80591">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="FF0000"/>
-[...63 lines deleted...]
-            </w:r>
+              </w:rPr>
+            </w:pPr>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r w:rsidRPr="001870FD">
+                <w:rPr>
+                  <w:rStyle w:val="Hyperlink"/>
+                  <w:b/>
+                  <w:bCs/>
+                </w:rPr>
+                <w:t>https://www.guysandstthomas.nhs.uk/referral-guide/neurofibromatosis</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p w14:paraId="244A0EBD" w14:textId="77777777" w:rsidR="009F24C3" w:rsidRDefault="009F24C3"/>
           <w:p w14:paraId="1C5A7F24" w14:textId="33BF6321" w:rsidR="009F24C3" w:rsidRDefault="009F24C3"/>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F846B0" w14:paraId="3B016D2F" w14:textId="77777777" w:rsidTr="002C049F">
+      <w:tr w:rsidR="00F846B0" w14:paraId="3B016D2F" w14:textId="77777777" w:rsidTr="001870FD">
         <w:trPr>
           <w:trHeight w:val="668"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1806" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="75885792" w14:textId="7627C28A" w:rsidR="00F846B0" w:rsidRPr="0090656E" w:rsidRDefault="00F846B0" w:rsidP="00F846B0">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0090656E">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Date of referral</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
             <w:id w:val="327016186"/>
             <w:placeholder>
               <w:docPart w:val="10EB4B5E8DE24B85A38808CFF259BCCC"/>
             </w:placeholder>
-            <w:showingPlcHdr/>
             <w:date>
               <w:dateFormat w:val="dd/MM/yyyy"/>
               <w:lid w:val="en-GB"/>
               <w:storeMappedDataAs w:val="dateTime"/>
               <w:calendar w:val="gregorian"/>
             </w:date>
           </w:sdtPr>
           <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
-                <w:tcW w:w="1113" w:type="dxa"/>
+                <w:tcW w:w="1114" w:type="dxa"/>
                 <w:tcBorders>
                   <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                 </w:tcBorders>
               </w:tcPr>
-              <w:p w14:paraId="0A948144" w14:textId="536553B1" w:rsidR="00F846B0" w:rsidRPr="0090656E" w:rsidRDefault="00F846B0" w:rsidP="00F846B0">
+              <w:p w14:paraId="0A948144" w14:textId="1461C0BE" w:rsidR="00F846B0" w:rsidRPr="0090656E" w:rsidRDefault="00DB2417" w:rsidP="00F846B0">
                 <w:pPr>
                   <w:rPr>
                     <w:sz w:val="22"/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
                 </w:pPr>
-                <w:r w:rsidRPr="0090656E">
+                <w:r>
                   <w:rPr>
-                    <w:rStyle w:val="PlaceholderText"/>
                     <w:sz w:val="22"/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
-                  <w:t>Click or tap to enter a date.</w:t>
+                  <w:t xml:space="preserve">. </w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2759" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
           <w:p w14:paraId="79969157" w14:textId="77777777" w:rsidR="00F846B0" w:rsidRDefault="00F846B0" w:rsidP="00F846B0">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0090656E">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Referring service</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
             <w:r w:rsidRPr="00D814AB">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="0EA56ED6" w14:textId="726788E1" w:rsidR="00F846B0" w:rsidRPr="00D814AB" w:rsidRDefault="00057ADD" w:rsidP="00F846B0">
+          <w:p w14:paraId="0EA56ED6" w14:textId="726788E1" w:rsidR="00F846B0" w:rsidRPr="00D814AB" w:rsidRDefault="00472EC2" w:rsidP="00F846B0">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                 </w:rPr>
                 <w:id w:val="-952159980"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00F846B0">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="22"/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00F846B0" w:rsidRPr="00D814AB">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>GP</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="7B99CFC4" w14:textId="77777777" w:rsidR="00F846B0" w:rsidRPr="00D814AB" w:rsidRDefault="00057ADD" w:rsidP="00F846B0">
+          <w:p w14:paraId="7B99CFC4" w14:textId="77777777" w:rsidR="00F846B0" w:rsidRPr="00D814AB" w:rsidRDefault="00472EC2" w:rsidP="00F846B0">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                 </w:rPr>
                 <w:id w:val="441124329"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00F846B0" w:rsidRPr="00D814AB">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic"/>
                     <w:sz w:val="22"/>
@@ -445,168 +500,159 @@
             <w:sdtEndPr/>
             <w:sdtContent>
               <w:p w14:paraId="08D955F9" w14:textId="56C4798C" w:rsidR="00F846B0" w:rsidRPr="0090656E" w:rsidRDefault="00F846B0" w:rsidP="00F846B0">
                 <w:pPr>
                   <w:rPr>
                     <w:b/>
                     <w:bCs/>
                     <w:sz w:val="22"/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00D814AB">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:sz w:val="22"/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
                   <w:t>Choose an item.</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4121" w:type="dxa"/>
+            <w:tcW w:w="4123" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
           <w:p w14:paraId="4A6298B1" w14:textId="77777777" w:rsidR="00F846B0" w:rsidRPr="00067854" w:rsidRDefault="00F846B0" w:rsidP="00F846B0">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00067854">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Referral for:</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="43889F42" w14:textId="77777777" w:rsidR="00F846B0" w:rsidRPr="00067854" w:rsidRDefault="00F846B0" w:rsidP="00F846B0">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="6B528276" w14:textId="77777777" w:rsidR="00F846B0" w:rsidRPr="00067854" w:rsidRDefault="00057ADD" w:rsidP="00F846B0">
+          <w:p w14:paraId="6B528276" w14:textId="77777777" w:rsidR="00F846B0" w:rsidRPr="00067854" w:rsidRDefault="00472EC2" w:rsidP="00F846B0">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                 </w:rPr>
                 <w:id w:val="-2015137324"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00F846B0" w:rsidRPr="00067854">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic"/>
                     <w:sz w:val="22"/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00F846B0" w:rsidRPr="00067854">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Adult service </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="5763E0C0" w14:textId="77777777" w:rsidR="00F846B0" w:rsidRPr="00067854" w:rsidRDefault="00057ADD" w:rsidP="00F846B0">
+          <w:p w14:paraId="5763E0C0" w14:textId="77777777" w:rsidR="00F846B0" w:rsidRPr="00067854" w:rsidRDefault="00472EC2" w:rsidP="00F846B0">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                 </w:rPr>
                 <w:id w:val="895094316"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00F846B0" w:rsidRPr="00067854">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic"/>
                     <w:sz w:val="22"/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00F846B0" w:rsidRPr="00067854">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve">Adult service (transition </w:t>
-[...11 lines deleted...]
-          <w:p w14:paraId="2DB21791" w14:textId="77777777" w:rsidR="00F846B0" w:rsidRPr="00067854" w:rsidRDefault="00057ADD" w:rsidP="00F846B0">
+              <w:t>Adult service (transition pts)*</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2DB21791" w14:textId="77777777" w:rsidR="00F846B0" w:rsidRPr="00067854" w:rsidRDefault="00472EC2" w:rsidP="00F846B0">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                 </w:rPr>
                 <w:id w:val="183797679"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00F846B0" w:rsidRPr="00067854">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic"/>
                     <w:sz w:val="22"/>
@@ -625,67 +671,57 @@
             </w:r>
           </w:p>
           <w:p w14:paraId="243EEC25" w14:textId="77777777" w:rsidR="00F846B0" w:rsidRPr="00067854" w:rsidRDefault="00F846B0" w:rsidP="00F846B0">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="32456483" w14:textId="2B1E1E64" w:rsidR="00F846B0" w:rsidRDefault="00F846B0" w:rsidP="00F846B0">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00067854">
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>*</w:t>
             </w:r>
-            <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="00067854">
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>we</w:t>
-[...8 lines deleted...]
-              <w:t xml:space="preserve"> will accept referrals for transition for patients with complex NF1 at 16 yrs</w:t>
+              <w:t>we will accept referrals for transition for patients with complex NF1 at 16 yrs</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="4AA8E8B8" w14:textId="4CF4ABD7" w:rsidR="00F846B0" w:rsidRDefault="00F846B0" w:rsidP="00F846B0">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="61713E81" w14:textId="19001F51" w:rsidR="00F846B0" w:rsidRPr="0090656E" w:rsidRDefault="00F846B0" w:rsidP="00F846B0">
             <w:pPr>
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
@@ -751,329 +787,329 @@
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="0090656E">
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>plastics etc</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="14C3EA55" w14:textId="47F67D92" w:rsidR="00F846B0" w:rsidRPr="0090656E" w:rsidRDefault="00F846B0" w:rsidP="00F846B0">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F846B0" w14:paraId="5C905879" w14:textId="77777777" w:rsidTr="002C049F">
+      <w:tr w:rsidR="00F846B0" w14:paraId="5C905879" w14:textId="77777777" w:rsidTr="001870FD">
         <w:trPr>
           <w:trHeight w:val="333"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2920" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="1B4EFADF" w14:textId="246F3CE6" w:rsidR="00F846B0" w:rsidRPr="0090656E" w:rsidRDefault="00F846B0" w:rsidP="00F846B0">
             <w:pPr>
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009F1D5F">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Referring clinician name</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2759" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
-          <w:p w14:paraId="190B3B88" w14:textId="5A7FFED2" w:rsidR="00F846B0" w:rsidRPr="0090656E" w:rsidRDefault="00057ADD" w:rsidP="00F846B0">
+          <w:p w14:paraId="190B3B88" w14:textId="5A7FFED2" w:rsidR="00F846B0" w:rsidRPr="0090656E" w:rsidRDefault="00472EC2" w:rsidP="00F846B0">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                 </w:rPr>
                 <w:id w:val="-843553928"/>
                 <w:placeholder>
                   <w:docPart w:val="65D4188F920A4BCAA0DD8AA477F3238B"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00F846B0" w:rsidRPr="009F1D5F">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:sz w:val="22"/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4121" w:type="dxa"/>
+            <w:tcW w:w="4123" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
           <w:p w14:paraId="5EF79EB4" w14:textId="1A1EBFC9" w:rsidR="00F846B0" w:rsidRPr="0090656E" w:rsidRDefault="00F846B0" w:rsidP="00F846B0">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F846B0" w14:paraId="0F22F94F" w14:textId="77777777" w:rsidTr="002C049F">
+      <w:tr w:rsidR="00F846B0" w14:paraId="0F22F94F" w14:textId="77777777" w:rsidTr="001870FD">
         <w:trPr>
           <w:trHeight w:val="885"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2920" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="7809879A" w14:textId="57FEE457" w:rsidR="00F846B0" w:rsidRPr="0090656E" w:rsidRDefault="00F846B0" w:rsidP="00F846B0">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A44A97">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Referrer email address </w:t>
             </w:r>
             <w:r w:rsidRPr="00A44A97">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>(dept. email or consultant only)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2759" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
-          <w:p w14:paraId="51F895D0" w14:textId="21416EC9" w:rsidR="00F846B0" w:rsidRPr="0090656E" w:rsidRDefault="00057ADD" w:rsidP="00F846B0">
+          <w:p w14:paraId="51F895D0" w14:textId="21416EC9" w:rsidR="00F846B0" w:rsidRPr="0090656E" w:rsidRDefault="00472EC2" w:rsidP="00F846B0">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                 </w:rPr>
                 <w:id w:val="-415176566"/>
                 <w:placeholder>
                   <w:docPart w:val="A400831B4032456E853FB1C966306C82"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00F846B0" w:rsidRPr="00D23FBE">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:sz w:val="22"/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00F846B0" w:rsidRPr="00DA1AFA" w:rsidDel="00F846B0">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4121" w:type="dxa"/>
+            <w:tcW w:w="4123" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
           <w:p w14:paraId="4898207B" w14:textId="6D3C3530" w:rsidR="00F846B0" w:rsidRPr="0090656E" w:rsidRDefault="00F846B0" w:rsidP="00F846B0">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F846B0" w14:paraId="4AEEBFEE" w14:textId="77777777" w:rsidTr="002C049F">
+      <w:tr w:rsidR="00F846B0" w14:paraId="4AEEBFEE" w14:textId="77777777" w:rsidTr="001870FD">
         <w:trPr>
           <w:trHeight w:val="429"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2920" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="157EB399" w14:textId="6ADB093D" w:rsidR="00F846B0" w:rsidRPr="0090656E" w:rsidRDefault="00F846B0" w:rsidP="00F846B0">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D737FC">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Referrer telephone </w:t>
             </w:r>
             <w:r w:rsidRPr="00D737FC">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>(departmental)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2759" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="37DE80C1" w14:textId="558B9279" w:rsidR="00F846B0" w:rsidRPr="0090656E" w:rsidRDefault="00057ADD" w:rsidP="00F846B0">
+          <w:p w14:paraId="37DE80C1" w14:textId="558B9279" w:rsidR="00F846B0" w:rsidRPr="0090656E" w:rsidRDefault="00472EC2" w:rsidP="00F846B0">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                 </w:rPr>
                 <w:id w:val="-686522867"/>
                 <w:placeholder>
                   <w:docPart w:val="46A3F999F58F475E849D36AEFFFB44EB"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00F846B0" w:rsidRPr="004E5491">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:sz w:val="22"/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00F846B0" w:rsidRPr="00DA1AFA" w:rsidDel="00F846B0">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4121" w:type="dxa"/>
+            <w:tcW w:w="4123" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="6DFE2C19" w14:textId="7F5AF7A6" w:rsidR="00F846B0" w:rsidRPr="0090656E" w:rsidRDefault="00F846B0" w:rsidP="00F846B0">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00F846B0" w14:paraId="05A86EDC" w14:textId="77777777" w:rsidTr="002C049F">
         <w:trPr>
           <w:trHeight w:val="207"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9802" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:left w:val="nil"/>
@@ -1100,277 +1136,324 @@
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0090656E">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Patient details </w:t>
             </w:r>
             <w:r w:rsidRPr="0090656E">
               <w:rPr>
                 <w:bCs/>
                 <w:i/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>(full patient contact details should be supplied in referral letter)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F846B0" w14:paraId="20C30AB4" w14:textId="77777777" w:rsidTr="002C049F">
+      <w:tr w:rsidR="00F846B0" w14:paraId="20C30AB4" w14:textId="77777777" w:rsidTr="001870FD">
         <w:trPr>
           <w:trHeight w:val="177"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1806" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="3E1ACF0A" w14:textId="3B3AA327" w:rsidR="00F846B0" w:rsidRPr="0090656E" w:rsidRDefault="00F846B0" w:rsidP="00F846B0">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0090656E">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Patient name</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
             <w:id w:val="-1021784177"/>
             <w:placeholder>
               <w:docPart w:val="BDBCD2C82CD24510BA338341A282EA03"/>
             </w:placeholder>
             <w:showingPlcHdr/>
             <w:text/>
           </w:sdtPr>
           <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
-                <w:tcW w:w="7995" w:type="dxa"/>
+                <w:tcW w:w="7996" w:type="dxa"/>
                 <w:gridSpan w:val="5"/>
               </w:tcPr>
               <w:p w14:paraId="57CAF919" w14:textId="03DF5B5A" w:rsidR="00F846B0" w:rsidRPr="0090656E" w:rsidRDefault="00F846B0" w:rsidP="00F846B0">
                 <w:pPr>
                   <w:rPr>
                     <w:sz w:val="22"/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="0090656E">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:sz w:val="22"/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
-      <w:tr w:rsidR="00F846B0" w14:paraId="7BBD8B95" w14:textId="77777777" w:rsidTr="002C049F">
+      <w:tr w:rsidR="00F846B0" w14:paraId="7BBD8B95" w14:textId="77777777" w:rsidTr="001870FD">
         <w:trPr>
           <w:trHeight w:val="192"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1806" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="02146D65" w14:textId="5EA267D0" w:rsidR="00F846B0" w:rsidRPr="0090656E" w:rsidRDefault="00F846B0" w:rsidP="00F846B0">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0090656E">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Patient DOB</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
             <w:id w:val="-330303046"/>
             <w:placeholder>
               <w:docPart w:val="C3116724924D424CA4FE694C964551C5"/>
             </w:placeholder>
             <w:showingPlcHdr/>
             <w:text/>
           </w:sdtPr>
           <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
-                <w:tcW w:w="7995" w:type="dxa"/>
+                <w:tcW w:w="7996" w:type="dxa"/>
                 <w:gridSpan w:val="5"/>
               </w:tcPr>
               <w:p w14:paraId="232C7627" w14:textId="597D7CCA" w:rsidR="00F846B0" w:rsidRPr="0090656E" w:rsidRDefault="00F846B0" w:rsidP="00F846B0">
                 <w:pPr>
                   <w:rPr>
                     <w:sz w:val="22"/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="0090656E">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:sz w:val="22"/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
-      <w:tr w:rsidR="00F846B0" w14:paraId="4F7F5AE9" w14:textId="77777777" w:rsidTr="002C049F">
+      <w:tr w:rsidR="001870FD" w14:paraId="7A7201C7" w14:textId="77777777" w:rsidTr="001870FD">
+        <w:trPr>
+          <w:trHeight w:val="192"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1806" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="577B5FB1" w14:textId="696B68A4" w:rsidR="001870FD" w:rsidRPr="0090656E" w:rsidRDefault="001870FD" w:rsidP="00F846B0">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>NHS number</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7996" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+          </w:tcPr>
+          <w:p w14:paraId="3312FC9E" w14:textId="409FE87C" w:rsidR="001870FD" w:rsidRDefault="001870FD" w:rsidP="00F846B0">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001870FD">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Click or tap here to enter text.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F846B0" w14:paraId="4F7F5AE9" w14:textId="77777777" w:rsidTr="001870FD">
         <w:trPr>
           <w:trHeight w:val="690"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1806" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="4525B1FA" w14:textId="2960F697" w:rsidR="00F846B0" w:rsidRPr="0090656E" w:rsidRDefault="00F846B0" w:rsidP="00F846B0">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0090656E">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Reason for referral</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
             <w:id w:val="1963837239"/>
             <w:placeholder>
               <w:docPart w:val="97D3DA12FFAC4BA9B8D00DB91749FC86"/>
             </w:placeholder>
             <w:showingPlcHdr/>
           </w:sdtPr>
           <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
-                <w:tcW w:w="7995" w:type="dxa"/>
+                <w:tcW w:w="7996" w:type="dxa"/>
                 <w:gridSpan w:val="5"/>
               </w:tcPr>
               <w:p w14:paraId="4C50B6BD" w14:textId="74C3B6B2" w:rsidR="00F846B0" w:rsidRPr="0090656E" w:rsidRDefault="00F846B0" w:rsidP="00F846B0">
                 <w:pPr>
                   <w:rPr>
                     <w:sz w:val="22"/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="0090656E">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:sz w:val="22"/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
-      <w:tr w:rsidR="00F846B0" w14:paraId="1EDA7431" w14:textId="77777777" w:rsidTr="002C049F">
+      <w:tr w:rsidR="00F846B0" w14:paraId="1EDA7431" w14:textId="77777777" w:rsidTr="001870FD">
         <w:trPr>
           <w:trHeight w:val="2415"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1806" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="09349B8A" w14:textId="24DDD7A9" w:rsidR="00F846B0" w:rsidRPr="0090656E" w:rsidRDefault="00F846B0" w:rsidP="00F846B0">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0090656E">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>Referral priority</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7995" w:type="dxa"/>
+            <w:tcW w:w="7996" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:id w:val="1859389057"/>
               <w:placeholder>
                 <w:docPart w:val="15DBF68348DC4FA88C6CE4FDA003991A"/>
               </w:placeholder>
               <w:showingPlcHdr/>
               <w:dropDownList>
                 <w:listItem w:value="Choose an item."/>
                 <w:listItem w:displayText="Routine" w:value="Routine"/>
                 <w:listItem w:displayText="Urgent" w:value="Urgent"/>
               </w:dropDownList>
             </w:sdtPr>
             <w:sdtEndPr/>
             <w:sdtContent>
               <w:p w14:paraId="643D8F4A" w14:textId="07D61B1B" w:rsidR="00F846B0" w:rsidRPr="0090656E" w:rsidRDefault="00F846B0" w:rsidP="00F846B0">
                 <w:pPr>
                   <w:rPr>
                     <w:sz w:val="22"/>
@@ -1390,148 +1473,120 @@
           </w:sdt>
           <w:p w14:paraId="5AB3273D" w14:textId="77777777" w:rsidR="00F846B0" w:rsidRPr="0090656E" w:rsidRDefault="00F846B0" w:rsidP="00F846B0">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="736643E8" w14:textId="667F1F92" w:rsidR="00F846B0" w:rsidRPr="0090656E" w:rsidRDefault="00F846B0" w:rsidP="00F846B0">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0090656E">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve">NB – if there is a concern about a possible malignancy e.g. sarcoma or symptomatic optic pathway (in children)/ brain glioma (children or adults) please refer in parallel to the appropriate oncology MDT service – we do not offer a 2ww service for referrals although can see urgent patients within a similar </w:t>
-[...19 lines deleted...]
-              <w:t xml:space="preserve"> if needed.</w:t>
+              <w:t>NB – if there is a concern about a possible malignancy e.g. sarcoma or symptomatic optic pathway (in children)/ brain glioma (children or adults) please refer in parallel to the appropriate oncology MDT service – we do not offer a 2ww service for referrals although can see urgent patients within a similar time-frame if needed.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="28EEC5D5" w14:textId="77777777" w:rsidR="00F846B0" w:rsidRPr="0090656E" w:rsidRDefault="00F846B0" w:rsidP="00F846B0">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="2DF5860A" w14:textId="28A15D86" w:rsidR="00F846B0" w:rsidRPr="0090656E" w:rsidRDefault="00F846B0" w:rsidP="00F846B0">
             <w:pPr>
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0090656E">
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Indications for urgent referral may include but not limited to:</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="092C1E27" w14:textId="1DC3BFB5" w:rsidR="00F846B0" w:rsidRPr="0090656E" w:rsidRDefault="00F846B0" w:rsidP="00F846B0">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0090656E">
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Concern about possible malignant change within a neurofibroma (rapid growth, new progressive pain or new associated neurological deficit)</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="02F8E7FD" w14:textId="1B9C5C56" w:rsidR="00F846B0" w:rsidRPr="002C049F" w:rsidRDefault="00F846B0" w:rsidP="00F846B0">
+          <w:p w14:paraId="70BAC587" w14:textId="013F4ABA" w:rsidR="002C049F" w:rsidRPr="001870FD" w:rsidRDefault="00F846B0" w:rsidP="00A43F17">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0090656E">
+            <w:r w:rsidRPr="001870FD">
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Concern regarding possible cord compression</w:t>
             </w:r>
-          </w:p>
-[...6 lines deleted...]
-            </w:pPr>
           </w:p>
           <w:p w14:paraId="31BBEA1A" w14:textId="77777777" w:rsidR="002C049F" w:rsidRPr="002C049F" w:rsidRDefault="002C049F" w:rsidP="002C049F">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="0E71FDEA" w14:textId="77777777" w:rsidR="00F846B0" w:rsidRPr="0090656E" w:rsidRDefault="00F846B0" w:rsidP="00F846B0">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="423FA645" w14:textId="509F6D29" w:rsidR="00F846B0" w:rsidRPr="0090656E" w:rsidRDefault="00F846B0" w:rsidP="00F846B0">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
@@ -1539,185 +1594,186 @@
       </w:tr>
       <w:tr w:rsidR="00F846B0" w14:paraId="2A0E113C" w14:textId="77777777" w:rsidTr="002C049F">
         <w:trPr>
           <w:trHeight w:val="270"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9802" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
           </w:tcPr>
           <w:p w14:paraId="36099E63" w14:textId="4B3FDBF2" w:rsidR="00F846B0" w:rsidRPr="0090656E" w:rsidRDefault="00F846B0" w:rsidP="00F846B0">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0090656E">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>Referral criteria</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F846B0" w14:paraId="5D0AEBC1" w14:textId="77777777" w:rsidTr="002C049F">
+      <w:tr w:rsidR="00F846B0" w14:paraId="5D0AEBC1" w14:textId="77777777" w:rsidTr="001870FD">
         <w:trPr>
           <w:trHeight w:val="2558"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1806" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="1AD26D9B" w14:textId="6AC4A0DA" w:rsidR="00F846B0" w:rsidRPr="0090656E" w:rsidRDefault="00F846B0" w:rsidP="00F846B0">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0090656E">
               <w:rPr>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>Adult referrals</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7995" w:type="dxa"/>
+            <w:tcW w:w="7996" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
           </w:tcPr>
-          <w:p w14:paraId="652B5487" w14:textId="663976A4" w:rsidR="00F846B0" w:rsidRPr="0090656E" w:rsidRDefault="00057ADD" w:rsidP="00F846B0">
+          <w:p w14:paraId="652B5487" w14:textId="663976A4" w:rsidR="00F846B0" w:rsidRPr="0090656E" w:rsidRDefault="00472EC2" w:rsidP="00F846B0">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                 </w:rPr>
                 <w:id w:val="759105622"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00F846B0">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="22"/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00F846B0">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00F846B0" w:rsidRPr="0090656E">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Known diagnosis of NF1 or schwannomatosis</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="7FA3F717" w14:textId="7060B0BA" w:rsidR="00F846B0" w:rsidRPr="0090656E" w:rsidRDefault="00057ADD" w:rsidP="00F846B0">
+          <w:p w14:paraId="7FA3F717" w14:textId="7060B0BA" w:rsidR="00F846B0" w:rsidRPr="0090656E" w:rsidRDefault="00472EC2" w:rsidP="00F846B0">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                 </w:rPr>
                 <w:id w:val="393473175"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00F846B0">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="22"/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00F846B0">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00F846B0" w:rsidRPr="0090656E">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Presumed diagnosis of NF1 based on clinical features, radiological findings, family history etc (see below)</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="4D47E2CD" w14:textId="4868D4CB" w:rsidR="00F846B0" w:rsidRPr="0090656E" w:rsidRDefault="00057ADD" w:rsidP="00F846B0">
+          <w:p w14:paraId="4D47E2CD" w14:textId="4868D4CB" w:rsidR="00F846B0" w:rsidRPr="0090656E" w:rsidRDefault="00472EC2" w:rsidP="00F846B0">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                 </w:rPr>
                 <w:id w:val="-1412697197"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00F846B0" w:rsidRPr="0090656E">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic"/>
                     <w:sz w:val="22"/>
@@ -1816,94 +1872,94 @@
               </w:rPr>
               <w:t xml:space="preserve">Regarding schwannomatosis, we will not accept referrals for </w:t>
             </w:r>
             <w:r w:rsidRPr="0090656E">
               <w:rPr>
                 <w:b/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>unaffected</w:t>
             </w:r>
             <w:r w:rsidRPr="00574BA9">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> carriers of known schwannomatosis pathogenic variants – please refer to clinical genetics for review and surveillance as appropriate.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F846B0" w14:paraId="6EA5CB04" w14:textId="77777777" w:rsidTr="002C049F">
+      <w:tr w:rsidR="00F846B0" w14:paraId="6EA5CB04" w14:textId="77777777" w:rsidTr="001870FD">
         <w:trPr>
           <w:trHeight w:val="3312"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1806" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="39AB22FA" w14:textId="128E3B45" w:rsidR="00F846B0" w:rsidRPr="0090656E" w:rsidRDefault="00F846B0" w:rsidP="00F846B0">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0090656E">
               <w:rPr>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t xml:space="preserve">Paediatric referrals </w:t>
             </w:r>
             <w:r w:rsidRPr="0090656E">
               <w:rPr>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="single"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7995" w:type="dxa"/>
+            <w:tcW w:w="7996" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
           </w:tcPr>
-          <w:p w14:paraId="36337090" w14:textId="14AA0070" w:rsidR="00F846B0" w:rsidRPr="0090656E" w:rsidRDefault="00057ADD" w:rsidP="00F846B0">
+          <w:p w14:paraId="36337090" w14:textId="14AA0070" w:rsidR="00F846B0" w:rsidRPr="0090656E" w:rsidRDefault="00472EC2" w:rsidP="00F846B0">
             <w:pPr>
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                 </w:rPr>
                 <w:id w:val="188351254"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00F846B0" w:rsidRPr="0090656E">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic"/>
@@ -1931,51 +1987,51 @@
             <w:r w:rsidR="00F846B0" w:rsidRPr="0090656E">
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">(if not confirmed, please refer to appropriate clinic e.g. clinical genetics or paediatrics in first </w:t>
             </w:r>
             <w:r w:rsidR="0090656E" w:rsidRPr="0090656E">
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">instance) </w:t>
             </w:r>
             <w:r w:rsidR="0090656E">
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>OR where there is a suspicion of segmental/mosaic NF1</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="2915DCB3" w14:textId="10FE852F" w:rsidR="00F846B0" w:rsidRPr="0090656E" w:rsidRDefault="00057ADD" w:rsidP="00F846B0">
+          <w:p w14:paraId="2915DCB3" w14:textId="10FE852F" w:rsidR="00F846B0" w:rsidRPr="0090656E" w:rsidRDefault="00472EC2" w:rsidP="00F846B0">
             <w:pPr>
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                 </w:rPr>
                 <w:id w:val="-2072723018"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00F846B0" w:rsidRPr="0090656E">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic"/>
@@ -2001,51 +2057,51 @@
               <w:t xml:space="preserve">Has complex NF1 (see </w:t>
             </w:r>
             <w:r w:rsidR="00F846B0">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>page 3</w:t>
             </w:r>
             <w:r w:rsidR="00F846B0" w:rsidRPr="0090656E">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> for list of complex features) – </w:t>
             </w:r>
             <w:r w:rsidR="00F846B0" w:rsidRPr="0090656E">
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>non-complex paediatric patients should be managed by community and/or hospital paediatric services until transition</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="770DCCD5" w14:textId="0F480AAF" w:rsidR="00F846B0" w:rsidRPr="0090656E" w:rsidRDefault="00057ADD" w:rsidP="00F846B0">
+          <w:p w14:paraId="770DCCD5" w14:textId="0F480AAF" w:rsidR="00F846B0" w:rsidRPr="0090656E" w:rsidRDefault="00472EC2" w:rsidP="00F846B0">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                 </w:rPr>
                 <w:id w:val="-1305772416"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00F846B0" w:rsidRPr="0090656E">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic"/>
                     <w:sz w:val="22"/>
@@ -2207,69 +2263,51 @@
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0090656E">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
             <w:r w:rsidRPr="00574BA9">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00574BA9">
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">where complex </w:t>
-[...17 lines deleted...]
-              <w:t xml:space="preserve"> are not expressly met, but the referring clinician feels that a review is required, please refer and specify clearly the reason for referral</w:t>
+              <w:t>where complex criteria are not expressly met, but the referring clinician feels that a review is required, please refer and specify clearly the reason for referral</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="7B9510D8" w14:textId="77777777" w:rsidR="00F846B0" w:rsidRPr="00574BA9" w:rsidRDefault="00F846B0" w:rsidP="00F846B0">
             <w:pPr>
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="756995D4" w14:textId="0592542E" w:rsidR="00F846B0" w:rsidRPr="0090656E" w:rsidRDefault="00F846B0" w:rsidP="00F846B0">
             <w:pPr>
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0090656E">
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:vertAlign w:val="superscript"/>
@@ -2311,51 +2349,51 @@
             <w:tcW w:w="9802" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
           </w:tcPr>
           <w:p w14:paraId="7B68E6FF" w14:textId="27CCD5A6" w:rsidR="00F846B0" w:rsidRPr="0090656E" w:rsidRDefault="00F846B0" w:rsidP="00F846B0">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0090656E">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Required information to be supplied with referral – if any required information is not supplied, the referral will be held or rejected pending receipt of all requested information</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F846B0" w14:paraId="3F2A7804" w14:textId="77777777" w:rsidTr="002C049F">
+      <w:tr w:rsidR="00F846B0" w14:paraId="3F2A7804" w14:textId="77777777" w:rsidTr="001870FD">
         <w:trPr>
           <w:trHeight w:val="354"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4718" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
           <w:p w14:paraId="5B539A39" w14:textId="63F4EA53" w:rsidR="00F846B0" w:rsidRPr="0090656E" w:rsidRDefault="00F846B0" w:rsidP="00F846B0">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0090656E">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Referral letter (</w:t>
             </w:r>
             <w:r w:rsidRPr="0090656E">
               <w:rPr>
                 <w:i/>
@@ -2385,51 +2423,51 @@
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="437" w:type="dxa"/>
               </w:tcPr>
               <w:p w14:paraId="315075C8" w14:textId="4E1C41C7" w:rsidR="00F846B0" w:rsidRPr="0090656E" w:rsidRDefault="00F846B0" w:rsidP="00F846B0">
                 <w:pPr>
                   <w:rPr>
                     <w:sz w:val="22"/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="0090656E">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic"/>
                     <w:sz w:val="22"/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4646" w:type="dxa"/>
+            <w:tcW w:w="4647" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
           <w:p w14:paraId="642A2A23" w14:textId="77777777" w:rsidR="00F846B0" w:rsidRPr="0090656E" w:rsidRDefault="00F846B0" w:rsidP="00F846B0">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0090656E">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Please record any relevant notes if information is not available or supplied:</w:t>
             </w:r>
           </w:p>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:id w:val="647090061"/>
@@ -2438,51 +2476,51 @@
               </w:placeholder>
               <w:showingPlcHdr/>
             </w:sdtPr>
             <w:sdtEndPr/>
             <w:sdtContent>
               <w:p w14:paraId="76C35896" w14:textId="6767DC3D" w:rsidR="00F846B0" w:rsidRPr="0090656E" w:rsidRDefault="00F846B0" w:rsidP="00F846B0">
                 <w:pPr>
                   <w:rPr>
                     <w:sz w:val="22"/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="0090656E">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:sz w:val="22"/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F846B0" w14:paraId="4C7D18E3" w14:textId="77777777" w:rsidTr="002C049F">
+      <w:tr w:rsidR="00F846B0" w14:paraId="4C7D18E3" w14:textId="77777777" w:rsidTr="001870FD">
         <w:trPr>
           <w:trHeight w:val="547"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4718" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
           <w:p w14:paraId="6731229C" w14:textId="32D0A02C" w:rsidR="00F846B0" w:rsidRPr="0090656E" w:rsidRDefault="00F846B0" w:rsidP="00F846B0">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0090656E">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Relevant</w:t>
             </w:r>
             <w:r w:rsidRPr="0090656E">
@@ -2512,65 +2550,65 @@
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="437" w:type="dxa"/>
               </w:tcPr>
               <w:p w14:paraId="63099B41" w14:textId="6F28E185" w:rsidR="00F846B0" w:rsidRPr="0090656E" w:rsidRDefault="00F846B0" w:rsidP="00F846B0">
                 <w:pPr>
                   <w:rPr>
                     <w:sz w:val="22"/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="0090656E">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic"/>
                     <w:sz w:val="22"/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4646" w:type="dxa"/>
+            <w:tcW w:w="4647" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:vMerge/>
           </w:tcPr>
           <w:p w14:paraId="0295EBA0" w14:textId="77777777" w:rsidR="00F846B0" w:rsidRPr="0090656E" w:rsidRDefault="00F846B0" w:rsidP="00F846B0">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F846B0" w14:paraId="7FE78566" w14:textId="77777777" w:rsidTr="002C049F">
+      <w:tr w:rsidR="00F846B0" w14:paraId="7FE78566" w14:textId="77777777" w:rsidTr="001870FD">
         <w:trPr>
           <w:trHeight w:val="192"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4718" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
           <w:p w14:paraId="1ABA9331" w14:textId="2DBFAE63" w:rsidR="00F846B0" w:rsidRPr="0090656E" w:rsidRDefault="00F846B0" w:rsidP="00F846B0">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0090656E">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Histology reports (</w:t>
             </w:r>
             <w:r w:rsidRPr="0090656E">
               <w:rPr>
                 <w:b/>
@@ -2607,65 +2645,65 @@
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="437" w:type="dxa"/>
               </w:tcPr>
               <w:p w14:paraId="02AD726E" w14:textId="511E5F0B" w:rsidR="00F846B0" w:rsidRPr="0090656E" w:rsidRDefault="00F846B0" w:rsidP="00F846B0">
                 <w:pPr>
                   <w:rPr>
                     <w:sz w:val="22"/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="0090656E">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic"/>
                     <w:sz w:val="22"/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4646" w:type="dxa"/>
+            <w:tcW w:w="4647" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:vMerge/>
           </w:tcPr>
           <w:p w14:paraId="530B9F35" w14:textId="77777777" w:rsidR="00F846B0" w:rsidRPr="0090656E" w:rsidRDefault="00F846B0" w:rsidP="00F846B0">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F846B0" w14:paraId="3C27B81F" w14:textId="77777777" w:rsidTr="002C049F">
+      <w:tr w:rsidR="00F846B0" w14:paraId="3C27B81F" w14:textId="77777777" w:rsidTr="001870FD">
         <w:trPr>
           <w:trHeight w:val="369"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4718" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
           <w:p w14:paraId="0A653E45" w14:textId="1F20DE99" w:rsidR="00F846B0" w:rsidRPr="0090656E" w:rsidRDefault="00F846B0" w:rsidP="00F846B0">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0090656E">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>Relevant radiology to be sent via IEP (</w:t>
             </w:r>
             <w:r w:rsidRPr="0090656E">
               <w:rPr>
@@ -2703,115 +2741,115 @@
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="437" w:type="dxa"/>
               </w:tcPr>
               <w:p w14:paraId="69129543" w14:textId="40E7477E" w:rsidR="00F846B0" w:rsidRPr="0090656E" w:rsidRDefault="00F846B0" w:rsidP="00F846B0">
                 <w:pPr>
                   <w:rPr>
                     <w:sz w:val="22"/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="0090656E">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic"/>
                     <w:sz w:val="22"/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4646" w:type="dxa"/>
+            <w:tcW w:w="4647" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:vMerge/>
           </w:tcPr>
           <w:p w14:paraId="08F50E06" w14:textId="77777777" w:rsidR="00F846B0" w:rsidRPr="0090656E" w:rsidRDefault="00F846B0" w:rsidP="00F846B0">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F846B0" w14:paraId="645CBF0C" w14:textId="77777777" w:rsidTr="002C049F">
+      <w:tr w:rsidR="00F846B0" w14:paraId="645CBF0C" w14:textId="77777777" w:rsidTr="001870FD">
         <w:trPr>
           <w:trHeight w:val="1729"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4718" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
           <w:p w14:paraId="1467293A" w14:textId="6B5CE99E" w:rsidR="00F846B0" w:rsidRPr="0090656E" w:rsidRDefault="00F846B0" w:rsidP="00F846B0">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0090656E">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">For GP referrals </w:t>
             </w:r>
             <w:r w:rsidRPr="0090656E">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">please indicate where prior imaging has been undertaken (imaging modality, date, NHS trust) to facilitate imaging transfer request by our admin team. </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
             <w:id w:val="-772008420"/>
             <w:placeholder>
               <w:docPart w:val="97D3DA12FFAC4BA9B8D00DB91749FC86"/>
             </w:placeholder>
             <w:showingPlcHdr/>
           </w:sdtPr>
           <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
-                <w:tcW w:w="5083" w:type="dxa"/>
+                <w:tcW w:w="5084" w:type="dxa"/>
                 <w:gridSpan w:val="3"/>
               </w:tcPr>
               <w:p w14:paraId="64E9472F" w14:textId="46105224" w:rsidR="00F846B0" w:rsidRPr="0090656E" w:rsidRDefault="00F846B0" w:rsidP="00F846B0">
                 <w:pPr>
                   <w:rPr>
                     <w:sz w:val="22"/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="0090656E">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:sz w:val="22"/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="213D129C" w14:textId="3EFFB5D3" w:rsidR="00A4715D" w:rsidRDefault="00A4715D">
       <w:pPr>
@@ -4234,260 +4272,264 @@
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Spinal phenotype</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="5BCE36F7" w14:textId="6B8C4C0F" w:rsidR="009F24C3" w:rsidRPr="009F24C3" w:rsidRDefault="009F24C3">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009F24C3">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Useful information:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2D0833F0" w14:textId="75EE5E9B" w:rsidR="009F24C3" w:rsidRPr="0090656E" w:rsidRDefault="00DA1AFA" w:rsidP="00BF6D72">
-[...24 lines deleted...]
-    <w:p w14:paraId="0CE9598C" w14:textId="6CCDC2EF" w:rsidR="009F24C3" w:rsidRPr="0090656E" w:rsidRDefault="00DA1AFA" w:rsidP="00BF6D72">
+    <w:p w14:paraId="2D0833F0" w14:textId="75EE5E9B" w:rsidR="009F24C3" w:rsidRPr="0090656E" w:rsidRDefault="009F24C3" w:rsidP="00BF6D72">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId10" w:history="1">
-        <w:r w:rsidR="009F24C3" w:rsidRPr="0090656E">
+        <w:r w:rsidRPr="0090656E">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:color w:val="000000" w:themeColor="text1"/>
+            <w:sz w:val="22"/>
+            <w:szCs w:val="22"/>
+          </w:rPr>
+          <w:t>Current diagnostic criteria for NF1 (ctf.org)</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="0CE9598C" w14:textId="6CCDC2EF" w:rsidR="009F24C3" w:rsidRPr="0090656E" w:rsidRDefault="009F24C3" w:rsidP="00BF6D72">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId11" w:history="1">
+        <w:r w:rsidRPr="0090656E">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:color w:val="000000" w:themeColor="text1"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:t>Current diagnostic criteria for schwannomatosis (ctf.org)</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="4CDC7135" w14:textId="0050B46A" w:rsidR="009F24C3" w:rsidRPr="0090656E" w:rsidRDefault="00DA1AFA" w:rsidP="00BF6D72">
+    <w:p w14:paraId="4CDC7135" w14:textId="0050B46A" w:rsidR="009F24C3" w:rsidRPr="0090656E" w:rsidRDefault="009F24C3" w:rsidP="00BF6D72">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="none"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId11" w:history="1">
-        <w:r w:rsidR="009F24C3" w:rsidRPr="0090656E">
+      <w:hyperlink r:id="rId12" w:history="1">
+        <w:r w:rsidRPr="0090656E">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:color w:val="000000" w:themeColor="text1"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:t>Nerve tumours UK</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="695E9B31" w14:textId="76DBD41B" w:rsidR="00871D60" w:rsidRPr="0090656E" w:rsidRDefault="00871D60" w:rsidP="00BF6D72">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId12" w:history="1">
+      <w:hyperlink r:id="rId13" w:history="1">
         <w:r w:rsidRPr="0090656E">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:color w:val="auto"/>
           </w:rPr>
           <w:t>Childhood Tumour Trust – Supporting children and families affected by NF1</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="7E4E33D9" w14:textId="17EFAA64" w:rsidR="009F24C3" w:rsidRPr="0090656E" w:rsidRDefault="00DA1AFA" w:rsidP="00BF6D72">
+    <w:p w14:paraId="7E4E33D9" w14:textId="17EFAA64" w:rsidR="009F24C3" w:rsidRPr="0090656E" w:rsidRDefault="009F24C3" w:rsidP="00BF6D72">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId13" w:history="1">
-        <w:r w:rsidR="009F24C3" w:rsidRPr="0090656E">
+      <w:hyperlink r:id="rId14" w:history="1">
+        <w:r w:rsidRPr="0090656E">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:color w:val="000000" w:themeColor="text1"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:t>List of sarcoma services in UK (sarcoma.org.uk)</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="60686B5C" w14:textId="6940651C" w:rsidR="00682F72" w:rsidRPr="0090656E" w:rsidRDefault="00682F72" w:rsidP="00BF6D72">
+    <w:p w14:paraId="60686B5C" w14:textId="6940651C" w:rsidR="00682F72" w:rsidRPr="0090656E" w:rsidRDefault="00BF6D72" w:rsidP="00BF6D72">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:cs="Segoe UI"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:kern w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId14" w:history="1">
-        <w:r w:rsidR="00BF6D72" w:rsidRPr="0090656E">
+      <w:hyperlink r:id="rId15" w:history="1">
+        <w:r w:rsidRPr="0090656E">
           <w:rPr>
             <w:rFonts w:cs="Segoe UI"/>
             <w:color w:val="000000" w:themeColor="text1"/>
             <w:kern w:val="0"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>Review Guidelines for Children (nervetumours.org.uk)</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="121AC026" w14:textId="6A64FA0E" w:rsidR="00682F72" w:rsidRDefault="00D82AF0" w:rsidP="0090656E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="0090656E">
         <w:rPr>
           <w:rFonts w:cs="Segoe UI"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:kern w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Review Guidelines for Adults (</w:t>
       </w:r>
-      <w:hyperlink r:id="rId15" w:history="1">
+      <w:hyperlink r:id="rId16" w:history="1">
         <w:r w:rsidRPr="0090656E">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:color w:val="auto"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:t>NTUK_0046_NF1_Review_Guidelines_v4.pdf (nervetumours.org.uk)</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:sectPr w:rsidR="00682F72" w:rsidSect="002C049F">
-      <w:headerReference w:type="default" r:id="rId16"/>
-      <w:footerReference w:type="default" r:id="rId17"/>
+      <w:headerReference w:type="even" r:id="rId17"/>
+      <w:headerReference w:type="default" r:id="rId18"/>
+      <w:footerReference w:type="even" r:id="rId19"/>
+      <w:footerReference w:type="default" r:id="rId20"/>
+      <w:headerReference w:type="first" r:id="rId21"/>
+      <w:footerReference w:type="first" r:id="rId22"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1276" w:right="1080" w:bottom="567" w:left="1080" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="5B1586B7" w14:textId="77777777" w:rsidR="003E4F47" w:rsidRDefault="003E4F47" w:rsidP="003E4F47">
+    <w:p w14:paraId="63BB6D4F" w14:textId="77777777" w:rsidR="00472EC2" w:rsidRDefault="00472EC2" w:rsidP="003E4F47">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="120DB345" w14:textId="77777777" w:rsidR="003E4F47" w:rsidRDefault="003E4F47" w:rsidP="003E4F47">
+    <w:p w14:paraId="1F9B70A2" w14:textId="77777777" w:rsidR="00472EC2" w:rsidRDefault="00472EC2" w:rsidP="003E4F47">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
@@ -4524,50 +4566,60 @@
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="3F4ABA65" w14:textId="77777777" w:rsidR="001870FD" w:rsidRDefault="001870FD">
+    <w:pPr>
+      <w:pStyle w:val="Footer"/>
+    </w:pPr>
+  </w:p>
+</w:ftr>
+</file>
+
+<file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:sdt>
     <w:sdtPr>
       <w:id w:val="119888792"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtEndPr>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
     </w:sdtEndPr>
     <w:sdtContent>
       <w:p w14:paraId="37B30CD1" w14:textId="66C08A9E" w:rsidR="003E4F47" w:rsidRDefault="003E4F47">
         <w:pPr>
           <w:pStyle w:val="Footer"/>
           <w:jc w:val="right"/>
         </w:pPr>
         <w:r>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:instrText xml:space="preserve"> PAGE   \* MERGEFORMAT </w:instrText>
         </w:r>
@@ -4575,92 +4627,143 @@
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:t>2</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
   <w:p w14:paraId="06D77682" w14:textId="77777777" w:rsidR="003E4F47" w:rsidRDefault="003E4F47">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
+<file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="16969AE0" w14:textId="77777777" w:rsidR="001870FD" w:rsidRDefault="001870FD">
+    <w:pPr>
+      <w:pStyle w:val="Footer"/>
+    </w:pPr>
+  </w:p>
+</w:ftr>
+</file>
+
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="19E9CB27" w14:textId="77777777" w:rsidR="003E4F47" w:rsidRDefault="003E4F47" w:rsidP="003E4F47">
+    <w:p w14:paraId="066CED70" w14:textId="77777777" w:rsidR="00472EC2" w:rsidRDefault="00472EC2" w:rsidP="003E4F47">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="2AF3C63E" w14:textId="77777777" w:rsidR="003E4F47" w:rsidRDefault="003E4F47" w:rsidP="003E4F47">
+    <w:p w14:paraId="1E3D431B" w14:textId="77777777" w:rsidR="00472EC2" w:rsidRDefault="00472EC2" w:rsidP="003E4F47">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="16D40137" w14:textId="3F31A189" w:rsidR="003E4F47" w:rsidRPr="003E4F47" w:rsidRDefault="003E4F47" w:rsidP="003E4F47">
+  <w:p w14:paraId="786373CF" w14:textId="77777777" w:rsidR="001870FD" w:rsidRDefault="001870FD">
+    <w:pPr>
+      <w:pStyle w:val="Header"/>
+    </w:pPr>
+  </w:p>
+</w:hdr>
+</file>
+
+<file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="16D40137" w14:textId="2E88D264" w:rsidR="003E4F47" w:rsidRPr="003E4F47" w:rsidRDefault="003E4F47" w:rsidP="003E4F47">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:rPr>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="003E4F47">
       <w:rPr>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
-      <w:t>GSTT NF referral form v1 Aug 2024</w:t>
+      <w:t>GSTT NF referral form v1</w:t>
     </w:r>
+    <w:r w:rsidR="001870FD">
+      <w:rPr>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+      </w:rPr>
+      <w:t>.1</w:t>
+    </w:r>
+    <w:r w:rsidRPr="003E4F47">
+      <w:rPr>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+      </w:rPr>
+      <w:t xml:space="preserve"> </w:t>
+    </w:r>
+    <w:r w:rsidR="001870FD">
+      <w:rPr>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+      </w:rPr>
+      <w:t>(version updated Jan 2026)</w:t>
+    </w:r>
+  </w:p>
+</w:hdr>
+</file>
+
+<file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="3B844DAE" w14:textId="77777777" w:rsidR="001870FD" w:rsidRDefault="001870FD">
+    <w:pPr>
+      <w:pStyle w:val="Header"/>
+    </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="24563050"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="5666F77A"/>
     <w:lvl w:ilvl="0" w:tplc="08090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
@@ -4934,166 +5037,174 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="08090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0809001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1" w16cid:durableId="2087219533">
+  <w:num w:numId="1" w16cid:durableId="323244662">
     <w:abstractNumId w:val="0"/>
   </w:num>
-  <w:num w:numId="2" w16cid:durableId="220944297">
+  <w:num w:numId="2" w16cid:durableId="183640743">
     <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="3" w16cid:durableId="313067415">
+  <w:num w:numId="3" w16cid:durableId="457260725">
     <w:abstractNumId w:val="2"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="67"/>
-[...1 lines deleted...]
-  <w:documentProtection w:edit="forms" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="bRiMuLzxlohYwfV+S9oFQffsOY+5Tt9akXKea5OrvBJmtFuxe65cFQwJeKLkEQULWb0kjp/dhmq/gAMy9hnTwg==" w:salt="j/UPUP1/joa7uz7gsXpLDw=="/>
+  <w:zoom w:percent="100"/>
+  <w:documentProtection w:edit="forms" w:enforcement="0"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="24577"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="008F2F5D"/>
     <w:rsid w:val="00057ADD"/>
     <w:rsid w:val="000F0A17"/>
     <w:rsid w:val="00151A3D"/>
+    <w:rsid w:val="001870FD"/>
     <w:rsid w:val="001D1A1B"/>
     <w:rsid w:val="00213251"/>
     <w:rsid w:val="00225C03"/>
     <w:rsid w:val="002C049F"/>
+    <w:rsid w:val="003C36A2"/>
     <w:rsid w:val="003E4F47"/>
     <w:rsid w:val="003F16FA"/>
+    <w:rsid w:val="00472EC2"/>
     <w:rsid w:val="00574BA9"/>
     <w:rsid w:val="005B7E57"/>
     <w:rsid w:val="005E3E66"/>
     <w:rsid w:val="00682F72"/>
+    <w:rsid w:val="006D100C"/>
     <w:rsid w:val="00733825"/>
     <w:rsid w:val="007812A1"/>
     <w:rsid w:val="00813364"/>
     <w:rsid w:val="008301B1"/>
     <w:rsid w:val="00871D60"/>
     <w:rsid w:val="00874D75"/>
     <w:rsid w:val="008D1D53"/>
+    <w:rsid w:val="008D3013"/>
+    <w:rsid w:val="008F19D2"/>
     <w:rsid w:val="008F2F5D"/>
     <w:rsid w:val="008F327C"/>
     <w:rsid w:val="0090656E"/>
     <w:rsid w:val="00943606"/>
     <w:rsid w:val="009F24C3"/>
+    <w:rsid w:val="009F3E78"/>
     <w:rsid w:val="00A132A1"/>
     <w:rsid w:val="00A432EE"/>
     <w:rsid w:val="00A4715D"/>
     <w:rsid w:val="00A5096F"/>
     <w:rsid w:val="00A863A3"/>
     <w:rsid w:val="00AF586E"/>
     <w:rsid w:val="00B46284"/>
     <w:rsid w:val="00B5103A"/>
     <w:rsid w:val="00B51B7A"/>
     <w:rsid w:val="00BF6D72"/>
+    <w:rsid w:val="00C50350"/>
     <w:rsid w:val="00C50B47"/>
     <w:rsid w:val="00C649DB"/>
     <w:rsid w:val="00C94342"/>
     <w:rsid w:val="00C97E63"/>
     <w:rsid w:val="00D73716"/>
     <w:rsid w:val="00D82AF0"/>
     <w:rsid w:val="00DA1AFA"/>
+    <w:rsid w:val="00DB2417"/>
     <w:rsid w:val="00DC6788"/>
     <w:rsid w:val="00E25DDB"/>
     <w:rsid w:val="00E52CAC"/>
     <w:rsid w:val="00EE27B0"/>
     <w:rsid w:val="00EF3DB2"/>
     <w:rsid w:val="00F200FB"/>
     <w:rsid w:val="00F2602D"/>
     <w:rsid w:val="00F45A04"/>
     <w:rsid w:val="00F57E81"/>
     <w:rsid w:val="00F80591"/>
     <w:rsid w:val="00F846B0"/>
     <w:rsid w:val="00F856C1"/>
     <w:rsid w:val="00FA40B4"/>
     <w:rsid w:val="00FC3DF8"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-GB"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="24577"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
-      <o:idmap v:ext="edit" data="1"/>
+      <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="1155613C"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{E39E0697-8BED-41BF-AE4F-86FC08427948}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:kern w:val="2"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
         <w:lang w:val="en-GB" w:eastAsia="en-US" w:bidi="ar-SA"/>
         <w14:ligatures w14:val="standardContextual"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
@@ -6198,57 +6309,85 @@
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="005E3E66"/>
     <w:rPr>
       <w:color w:val="96607D" w:themeColor="followedHyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Revision">
     <w:name w:val="Revision"/>
     <w:hidden/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="0090656E"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:divs>
+    <w:div w:id="1058434461">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1599219067">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+  </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:gst-tr.nfadmingstt@nhs.net" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sarcoma.org.uk/about-sarcoma/treating-sarcoma/treating-sarcoma-in-adults/sarcoma-specialist-centres/" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.childhoodtumourtrust.org.uk/" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nervetumours.org.uk/" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nervetumours.org.uk/images/downloads/NTUK_0046_NF1_Review_Guidelines_v4.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ctf.org/wp-content/uploads/2023/11/CTF_2022_DiagnosticCriteria.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ctf.org/wp-content/uploads/2023/11/CTF_NF1_DiagnosticCriteria.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nervetumours.org.uk/images/downloads/NTUK_0046_NF1_Review_Guidelines_for_Children.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.guysandstthomas.nhs.uk/our-services/neurofibromatosis" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.childhoodtumourtrust.org.uk/" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nervetumours.org.uk/" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nervetumours.org.uk/images/downloads/NTUK_0046_NF1_Review_Guidelines_v4.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ctf.org/wp-content/uploads/2023/11/CTF_2022_DiagnosticCriteria.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nervetumours.org.uk/images/downloads/NTUK_0046_NF1_Review_Guidelines_for_Children.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ctf.org/wp-content/uploads/2023/11/CTF_NF1_DiagnosticCriteria.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.guysandstthomas.nhs.uk/referral-guide/neurofibromatosis" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sarcoma.org.uk/about-sarcoma/treating-sarcoma/treating-sarcoma-in-adults/sarcoma-specialist-centres/" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/></Relationships>
 </file>
 
 <file path=word/glossary/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/glossary/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:glossaryDocument xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:docParts>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="10EB4B5E8DE24B85A38808CFF259BCCC"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{B2EE2084-B18C-4ED7-96E2-3396DB4FA351}"/>
       </w:docPartPr>
       <w:docPartBody>
@@ -6562,58 +6701,61 @@
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/glossary/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:view w:val="normal"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="004C388B"/>
+    <w:rsid w:val="000442AE"/>
     <w:rsid w:val="0016006C"/>
     <w:rsid w:val="004C388B"/>
     <w:rsid w:val="006D2315"/>
     <w:rsid w:val="00744E34"/>
     <w:rsid w:val="00862001"/>
+    <w:rsid w:val="008D3013"/>
     <w:rsid w:val="00A132A1"/>
     <w:rsid w:val="00A432EE"/>
     <w:rsid w:val="00A64322"/>
+    <w:rsid w:val="00D61606"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-GB"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w15:chartTrackingRefBased/>
 </w:settings>
 </file>
 
 <file path=word/glossary/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
@@ -7025,132 +7167,84 @@
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="character" w:styleId="PlaceholderText">
     <w:name w:val="Placeholder Text"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
-    <w:rsid w:val="00A64322"/>
+    <w:rsid w:val="000442AE"/>
     <w:rPr>
       <w:color w:val="666666"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="10EB4B5E8DE24B85A38808CFF259BCCC">
     <w:name w:val="10EB4B5E8DE24B85A38808CFF259BCCC"/>
     <w:rsid w:val="00A64322"/>
     <w:pPr>
       <w:spacing w:line="259" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:kern w:val="0"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="718555AE414548AE8502CB3D97F2B902">
     <w:name w:val="718555AE414548AE8502CB3D97F2B902"/>
     <w:rsid w:val="00A64322"/>
     <w:pPr>
       <w:spacing w:line="259" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:kern w:val="0"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="2C2F2923C41B4177B52B4CADCABF9D30">
-[...49 lines deleted...]
-    </w:rPr>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="D45BD46333FC4DB4AB61CFA20038ECD6">
+    <w:name w:val="D45BD46333FC4DB4AB61CFA20038ECD6"/>
+    <w:rsid w:val="000442AE"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="65D4188F920A4BCAA0DD8AA477F3238B">
     <w:name w:val="65D4188F920A4BCAA0DD8AA477F3238B"/>
     <w:rsid w:val="00A64322"/>
     <w:pPr>
       <w:spacing w:line="259" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:kern w:val="0"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="A400831B4032456E853FB1C966306C82">
     <w:name w:val="A400831B4032456E853FB1C966306C82"/>
     <w:rsid w:val="00A64322"/>
     <w:pPr>
       <w:spacing w:line="259" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:kern w:val="0"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w14:ligatures w14:val="none"/>
@@ -7513,82 +7607,82 @@
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{3D6690B6-FE5D-4225-B639-96A2D742CE65}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B525F75D-1AB8-45B3-A2B7-CADCFCC370C9}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>3</Pages>
-[...1 lines deleted...]
-  <Characters>6595</Characters>
+  <Pages>4</Pages>
+  <Words>1187</Words>
+  <Characters>6770</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>54</Lines>
+  <Lines>56</Lines>
   <Paragraphs>15</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>7736</CharactersWithSpaces>
+  <CharactersWithSpaces>7942</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Joshua Hersheson</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>